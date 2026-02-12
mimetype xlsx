--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,209 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 21:30</t>
-[...14 lines deleted...]
-    <t>Secadores</t>
+    <t>Lista gerada no: 12/02/2026 12:20</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE MEGASTAR MGB080 / 110V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER ECOPOWER EP1025 2V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-148</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK 64GB Z50 - MINI - PRETO E VERMELHO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR 988 CALIENTE /FRIO/NATURAL - 220</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>SUPORTE FIXO LUXOR LCD-201 PARA TELEVISORES DE 13 A 27 POLEGADAS</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>LUXOR</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA GTR KIA SORENTO TV DIGITAL/C-R</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>GTR</t>
+  </si>
+  <si>
+    <t>CONTROLE PARA RECEPTOR GLOBALSAT ORIGINAL</t>
+  </si>
+  <si>
+    <t>Controles p/ receptor</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5920 - 30W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>MAQUINA MONDIAL CORTA CABELO CR-03 220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>SECADOR MONDIAL INFINITY ION SC-12 220V</t>
-[...5 lines deleted...]
-    <t>Apresentador de Slides</t>
+    <t>DESPERTADOR CASIO TQ-143</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (ALNRK-301) KIT REPLACEMENT</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>GO PRO</t>
+  </si>
+  <si>
+    <t>REATOR SLIM PARA KIT XENON FINO - 24V - 1 UNIDADE</t>
+  </si>
+  <si>
+    <t>Reator p/kit Xenon</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CALCULADORA CIENTIFICA   CASIO FX570ES PLUS</t>
-[...8 lines deleted...]
-    <t>GRILL MONDIAL G-04 SMART GRILL      220V</t>
+    <t>MULTIMIDIA PYRAMID FIAT BRAVO 2012-2014</t>
+  </si>
+  <si>
+    <t>PYRAMID</t>
+  </si>
+  <si>
+    <t>BATERIA CELULAR DR HANK DR142H0001 3.7V 2200MAH</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>DR.HANK</t>
+  </si>
+  <si>
+    <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>FONTE RECEPTORES UNIVERSAL</t>
-[...89 lines deleted...]
-    <t>GLOBALSAT</t>
+    <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA JFA K1200 - 1200MT</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>JFA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5913 - 35W - E27 - BRANCO</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,93 +254,93 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eb8210b590d1ff5660d6849ca4628dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ef69c672f55a97448f96a3be6b518a0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71470b8196118bec304735ae885edc50.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac15448111066a2b091b29e05cd0a0d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e76330c3a7042cbb7db0be537437801.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eccfab14aafcca867a91dfd8c0031258.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d064e975667f5446bcf26078533a0d60.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc1cb67bb92f6efdd25c6cbbc9984fc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78759a174bd27bf6ba392cdf64bc8a71.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fa3944c41558cd59a8e08ed1467d78c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2395e884ebeca53ae068f3013461f5af.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/573bde81aa269dc3c93f79ab3dbb653c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b3f5b24794cf04b981077b20106d40.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5e8bde06012db2ba21a7cf89aa5ea5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945eba6217cb32d4084ee8c8016327c8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc22cdc0f5c97af7b62c142fe14424ba.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27a3013dd2168604fcb4021f7a511ae9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23e0c2128b07749b85fc040e36881ecb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c731442798a1db9e4352fb87ce0243c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f77599eedbbdf371b699a8152da8b8c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/869c795e8b52d64cbfbe2acea7cae430.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376b33e7255e59b71695aaa67bcf85dc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a952a04e5783192d8e2ba437f0b4696.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b6cb34f1e4431b5c890142b24cfa84.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/520b192d8ea005492bbefe7eb63d168f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d72a04959f89f0e1c50644b47b5ed6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f7ba3cd2f2be470c21a250220a5c59.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c56da05821b382d882b374d9f588707.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949b59803fe411a09072a8721775c4cf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbaaca569472bcde8987a0568dd4f3ea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82aeed82e620aed621e0a44e46071529.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac086e018b8a32ada0152adeb43b529.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb359a071190bbe6f8be72cb1681bea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a3f79adbff42c31e3c993f95cf39e42.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b1bed8289e767e21babf92b1cdf7bd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea35e8abc6fbd7b4b4790dc1ce57eaf1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34644402fc44894608fb9626daab9636.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b32bfbdf335a8325196928d5f955ef97.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c7479bc61862ac43518f1e1a3b95f8e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7973af52439c4c55544b0d7df617f94d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="838200" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1150,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>206860</v>
+        <v>214421</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.5</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>209168</v>
+        <v>217606</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>22.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>209175</v>
+        <v>217958</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>19.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>209670</v>
+        <v>219884</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>9.6</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>210645</v>
+        <v>219907</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>17.5</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>210935</v>
+        <v>220033</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>29.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>211536</v>
+        <v>220453</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>2.5</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>211604</v>
+        <v>224796</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>2.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>211758</v>
+        <v>226967</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>211765</v>
+        <v>227490</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
         <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>211888</v>
+        <v>228374</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>213400</v>
+        <v>228695</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>13.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>213639</v>
+        <v>229098</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>5.5</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>214421</v>
+        <v>229791</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>34.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>217606</v>
+        <v>230766</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>217958</v>
+        <v>231510</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>219884</v>
+        <v>231664</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="F18" s="3">
-        <v>5.29</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>219907</v>
+        <v>232050</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="E19" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>127.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>220453</v>
+        <v>232760</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>128.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>224796</v>
+        <v>235167</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>3.6</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>