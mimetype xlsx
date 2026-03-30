--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -14,224 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 12:20</t>
-[...8 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>Lista gerada no: 30/03/2026 13:05</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4902 50W - 2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4903 100W - 2V</t>
+  </si>
+  <si>
+    <t>KIT XENON HID (H-7) 4300K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CALCULADORA  CIENTIFICA CASIO FX95ES-PLUS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CONTROLE PARA FITA LED COLORIDO</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
   </si>
   <si>
     <t>PROJETOR LASER ECOPOWER EP1025 2V</t>
   </si>
   <si>
     <t>Projetores de Luzes</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>DESPERTADOR CASIO TQ-148</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>CASIO</t>
-[...1 lines deleted...]
-  <si>
     <t>PENDRIVE SANDISK 64GB Z50 - MINI - PRETO E VERMELHO</t>
   </si>
   <si>
     <t>Pen Drives</t>
   </si>
   <si>
     <t>SANDISK</t>
   </si>
   <si>
-    <t>BEBEDOURO MEGASTAR 988 CALIENTE /FRIO/NATURAL - 220</t>
-[...4 lines deleted...]
-  <si>
     <t>SUPORTE FIXO LUXOR LCD-201 PARA TELEVISORES DE 13 A 27 POLEGADAS</t>
   </si>
   <si>
     <t>TVs</t>
   </si>
   <si>
     <t>LUXOR</t>
   </si>
   <si>
     <t>MULTIMIDIA GTR KIA SORENTO TV DIGITAL/C-R</t>
   </si>
   <si>
     <t>Multimidias</t>
   </si>
   <si>
     <t>GTR</t>
   </si>
   <si>
-    <t>CONTROLE PARA RECEPTOR GLOBALSAT ORIGINAL</t>
-[...7 lines deleted...]
-  <si>
     <t>LAMPADA LED ECOPOWER EP-5920 - 30W - E27 - BRANCA</t>
   </si>
   <si>
     <t>Lampadas E27</t>
   </si>
   <si>
     <t>MAQUINA MONDIAL CORTA CABELO CR-03 220V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>DESPERTADOR CASIO TQ-143</t>
   </si>
   <si>
     <t>ACCESORIO GO-PRO (ALNRK-301) KIT REPLACEMENT</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>GO PRO</t>
   </si>
   <si>
+    <t>PLACA UNIVERSAL PARA AR CONDICIONADO</t>
+  </si>
+  <si>
     <t>REATOR SLIM PARA KIT XENON FINO - 24V - 1 UNIDADE</t>
   </si>
   <si>
     <t>Reator p/kit Xenon</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>MULTIMIDIA PYRAMID FIAT BRAVO 2012-2014</t>
   </si>
   <si>
     <t>PYRAMID</t>
   </si>
   <si>
     <t>BATERIA CELULAR DR HANK DR142H0001 3.7V 2200MAH</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
   <si>
     <t>DR.HANK</t>
   </si>
   <si>
     <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>MODULO TARAMPS TS-400X4/4-CANAIS/400WRMS</t>
-[...23 lines deleted...]
-    <t>Ilumina��o</t>
+    <t>CREPEIRA MONDIAL CP-01 PRATIC/H.DOG 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/869c795e8b52d64cbfbe2acea7cae430.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376b33e7255e59b71695aaa67bcf85dc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a952a04e5783192d8e2ba437f0b4696.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b6cb34f1e4431b5c890142b24cfa84.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/520b192d8ea005492bbefe7eb63d168f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d72a04959f89f0e1c50644b47b5ed6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f7ba3cd2f2be470c21a250220a5c59.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c56da05821b382d882b374d9f588707.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949b59803fe411a09072a8721775c4cf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbaaca569472bcde8987a0568dd4f3ea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82aeed82e620aed621e0a44e46071529.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac086e018b8a32ada0152adeb43b529.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb359a071190bbe6f8be72cb1681bea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a3f79adbff42c31e3c993f95cf39e42.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b1bed8289e767e21babf92b1cdf7bd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea35e8abc6fbd7b4b4790dc1ce57eaf1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34644402fc44894608fb9626daab9636.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b32bfbdf335a8325196928d5f955ef97.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c7479bc61862ac43518f1e1a3b95f8e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7973af52439c4c55544b0d7df617f94d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce26c28b2c2151c9857de16cf315ce2e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/519d42e085a094bdb5625c308d7370b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec001faf696a35260bc304cc0f45dfd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7074ff5b61d7e84639b0ce9b0fe39ba.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e20be4795fd63247d2e10be6082a1d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273ddd892f31762081158a65347810d5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f357b5d951bfeeaed61ab1475112d0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc36d0dc78029f16462b8e383d43e11.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fd71d3f16955b8d2340a2bd3a8a414.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449a54b19db22bf8e178ba70be9b5959.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc893570562bbc28ee70c5368c28a3c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ba67dafa3edc2f34f527ade0c3dc69.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeaebb76d81292dd6a0ca781ccd21191.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177e7433cce71977d35c4d9fb6a6bc10.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f40d5b4f02ce8c76dfa0784613d51b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/479a1b402ac5e3637fdf2ad70c079e8d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d9b9bd2c3002c04f7f6d8d17039b3e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35eba4a5c270c703f1f20a3a7bc35724.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d4abd81fa5c142cee11d8350aebd2e2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782ac318178340d5664639050e741daa.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1166,416 +1148,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>214421</v>
+        <v>211758</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>34.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>217606</v>
+        <v>211765</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>217958</v>
+        <v>211888</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>219884</v>
+        <v>213400</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>219907</v>
+        <v>213639</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>127.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>220033</v>
+        <v>217606</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>220453</v>
+        <v>217958</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>128.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>224796</v>
+        <v>219884</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>3.0</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>226967</v>
+        <v>220033</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>227490</v>
+        <v>220453</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>228374</v>
+        <v>226967</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>8.6</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>228695</v>
+        <v>227490</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
         <v>36</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>229098</v>
+        <v>228374</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>2.75</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>229791</v>
+        <v>228695</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>95.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>230766</v>
+        <v>229081</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>231510</v>
+        <v>229098</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>23.5</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>231664</v>
+        <v>229791</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>39.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>232050</v>
+        <v>230766</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>80.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>232760</v>
+        <v>231510</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>235167</v>
+        <v>231527</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F21" s="3">
-        <v>3.6</v>
+        <v>23.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>