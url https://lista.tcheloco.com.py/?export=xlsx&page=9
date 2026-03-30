--- v2 (2026-03-30)
+++ v3 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 13:05</t>
+    <t>Lista gerada no: 30/03/2026 14:33</t>
   </si>
   <si>
     <t>REFLETOR LED ECOPOWER EP-4902 50W - 2V</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>REFLETOR LED ECOPOWER EP-4903 100W - 2V</t>
   </si>
   <si>
     <t>KIT XENON HID (H-7) 4300K</t>
   </si>
   <si>
     <t>Kit Xenon</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CALCULADORA  CIENTIFICA CASIO FX95ES-PLUS</t>
   </si>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce26c28b2c2151c9857de16cf315ce2e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/519d42e085a094bdb5625c308d7370b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec001faf696a35260bc304cc0f45dfd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7074ff5b61d7e84639b0ce9b0fe39ba.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e20be4795fd63247d2e10be6082a1d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273ddd892f31762081158a65347810d5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f357b5d951bfeeaed61ab1475112d0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc36d0dc78029f16462b8e383d43e11.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07fd71d3f16955b8d2340a2bd3a8a414.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449a54b19db22bf8e178ba70be9b5959.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bc893570562bbc28ee70c5368c28a3c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ba67dafa3edc2f34f527ade0c3dc69.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeaebb76d81292dd6a0ca781ccd21191.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177e7433cce71977d35c4d9fb6a6bc10.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f40d5b4f02ce8c76dfa0784613d51b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/479a1b402ac5e3637fdf2ad70c079e8d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d9b9bd2c3002c04f7f6d8d17039b3e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35eba4a5c270c703f1f20a3a7bc35724.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d4abd81fa5c142cee11d8350aebd2e2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782ac318178340d5664639050e741daa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07666b19db8a26d8241ea67e4a574af.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a35b3803273b1b6341575e35041dc6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab0e591967d9da433893e7b44c97ab5a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90bc217af062c53aeaa807363701dbb5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc8694c25d308823b1ee46f2cae80452.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bac3bff8ef74426f9d7766e7aeeb357.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd73049032a1698b89255a428ef27e8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f049fe1cd6733569279cfc49a47aa18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a529455d1086514c71ea8c3e1361867.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40cc98ec92a429636e03fa98312e7ce3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe56e349f9d64c43f6f609c496f8ec8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ece6c4fdc77822f6f1a34c6ee5ce406f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3344aa35d4c722b484bc8fa82b07f7df.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bcb7703f94231e175b680d8543c3f7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/045293b37ad43389658fb82de4be7cbf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d63d325de9e457f161f3487eebaaa8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c03760a0951d23036f1c23413ca0ae.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5814461edb620d6696c8a9a71a9ddea9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921be4857bf5b2c70500802f4f2e899d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c07fd937bc180bb497e71e04ea66439.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>