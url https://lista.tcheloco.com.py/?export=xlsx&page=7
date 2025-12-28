--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,209 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 08:45</t>
-[...5 lines deleted...]
-    <t>Acess. p/camera digital</t>
+    <t>Lista gerada no: 28/12/2025 19:48</t>
+  </si>
+  <si>
+    <t>WAFFLERA BRITANIA GOLDEN WAFFLE 2 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR DE AR SATELLITE - A-H6601 - 2.2 LITROS</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TRANSCODER PLAY GAME NTSC-PAL M    2V</t>
+  </si>
+  <si>
+    <t>PDP</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SUB WOOFER B BUSTER BB-1515 15 POLEGADAS - CONE SECO</t>
+    <t>FILTRO DE LINHA SATELITTE A-R05</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>F F MAXEEL TC-30 ( UNIDADE )</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>XENON HID KIT  (H-7) 10000K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>F F TDK 8MM  (02UN)</t>
+  </si>
+  <si>
+    <t>TDK</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MONDIAL TURBO E-10 / BIVOLT / PRETO</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RA-38 4 BANDAS - 2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>BATEARIA CELULAR DR.HANK</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>DR.HANK</t>
+  </si>
+  <si>
+    <t>TRANSCODER P/PS2 PLAY GAME</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIG.BAK VHF/UHF BK-ANT182-IN</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL BAK VHF/UHF BK-ANT183-EX</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE ROADSTAR 12" RS-1230PW1 /3000W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>B-BUSTER</t>
-[...97 lines deleted...]
-  <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>OXIMETRO MORE-FITNESS MF-417 DEDO</t>
   </si>
   <si>
     <t>Oximetros</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
     <t>KIT XENON HID - HB-4 - 8000K - 9006</t>
   </si>
   <si>
     <t>CALCULADORA CASIO FX-82ES PLUS CIENTIFICA 2ND EDITION</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>CASIO</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (AHBSH-001) BLACKOUT HOUSIN</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>GO PRO</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO HERO  ( GLK5170   ) LENS</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-333 - PULSO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7f9d70c844f47a6de90336668a566d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7617f09129b14c36877ba6ff6d3ff9d5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c614c770d6e03c5ee8c66a00aa3cfc2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cb76c65a257922179d00c4b89297227.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7200194641e5fecf80df39b2dd21102a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a93dec26e64025275a42283bf71e954.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edf0c2b98ccae15f97b049d7445b3ae5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e815d4126ab0b7194d1d1b715ad090f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11b19f78979941e3de6aeefa7d2733e8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c639b4b597a00cf1dea2bce7c67f6c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87cc49533e769d64aa096ff998cb911a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d249664d12caef6954857b258884609e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce31bf3370baee7214d8f7ce49194bd6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8590c384e31c5b6f19b87c7ea5151e3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2821e5ae51acbab117ef8ea9da46e417.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9589e2bad79cdc958eff325c35ba4a98.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c6d6460eb53cb1e93657244366e100.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c608674e6af47bd543ed6a0d1aed126.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54b1ca79509d0c1def820898a7197c8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53ba038bcb8da871419a6813c8329c56.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd488cf8e3d28ecfeed1b743bee0c38f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2819f0eacda732aa8d65b90d63f83044.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d467b99d3ea8552733293b22d5e74c67.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc216aaa1c3fa93e9683d9e1053cfb4c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d3aff70cf0e43375e28580a31a2a9b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201f1a95c82f16b2dd805aa63d4d4143.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55bf2cb603f9a7e0bcd4b0b8161fff25.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec21c1ffa873ec06414080b307ee79a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a673684b95c03ccfcf8665062a5c49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35cd9c99389fbb55bcbc6b0c3e68dafc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6923b53adf2d44dadbfa2565a6bd038a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ddfada3ddb13f57292170c9865bbe4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c837de3ee51aa8ff928d936c1b75bb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30d875dcf53338095b36a794d37d7ef.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226e1341f24876efcb3c910e9e951396.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be5f65a44ff6ace4eefc6828dcb5a35.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d1bae6898299813951452370a3732c0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f27afb85a326049852f189aa83f4e86.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da146e39405a1a628d5cb29f07ec1934.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897f3eb54a0f075c595b72b093d7c9d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>161961</v>
+        <v>162142</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>162579</v>
+        <v>168656</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>168656</v>
+        <v>173445</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>173445</v>
+        <v>175647</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>175647</v>
+        <v>176958</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>176958</v>
+        <v>178297</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>178297</v>
+        <v>182843</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>182843</v>
+        <v>183659</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>3.5</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>183659</v>
+        <v>183864</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>38.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>183864</v>
+        <v>185714</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>185356</v>
+        <v>187411</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>185714</v>
+        <v>187879</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>36</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>8.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>187411</v>
+        <v>187886</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>187855</v>
+        <v>188081</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>40</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>187879</v>
+        <v>188456</v>
       </c>
       <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
         <v>42</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>187886</v>
+        <v>189149</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>188081</v>
+        <v>189705</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>26.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>188456</v>
+        <v>189996</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>189149</v>
+        <v>190039</v>
       </c>
       <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>189705</v>
+        <v>190572</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>10.75</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>