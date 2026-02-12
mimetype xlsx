--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -34,192 +34,192 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 19:48</t>
-[...14 lines deleted...]
-    <t>Umidificadores</t>
+    <t>Lista gerada no: 12/02/2026 10:47</t>
+  </si>
+  <si>
+    <t>MICROFONE PROSPER BO-618 COM E SEM FIO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>BATEARIA CELULAR DR.HANK</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>DR.HANK</t>
+  </si>
+  <si>
+    <t>TRANSCODER P/PS2 PLAY GAME</t>
+  </si>
+  <si>
+    <t>PDP</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIG.BAK VHF/UHF BK-ANT182-IN</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL BAK VHF/UHF BK-ANT183-EX</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE ROADSTAR 12" RS-1230PW1 /3000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>OXIMETRO MORE-FITNESS MF-417 DEDO</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 8000K - 9006</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX-82ES PLUS CIENTIFICA 2ND EDITION</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (AHBSH-001) BLACKOUT HOUSIN</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>GO PRO</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO HERO  ( GLK5170   ) LENS</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-333 - PULSO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR WAHL 18 P�S   ORIGINAL  110V BRANCO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (GOPOLE GPLC-6)</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RA-18 4 BANDAS - 2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MOUSE SATELLITE A-33 USB PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>TRANSCODER PLAY GAME NTSC-PAL M    2V</t>
-[...119 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>ANTENA CAR ELETRICA SERA MODELO:101 12VOLTS</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 6000K - 9006</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 10000K - 9006</t>
+  </si>
+  <si>
+    <t>SUPORTE PRA TV -LEVEL 32" / 52" LV-ST3256</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd488cf8e3d28ecfeed1b743bee0c38f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2819f0eacda732aa8d65b90d63f83044.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d467b99d3ea8552733293b22d5e74c67.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc216aaa1c3fa93e9683d9e1053cfb4c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d3aff70cf0e43375e28580a31a2a9b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201f1a95c82f16b2dd805aa63d4d4143.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55bf2cb603f9a7e0bcd4b0b8161fff25.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec21c1ffa873ec06414080b307ee79a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a673684b95c03ccfcf8665062a5c49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35cd9c99389fbb55bcbc6b0c3e68dafc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6923b53adf2d44dadbfa2565a6bd038a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ddfada3ddb13f57292170c9865bbe4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c837de3ee51aa8ff928d936c1b75bb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e30d875dcf53338095b36a794d37d7ef.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226e1341f24876efcb3c910e9e951396.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be5f65a44ff6ace4eefc6828dcb5a35.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d1bae6898299813951452370a3732c0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f27afb85a326049852f189aa83f4e86.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da146e39405a1a628d5cb29f07ec1934.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2897f3eb54a0f075c595b72b093d7c9d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f7c88efb357ac0da03a2cce25511e9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e138f647e7d50236bb1dc2f627c3aa76.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38523268cc98aed698ca4a6c91799f27.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8571cffdf73eb36ff1e0556517a21c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e6cbd57867d7d378bf9bf604497d375.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d993f449628e684b0ed9803b03f4ba.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493fba7da199e45886fa71c9f263bb6f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6727eebc245df3be8d9dd1e3929369.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9152eb54b06520b3831b70a1503b26.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f64d6d3497f747d360da737cb2f001.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1236e809ade4503ab73301f7e8f18eae.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56a4561862b056505cacdccbc27612e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8641ee560b6ed54b80d0cede841aca60.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a5a1abf1094e8ad6999db83ee9378f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afdd2217d72e75fe417cb7eb569604f8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872e83ee8557a7fbcbf2ad0e85b60d62.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6770a5f4c332c3b121dcfd5211b55089.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02f3ef1a92199d9a50817e83735e3bdc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee238ed018d7f37f7464b729db1d8667.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f00583614f5c7c2a95355d353153650f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1154,416 +1154,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>162142</v>
+        <v>185356</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>168656</v>
+        <v>185714</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>173445</v>
+        <v>187411</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>175647</v>
+        <v>187879</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>176958</v>
+        <v>187886</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>178297</v>
+        <v>188081</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>7.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>182843</v>
+        <v>188456</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>3.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>183659</v>
+        <v>189149</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>38.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>183864</v>
+        <v>189705</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>185714</v>
+        <v>189996</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>8.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>187411</v>
+        <v>190039</v>
       </c>
       <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>187879</v>
+        <v>190572</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>187886</v>
+        <v>190817</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>188081</v>
+        <v>192613</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>188456</v>
+        <v>193085</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16" t="s">
         <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>189149</v>
+        <v>193856</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>189705</v>
+        <v>196239</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>10.75</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>189996</v>
+        <v>196611</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>190039</v>
+        <v>196628</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>190572</v>
+        <v>197755</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>53</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>45.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>