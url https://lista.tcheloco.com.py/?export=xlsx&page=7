--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -34,51 +34,60 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 10:47</t>
+    <t>Lista gerada no: 30/03/2026 10:59</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MONDIAL TURBO E-10 / BIVOLT / PRETO</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
   <si>
     <t>MICROFONE PROSPER BO-618 COM E SEM FIO</t>
   </si>
   <si>
     <t>Fones/Microfones</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>BATEARIA CELULAR DR.HANK</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
   <si>
     <t>DR.HANK</t>
   </si>
   <si>
     <t>TRANSCODER P/PS2 PLAY GAME</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
@@ -167,59 +176,50 @@
     <t>Radios</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>MOUSE SATELLITE A-33 USB PRETO</t>
   </si>
   <si>
     <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>ANTENA CAR ELETRICA SERA MODELO:101 12VOLTS</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>KIT XENON HID - HB-4 - 6000K - 9006</t>
   </si>
   <si>
     <t>KIT XENON HID - HB-4 - 10000K - 9006</t>
-  </si>
-[...7 lines deleted...]
-    <t>LEVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f7c88efb357ac0da03a2cce25511e9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e138f647e7d50236bb1dc2f627c3aa76.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38523268cc98aed698ca4a6c91799f27.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8571cffdf73eb36ff1e0556517a21c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e6cbd57867d7d378bf9bf604497d375.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d993f449628e684b0ed9803b03f4ba.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493fba7da199e45886fa71c9f263bb6f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6727eebc245df3be8d9dd1e3929369.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9152eb54b06520b3831b70a1503b26.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f64d6d3497f747d360da737cb2f001.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1236e809ade4503ab73301f7e8f18eae.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56a4561862b056505cacdccbc27612e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8641ee560b6ed54b80d0cede841aca60.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a5a1abf1094e8ad6999db83ee9378f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afdd2217d72e75fe417cb7eb569604f8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872e83ee8557a7fbcbf2ad0e85b60d62.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6770a5f4c332c3b121dcfd5211b55089.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02f3ef1a92199d9a50817e83735e3bdc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee238ed018d7f37f7464b729db1d8667.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f00583614f5c7c2a95355d353153650f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6a6df4c5c8b3014b3aabe48816b12cf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0596d029ca730a4607e7c8782e82453.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aba0de4e3ba42ff8007f7b9d1b1a4f6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/821b6e32e4f9a9296b903c36bd20664c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22787291d881e4ef499846086b715e1a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b2aedb5cbad58009bf2119eaf831a0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cb2f8cd2d0ae071a6e376dffd0a25e6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ad376062e3b7b8d452e43df5b1cf.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5853381284ffb23453a415edfcbf7a90.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ffa5851fb013b0a6e7247ca1719fa84.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fe8a94a83cbaecf84b9fd8c03452259.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c727316c51356829ca8b3d169c87d743.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20db0b331f6302b031713721012a4366.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f816a4ce9555a1bb3c73b0af14df0274.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b65afc4b0cf19fe93947b06ab65d7ba1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4436da809a049ff95dd5c96ff8181dd9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f8abd3c621ea116482a8ef2a4575b80.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2a775cd088d3c87a1c423e6def8744e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f1a372a958b431887577564ff0b3209.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdce8784f9262aaca686b1c1705bee1d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1154,416 +1154,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>185356</v>
+        <v>183659</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>185714</v>
+        <v>185356</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>187411</v>
+        <v>185714</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>187879</v>
+        <v>187411</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>5.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>187886</v>
+        <v>187879</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>188081</v>
+        <v>187886</v>
       </c>
       <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>188456</v>
+        <v>188081</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>189149</v>
+        <v>188456</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>189705</v>
+        <v>189149</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>10.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>189996</v>
+        <v>189705</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>190039</v>
+        <v>189996</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>190572</v>
+        <v>190039</v>
       </c>
       <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F13" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>190817</v>
+        <v>190572</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F14" s="3">
-        <v>24.99</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>192613</v>
+        <v>190817</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>193085</v>
+        <v>192613</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>193856</v>
+        <v>193085</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>2.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>196239</v>
+        <v>193856</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>23.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>196611</v>
+        <v>196239</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>196628</v>
+        <v>196611</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>197755</v>
+        <v>196628</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>45.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>