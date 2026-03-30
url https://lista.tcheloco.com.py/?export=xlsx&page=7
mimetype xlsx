--- v3 (2026-03-30)
+++ v4 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 10:59</t>
+    <t>Lista gerada no: 30/03/2026 12:41</t>
   </si>
   <si>
     <t>ESPREMEDOR MONDIAL TURBO E-10 / BIVOLT / PRETO</t>
   </si>
   <si>
     <t>Espremedor /  Extrator de Frutas</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>MICROFONE PROSPER BO-618 COM E SEM FIO</t>
   </si>
   <si>
     <t>Fones/Microfones</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>BATEARIA CELULAR DR.HANK</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
@@ -242,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6a6df4c5c8b3014b3aabe48816b12cf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0596d029ca730a4607e7c8782e82453.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aba0de4e3ba42ff8007f7b9d1b1a4f6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/821b6e32e4f9a9296b903c36bd20664c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22787291d881e4ef499846086b715e1a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b2aedb5cbad58009bf2119eaf831a0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cb2f8cd2d0ae071a6e376dffd0a25e6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f13ad376062e3b7b8d452e43df5b1cf.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5853381284ffb23453a415edfcbf7a90.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ffa5851fb013b0a6e7247ca1719fa84.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fe8a94a83cbaecf84b9fd8c03452259.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c727316c51356829ca8b3d169c87d743.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20db0b331f6302b031713721012a4366.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f816a4ce9555a1bb3c73b0af14df0274.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b65afc4b0cf19fe93947b06ab65d7ba1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4436da809a049ff95dd5c96ff8181dd9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f8abd3c621ea116482a8ef2a4575b80.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2a775cd088d3c87a1c423e6def8744e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f1a372a958b431887577564ff0b3209.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdce8784f9262aaca686b1c1705bee1d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d16d415fcd1c097db6d21778e51ed41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad2b5370b9ea89a49ab07ca23e4ebdb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d3ce52dc323956284b18d7e77935a6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ad4e7f41a5f74ead159f5f3a57ca12.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd7858c2b23e8f9ed160ede15c32259.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/168c5208691786dacb55acb3187f099f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2bf15651dbc8cafbbe2085142c5afa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68c4b9caf0ca37e4a128acd665336c49.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c67e4816324d48333bd8938b0b0d3e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78546edae277025624cafb7dd5d483ff.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acae9790832168d06665358658170585.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d334dec3bda35d2485edd90e1746e057.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd70db34c2e50b01ab8e5e1b6692b5f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c644872ef2ea27759af8f72352136581.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e60fe8ff361a93902d1ea1afa653c25a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/851e16d46f31f7559a3b307008e848f8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71db89156c70a507685191870e7cfd24.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca021495b25a0d0bd71d796bad9a19d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0247ab80c33d2b33c824580b3854cba2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89fae5cc8a6943a8926d3a52ed7f355.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>