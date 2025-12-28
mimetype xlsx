--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,109 +14,100 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 08:41</t>
+    <t>Lista gerada no: 28/12/2025 19:45</t>
   </si>
   <si>
     <t>MICROFONE MEGASTAR DMH-355 COM FIO</t>
   </si>
   <si>
     <t>Fones/Microfones</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>BATERIA DE  LANTERNA  POLICE  18650  1.500MAH</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>JARRA ELETRICA ONIDA ON-113 / INOX / 1.8L / 220V</t>
+    <t>JARRA ELETRICA ONIDA ON-113 / 1.7LT / INOX / 110V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>JARRA ELETRICA ONIDA ON-113 / 1.7LT / INOX / 110V</t>
-[...7 lines deleted...]
-  <si>
     <t>ACENDEDOR DE FOGAO (GAS)</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR   12" RS-1283    1400W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>PACOTE</t>
   </si>
   <si>
     <t>FONE DE OUVIDO MAXELL CEC-2 (2 FONES + ADAP)</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
     <t>DVD AUTOMOTIVO PYRAMIDE PD7951 RET.7" TV/USB/SD</t>
@@ -133,99 +124,105 @@
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>CARGADOR P/CAMARA CASIO BK-629 (NP-60) GENERICO</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>FOGAO ELETRICO MEGASTAR HE-9612 (1 BOCA) - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR RS-6994 6X9 2300W</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
+    <t>ALTO FALANTE ROADSTAR RS-1594 5POL/800W</t>
+  </si>
+  <si>
     <t>WAWTERPIK WP-300E - BIVOLT</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>SOPORTE P/TV -LEVEL 21"/42" LV-2142 FIJO</t>
   </si>
   <si>
     <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>LEVEL</t>
   </si>
   <si>
     <t>ACESSOSRIO GOPRO AHDAF-001 - ANTI NEBLINA</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
-    <t>GRILL MONDIAL G-07 MAX GRILL INOX / 220V</t>
-[...5 lines deleted...]
-    <t>MONDIAL</t>
+    <t>KIT XENON HID - HB-3 - 8000K - 9005 - OFERTA</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
   </si>
   <si>
     <t>CARGADOR  DE RADIO COMUNICADOR TALKA BOUT  P-MH,MJ,MR WLUSB</t>
   </si>
   <si>
     <t>Talkabout</t>
   </si>
   <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600.1FRD FULL RANGE DIG.</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>MODULO ROADSTAR RS-2000.4FRD - FULL RANGE DIG</t>
   </si>
   <si>
     <t>M�dulos</t>
+  </si>
+  <si>
+    <t>CAPA PARA CAMERA PROFISSIONAL (HX-300 / S-4080) FINEPIX</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04fdfb649ce64d36ea327b9e302f0ecb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3efac0b82a84685d593e2ce1842a15d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c82dcd1382c2a36ae76dd6b1719674ea.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/436828c9ad9ffd78aa8223cdb7d2cbeb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b34de97ae8e2276b53942aaaced1fcb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eb206c4ba2c91d8c7c2cccfea853108.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e86c1b8679aeef00c5c893c06c21d08.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d238c1c9ef810c80a5734a684271e461.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a551650e53585548498c899c7255b89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d480421f660006621147611f3a76fcf6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70512d625837ad47aa502c2ce2f216c9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba542f513be4f6e26002e60ee0436a9d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb258b894379c0566ffb71dce209ea91.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd1b5b0fcdfd0d3a132ba012f31e91f9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4feeb0c6d4c88fa893a0e309d9b813c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872e877e7c619cda9ca3fe4a556beec8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2186bd0f25aa4af9bbadd2cd6a4633fe.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85262ab4a6480852756cc01713b619d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a114ba262b51c9783c28b17db511cfa1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdfdb683494091f93c92e537185098e2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3afca5b861c672e24295a042f3bcf6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d157791da943fe75db99181e7c94ebce.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5326b409fd441e081e2d234e73e0158d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bddeed0499eaa279069e977bb435eca8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea070bdd50ad17e316b5e0ebcd06f5c0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a25858af0be55be1a5610f4b01d574.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5798b775ff028cb87a858e59c3364411.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bacecf3c8bf1986b90cea240567e80f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/899c80ae6847d1c2cbf03a677bd40a1e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d95337f072f9a6c4d1bac7f48f9c922.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/032c19ea0441f4371a55394fadd6afe5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1936b287231df34beed78a515d8d6d75.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f418f6ed0453f5cf5b20a72c5d70493e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a898f6c54183e519908481923218a1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9046d81e34f548d1536af4b42205278.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7229ee2fd0e9af8a96977c0e4e9b15e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40659c429c5bc38594e53bbfc8bd0584.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1322e7b71b9ee9f39c749c2cfe649fd9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d68a80009261fbff468df4d17098af34.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d6abc3bed0333e8620be27bb1168c7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1224,352 +1221,352 @@
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
         <v>139595</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
         <v>1.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>140058</v>
+        <v>140065</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>140065</v>
+        <v>140799</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>140140</v>
+        <v>141505</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>56.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>140799</v>
+        <v>142991</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>1.3</v>
+        <v>9.1</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>141505</v>
+        <v>145497</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>142991</v>
+        <v>148009</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>9.1</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>145497</v>
+        <v>148634</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>105.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>148009</v>
+        <v>149570</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>22.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>148634</v>
+        <v>151566</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>2.0</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>149570</v>
+        <v>151931</v>
       </c>
       <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>151566</v>
+        <v>157964</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>19.9</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>157964</v>
+        <v>158305</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>72.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>158305</v>
+        <v>159050</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>16.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>159050</v>
+        <v>159654</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>159340</v>
+        <v>159715</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>159715</v>
+        <v>161619</v>
       </c>
       <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" t="s">
         <v>50</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F19" s="3">
-        <v>19.5</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>161619</v>
+        <v>161626</v>
       </c>
       <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
         <v>52</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F20" s="3">
         <v>89.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>161626</v>
+        <v>161961</v>
       </c>
       <c r="C21" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" t="s">
         <v>54</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>89.0</v>
+        <v>1.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>