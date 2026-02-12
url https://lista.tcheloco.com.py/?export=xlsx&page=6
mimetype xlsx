--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -14,215 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 19:45</t>
-[...5 lines deleted...]
-    <t>Fones/Microfones</t>
+    <t>Lista gerada no: 12/02/2026 10:44</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MAXELL CEC-2 (2 FONES + ADAP)</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>DVD AUTOMOTIVO PYRAMIDE PD7951 RET.7" TV/USB/SD</t>
+  </si>
+  <si>
+    <t>DVD Automotivo</t>
+  </si>
+  <si>
+    <t>PYRAMID</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2210 - USB - SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARGADOR P/CAMARA CASIO BK-629 (NP-60) GENERICO</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO MEGASTAR HE-9612 (1 BOCA) - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>BATERIA DE  LANTERNA  POLICE  18650  1.500MAH</t>
-[...2 lines deleted...]
-    <t>Carregadores, baterias e pilhas</t>
+    <t>ALTO FALANTE ROADSTAR RS-6994 6X9 2300W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>WAWTERPIK WP-300E - BIVOLT</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>SOPORTE P/TV -LEVEL 21"/42" LV-2142 FIJO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>ACESSOSRIO GOPRO AHDAF-001 - ANTI NEBLINA</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>JARRA ELETRICA ONIDA ON-113 / 1.7LT / INOX / 110V</t>
-[...17 lines deleted...]
-    <t>Alto Falantes</t>
+    <t>CARGADOR  DE RADIO COMUNICADOR TALKA BOUT  P-MH,MJ,MR WLUSB</t>
+  </si>
+  <si>
+    <t>Talkabout</t>
+  </si>
+  <si>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600.1FRD FULL RANGE DIG.</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>MODULO ROADSTAR RS-2000.4FRD - FULL RANGE DIG</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
   </si>
   <si>
     <t>PACOTE</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO MAXELL CEC-2 (2 FONES + ADAP)</t>
-[...71 lines deleted...]
-    <t>KIT XENON HID - HB-3 - 8000K - 9005 - OFERTA</t>
+    <t>CAPA PARA CAMERA PROFISSIONAL (HX-300 / S-4080) FINEPIX</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR DE AR SATELLITE - A-H6601 - 2.2 LITROS</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TRANSCODER PLAY GAME NTSC-PAL M    2V</t>
+  </si>
+  <si>
+    <t>PDP</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELITTE A-R05</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>F F MAXEEL TC-30 ( UNIDADE )</t>
+  </si>
+  <si>
+    <t>XENON HID KIT  (H-7) 10000K</t>
   </si>
   <si>
     <t>Kit Xenon</t>
   </si>
   <si>
-    <t>CARGADOR  DE RADIO COMUNICADOR TALKA BOUT  P-MH,MJ,MR WLUSB</t>
-[...20 lines deleted...]
-    <t>Acess. p/camera digital</t>
+    <t>F F TDK 8MM  (02UN)</t>
+  </si>
+  <si>
+    <t>TDK</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MONDIAL TURBO E-10 / BIVOLT / PRETO</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3afca5b861c672e24295a042f3bcf6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d157791da943fe75db99181e7c94ebce.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5326b409fd441e081e2d234e73e0158d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bddeed0499eaa279069e977bb435eca8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea070bdd50ad17e316b5e0ebcd06f5c0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a25858af0be55be1a5610f4b01d574.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5798b775ff028cb87a858e59c3364411.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bacecf3c8bf1986b90cea240567e80f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/899c80ae6847d1c2cbf03a677bd40a1e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d95337f072f9a6c4d1bac7f48f9c922.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/032c19ea0441f4371a55394fadd6afe5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1936b287231df34beed78a515d8d6d75.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f418f6ed0453f5cf5b20a72c5d70493e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a898f6c54183e519908481923218a1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9046d81e34f548d1536af4b42205278.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7229ee2fd0e9af8a96977c0e4e9b15e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40659c429c5bc38594e53bbfc8bd0584.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1322e7b71b9ee9f39c749c2cfe649fd9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d68a80009261fbff468df4d17098af34.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d6abc3bed0333e8620be27bb1168c7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ced6e2aaf0daa9741246cfefa2a95ee8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f18985c3549dac4acc4e0b2b8b7d4c8a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8513dbd900a7e0b1a2015d664526368a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f838110f00ed6f6c42cbc7e9cd07fcae.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254d772a54a62528e406ec2d264637d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f976a8134a17a496a583c3b030d070.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd8ae9827522656f6eeefd121d2ee6dc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43866eade8fe40f0ea87d15c99cbcb75.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1042f5e1f9c579334c40ab7ce3148b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4190f157695365a54b44071aa448c2d1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfccc65654685e3bd57be3aca4ca1c07.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d37f6c079c7570e5cf9fc5999e73a60b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a470e90b569b41e3071edfca8ccd3f03.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6cee91e4586bff378be93a308972f27.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7063486870cc805884dab66ea22b76bc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e3e221b615652b7f248f2ec37b43394.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2f5737dad27bd41e1542eeb9c12921.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344d2c0a023c51d9d6bdfdb4323366a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5d724ede04831182f568f953a736e2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb08a90795bc4a6d81f4e82c16c26080.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1157,416 +1166,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>139557</v>
+        <v>142991</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>9.1</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>139595</v>
+        <v>145497</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>140065</v>
+        <v>148009</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>140799</v>
+        <v>148634</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>1.3</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>141505</v>
+        <v>149570</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>142991</v>
+        <v>151566</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>9.1</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>145497</v>
+        <v>157964</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>105.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>148009</v>
+        <v>158305</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>22.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>148634</v>
+        <v>159050</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F10" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>149570</v>
+        <v>159715</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" t="s">
         <v>33</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>151566</v>
+        <v>161619</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>19.9</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>151931</v>
+        <v>161626</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>157964</v>
+        <v>161961</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>72.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>158305</v>
+        <v>168656</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F15" s="3">
-        <v>16.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>159050</v>
+        <v>173445</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>159654</v>
+        <v>175647</v>
       </c>
       <c r="C17" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" t="s">
         <v>45</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>159715</v>
+        <v>176958</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>19.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>161619</v>
+        <v>178297</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F19" s="3">
-        <v>89.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>161626</v>
+        <v>182843</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F20" s="3">
-        <v>89.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>161961</v>
+        <v>183659</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="F21" s="3">
-        <v>1.5</v>
+        <v>38.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>