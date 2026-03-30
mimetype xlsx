--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,127 +14,121 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 10:44</t>
+    <t>Lista gerada no: 30/03/2026 11:00</t>
   </si>
   <si>
     <t>FONE DE OUVIDO MAXELL CEC-2 (2 FONES + ADAP)</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
     <t>DVD AUTOMOTIVO PYRAMIDE PD7951 RET.7" TV/USB/SD</t>
   </si>
   <si>
     <t>DVD Automotivo</t>
   </si>
   <si>
     <t>PYRAMID</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2210 - USB - SD - RADIO FM - BLUETOOTH</t>
-[...7 lines deleted...]
-  <si>
     <t>CARGADOR P/CAMARA CASIO BK-629 (NP-60) GENERICO</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>FOGAO ELETRICO MEGASTAR HE-9612 (1 BOCA) - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR RS-6994 6X9 2300W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
+    <t>ALTO FALANTE ROADSTAR RS-1594 5POL/800W</t>
+  </si>
+  <si>
     <t>WAWTERPIK WP-300E - BIVOLT</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>SOPORTE P/TV -LEVEL 21"/42" LV-2142 FIJO</t>
   </si>
   <si>
     <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>LEVEL</t>
   </si>
   <si>
     <t>ACESSOSRIO GOPRO AHDAF-001 - ANTI NEBLINA</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
@@ -145,93 +139,93 @@
   <si>
     <t>Talkabout</t>
   </si>
   <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600.1FRD FULL RANGE DIG.</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>MODULO ROADSTAR RS-2000.4FRD - FULL RANGE DIG</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>PACOTE</t>
   </si>
   <si>
     <t>CAPA PARA CAMERA PROFISSIONAL (HX-300 / S-4080) FINEPIX</t>
   </si>
   <si>
     <t>Acess. p/camera digital</t>
   </si>
   <si>
+    <t>WAFFLERA BRITANIA GOLDEN WAFFLE 2 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
     <t>UMIDIFICADOR DE AR SATELLITE - A-H6601 - 2.2 LITROS</t>
   </si>
   <si>
     <t>Umidificadores</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>TRANSCODER PLAY GAME NTSC-PAL M    2V</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
   <si>
     <t>FILTRO DE LINHA SATELITTE A-R05</t>
   </si>
   <si>
     <t>Filtro de Linha</t>
   </si>
   <si>
     <t>F F MAXEEL TC-30 ( UNIDADE )</t>
   </si>
   <si>
     <t>XENON HID KIT  (H-7) 10000K</t>
   </si>
   <si>
     <t>Kit Xenon</t>
   </si>
   <si>
     <t>F F TDK 8MM  (02UN)</t>
   </si>
   <si>
     <t>TDK</t>
-  </si>
-[...7 lines deleted...]
-    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ced6e2aaf0daa9741246cfefa2a95ee8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f18985c3549dac4acc4e0b2b8b7d4c8a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8513dbd900a7e0b1a2015d664526368a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f838110f00ed6f6c42cbc7e9cd07fcae.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2254d772a54a62528e406ec2d264637d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f976a8134a17a496a583c3b030d070.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd8ae9827522656f6eeefd121d2ee6dc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43866eade8fe40f0ea87d15c99cbcb75.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a1042f5e1f9c579334c40ab7ce3148b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4190f157695365a54b44071aa448c2d1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfccc65654685e3bd57be3aca4ca1c07.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d37f6c079c7570e5cf9fc5999e73a60b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a470e90b569b41e3071edfca8ccd3f03.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6cee91e4586bff378be93a308972f27.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7063486870cc805884dab66ea22b76bc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e3e221b615652b7f248f2ec37b43394.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2f5737dad27bd41e1542eeb9c12921.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344d2c0a023c51d9d6bdfdb4323366a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5d724ede04831182f568f953a736e2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb08a90795bc4a6d81f4e82c16c26080.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f41e6a2dd4a803262fe29fd85a6d77a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ad4c35c7467723e4b6000267e1ad81.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0240a286c7a0f3c550005049f3f33c9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545201efeb672511974bf42a33359af9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb979707e741e534b7fccebe8e91db12.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70aa98bcebc8bb43d57326e3bd54d3a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2cbd25d32c3f1081e7f9c465ea0656.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee75c307fc2c964e79331a9555faaedd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9000033376d456257c52ab4b2ccbcbd1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba4f195d499fd018dce91ee4f22d0540.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10b20e157e618a121fd3b4fa4438108b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7acd50ecde199f87cec78846aa4e18f3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a335af0da0dfdf18e30dee642cf43af.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15452114d0023cecf3a4060bc7484bc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd17d189c93d614a1d75966d5f0e935e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f77e1cc9b264a252f6f2346b575f6a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b4819a94759389d2d51ee3e7b9511a7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc91e1529a3df517c0f75f754e29c3fc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5326b4ddb2cb6ac38b2edf9842a60399.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9283119a4c0b8963d875d5971286189b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1166,51 +1160,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -1230,352 +1224,352 @@
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>9.1</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
         <v>145497</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
         <v>105.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>148009</v>
+        <v>148634</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>148634</v>
+        <v>149570</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>149570</v>
+        <v>151566</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>151566</v>
+        <v>151931</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>19.9</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
         <v>157964</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F8" s="3">
         <v>72.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>158305</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="F9" s="3">
         <v>16.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
         <v>159050</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F10" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
         <v>159715</v>
       </c>
       <c r="C11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
         <v>19.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
         <v>161619</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
         <v>89.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
         <v>161626</v>
       </c>
       <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F13" s="3">
         <v>89.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
         <v>161961</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
         <v>1.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>168656</v>
+        <v>162142</v>
       </c>
       <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
         <v>43</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>18.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>173445</v>
+        <v>168656</v>
       </c>
       <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" t="s">
         <v>46</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>175647</v>
+        <v>173445</v>
       </c>
       <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
         <v>48</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>176958</v>
+        <v>175647</v>
       </c>
       <c r="C18" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" t="s">
         <v>50</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>178297</v>
+        <v>176958</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>182843</v>
+        <v>178297</v>
       </c>
       <c r="C20" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" t="s">
         <v>53</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>3.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>183659</v>
+        <v>182843</v>
       </c>
       <c r="C21" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" t="s">
+        <v>31</v>
+      </c>
+      <c r="E21" t="s">
         <v>55</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>38.0</v>
+        <v>3.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>