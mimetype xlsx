--- v3 (2026-03-30)
+++ v4 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 11:00</t>
+    <t>Lista gerada no: 30/03/2026 12:41</t>
   </si>
   <si>
     <t>FONE DE OUVIDO MAXELL CEC-2 (2 FONES + ADAP)</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
     <t>DVD AUTOMOTIVO PYRAMIDE PD7951 RET.7" TV/USB/SD</t>
   </si>
   <si>
     <t>DVD Automotivo</t>
   </si>
   <si>
     <t>PYRAMID</t>
   </si>
   <si>
     <t>CARGADOR P/CAMARA CASIO BK-629 (NP-60) GENERICO</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
@@ -248,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f41e6a2dd4a803262fe29fd85a6d77a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ad4c35c7467723e4b6000267e1ad81.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0240a286c7a0f3c550005049f3f33c9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545201efeb672511974bf42a33359af9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb979707e741e534b7fccebe8e91db12.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70aa98bcebc8bb43d57326e3bd54d3a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2cbd25d32c3f1081e7f9c465ea0656.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee75c307fc2c964e79331a9555faaedd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9000033376d456257c52ab4b2ccbcbd1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba4f195d499fd018dce91ee4f22d0540.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10b20e157e618a121fd3b4fa4438108b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7acd50ecde199f87cec78846aa4e18f3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a335af0da0dfdf18e30dee642cf43af.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15452114d0023cecf3a4060bc7484bc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd17d189c93d614a1d75966d5f0e935e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f77e1cc9b264a252f6f2346b575f6a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b4819a94759389d2d51ee3e7b9511a7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc91e1529a3df517c0f75f754e29c3fc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5326b4ddb2cb6ac38b2edf9842a60399.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9283119a4c0b8963d875d5971286189b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69e12c4558875447ccbeef48ca47fe3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8364ce63086cbc023e2a24d4d056572.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf177911f2ce9e76e2d1a6c5b7aabb27.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a3790d5f6e6f17ca70890c243362a49.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ffdea74a0900913cf04205c78cd9d7c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba0f4c053f06531a165617179ba1c8a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a9f210c0c86fafba09da08f33e82094.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2053a837153d8b97addc898a85e8ce0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ed5390660ac2efc2c46feaf49d6bc6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e89ea0423cdf79432213ceb801c1d0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/961febba3d507cec5ab33265091c576a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65da7b98067c39f747d46ae273e3f8c3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ee01ab320d7f9c6fee443838cbf186.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e06961fa0a38435f0b1aee193e5faf54.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a365b33b6c4cf389ee8f3ad6ccdc64.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b058797992853a814fa26efc119ad34d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2097b294e2bf3133c8efb333ca6f7f0a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fc86e300ecdc0efce5effadbe39148b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7487f93fd9e774049124e00f342d818.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49511371233db1a0416bddf192311cb8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>