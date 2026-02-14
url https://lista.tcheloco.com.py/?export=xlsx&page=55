--- v0 (2025-11-15)
+++ v1 (2026-02-14)
@@ -14,218 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 21:32</t>
-[...29 lines deleted...]
-    <t>VENTILADOR DE PIE  MEGA STAR FAN2022  -  220V</t>
+    <t>Lista gerada no: 14/02/2026 01:06</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1929 BLUETOOTH 6"</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>KIT DE CHAVES  kEYUSHUN  (06-CHAVES)</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS - FURADEIRA RECARREGAVEL NAPPO NHK-041 / 78 PCS</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV L2121 2X12" RECARREGAVEL / USB / MICROFONE / BLUETOOHT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA / CABELO MEGASTAR GWE040  RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CAFETERA MEGASTAR CAF02 DOLCE G / 3 EM 1 / 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-413 / A PROVA DE AGUA</t>
+  </si>
+  <si>
+    <t>Acess. para Moto</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL M-15 PRATIC PRETO  110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>AQUECEDOR MAGEFESA MGF1649 1200W GIRATORIO 220V/50HZ</t>
   </si>
   <si>
     <t>Climatiza��o</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...44 lines deleted...]
-    <t>PILAO DE MARMORE S399</t>
+    <t>MAGEFESA</t>
+  </si>
+  <si>
+    <t>MINIPROCESSADOR KB-010  USB RECARREGAVEL  (3 LAMINAS)</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO PARA CARRO  ECOPOWER EP-653 BLUETOOTH /USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>MICROONDAS ELECTROBRAS 21  -  21L 220V/50HZ</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>BALANCA PISO ELETRICO DIGITAL SONAKI 500KG   2V</t>
+  </si>
+  <si>
+    <t>Balan�as</t>
+  </si>
+  <si>
+    <t>SONAKI</t>
+  </si>
+  <si>
+    <t>GUARDA CHUVA SUNLIGHT S2615</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...59 lines deleted...]
-    <t>KOBA</t>
+    <t>SPEAKER ECOPOWER EP-2231  USB / SD / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE ECOPOWER EP-8102</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABECA ECOPOWER EP-8100 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LAMPIAO LED ECOPOWER REC.EP-8111 8W   2V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8107 15 WATS</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE ECOPOWER EP-8103  8 WATS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576d81e7389e9e7ae8b0c9f56f43f757.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c27d6cea41bc7092867992b0c2dcc9c3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ce849982bca134630da7dba1f4c568.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3637685807a621f34198a2fc4a40f1b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/294dba2cd77b23152dc0bd50ace3dadd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8711bcc6045d0c7ac71d1dd9bd929614.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13602d9561c485ab0489feba97c9d89d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e3c5b11b4e10d30ab85b5f6ed89d08.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d68fc6f15d512bd0d6dc084541bf114.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a7438b07e4e9593fe2dd255c163ae0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94250e9769b0f870ece2da13b0da5b5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1923e66c4f8063983ce5c634198e0460.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea315e36a69dc26c23a0181ac75d2fc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1328d45f49fceb40da4f0f1ce86138e0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf93c852e4f9d8b237b07bba8b69b86b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab4f5a9294b72b3939caf4b4f6f675e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7cc24bfd641fe1d3f7e717e9ef42d3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39902104d1d4c8fcbdc249e68d62b07a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c70210bbe1ddedb0f14149800e10928.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323c4b364f939c3078753ab264706cc0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbf2bb9b92b151ebabe25a88b40d3cfe.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630e104658a1fa553daa4be8f4c72bb0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a81870b039d050c33a09997b9a9f7e5a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca8cc4485b5f3d17d63e4ab2fe1e02f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297bd1e93bf9ae72342c64ad55bc5590.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d80002e604654b1cf133525332f8f9c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a59c6d98a2c01b49aae3526e136a9d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1902e1dbeea23287daab52e4dd59d3f6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf7f427383ee635dada0d4dae2ae9bc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d117b986c494b5e718a000f74b61d470.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab37b0baf9fb15fda914aadb61d9ae9e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff40ae4ce48dcc39fa36ed810c9e4d0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659c7252eeef75d4b7e84910f94850bb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f53bdee7c6355b707498ec3f7af1fa2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/748ef0b553ac1023e86b16a22aca0589.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72007fea7882edf161ed0268011bead9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9b8460f1ec87e2532d1d3f199ca65c5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc7b3847466d963974ea249fccef413.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d213a2dd0cc048a460d793de30e56f7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a0eef188c1d1af0ff8da14313f8441f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>491068</v>
+        <v>502184</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.99</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>491075</v>
+        <v>502221</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.99</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>491181</v>
+        <v>502290</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>491235</v>
+        <v>502474</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>32.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>491242</v>
+        <v>502528</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>491259</v>
+        <v>502535</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>16.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>491297</v>
+        <v>502627</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>15.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>491327</v>
+        <v>502634</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>491334</v>
+        <v>502658</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>491341</v>
+        <v>502740</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>491426</v>
+        <v>502818</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>491440</v>
+        <v>503020</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>4.75</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>491501</v>
+        <v>503044</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>15.5</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>491563</v>
+        <v>503112</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>2.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>491587</v>
+        <v>503167</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>491730</v>
+        <v>503181</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>491778</v>
+        <v>503198</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>150.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>491860</v>
+        <v>503228</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>491983</v>
+        <v>503235</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>35.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>491990</v>
+        <v>503242</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>49.5</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>