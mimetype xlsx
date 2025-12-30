--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,209 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 20:48</t>
-[...14 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 30/12/2025 13:18</t>
+  </si>
+  <si>
+    <t>ESTABILIZADOR SATE A-VR42 1500W</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>BOLA DE FUTEBOL N�2 COLORIDA</t>
-[...14 lines deleted...]
-    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2129</t>
+    <t>LANT POLICE ECOPOWER EP-8360 5WATS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-094 TURBO PROFISSIONAL SILVER   2V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>ESCOVA COM SECADOR ONIDA  ON-1044     2V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR - CABELO VGR V-009  GOLD</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>TECLADO - MOUSE SEM FIO MTEK KM-5197W BRANCO</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>BALANCA DE PISO ELETRICA  MEGASTAR   150KG  2V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR SPA-1277BT  USB / 1 MICROFONE /12"/ FM / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA MEGASTAR FMA10 - 12 PCS</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>BALANCA DE PISO ELETRICA  MEGASTAR   300KG  2V</t>
+  </si>
+  <si>
+    <t>Balan�as</t>
+  </si>
+  <si>
+    <t>LED  A PILHA 50-LED COLOR S9225M   /AAX2</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP- 7901  32W / EMBUTIR / QUADRADO / BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR PIZZERA PZ410 / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>CX NAKAMICHI SUB 8"  AMPL.NBF20.0A 650W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CHAVE FENDA  6X200MM S2929 (1 UNID)</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>SACA ROLHA MANUAL S321</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER ECOPOWER EP1073 RGB    2V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>FONTE CAMERA CCTV 12V/40AMP</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PROSPER I12 / BLUETOOTH / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
     <t>PROSPER</t>
   </si>
   <si>
-    <t>MAQUINA DE CORTAR CABELO  PROSPER  P-1906</t>
-[...23 lines deleted...]
-    <t>SELADORA A VACUO PORTATIL  110 - 220 / 50 - 60 Hz</t>
+    <t>CHALEIRA ESMALTADA S101   2.5L     COLOR</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
-  </si>
-[...64 lines deleted...]
-    <t>MANGOO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/071c5a043cbdb3c8d564ea3ff34ab2ba.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37d24183730085aefd7b2b5107e493a7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbaa3c1896de573baba305da7a2b37ae.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4705c9fe2455bf0513954263d1b30a6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a155d287933caa78dc27bbc9f22f650c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d34f135e0c495921c363799e8074cf5a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063cff528c57dcc48fbef7ea6afe29df.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f098e47390997fa551eb521a625200b0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c04355cb72e2fb9959c7f7e5885189.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457b18bf667472c087ad36baa6e95c5b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d220e7c257d0c66ba1d32a509cedd179.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84b277d0ff1c26abd9b4e33daa9ff937.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74d244709b59ca367c9dc423a94654a9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a1827ff0b21244f7a43e70fbe75f83f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2d7c3f4ebc01c7698188ab85d2ff54.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ee71ca43f1d0d8a0ab34a2cea70c068.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22b03c7f98a261f5e39458332d9ad6b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41f2fa7958902936babff63c7183d108.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ef2d5cd5c2116b3a60fbaaa3c5ee3e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cde330b2d6be76e40b4af8882bd76bb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1a73ee1ac819e4539c3c5a9e5c1a17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474c620616086cd421a3005a4ddcd89c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06574274bf482a2f288808a18c63692e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdfc627d3bbed54a00eb37ebb04ac542.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec48058fad9aedb72776bdb0e2daadf0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c826a1f0a182fdf81dba0e4ecdf086f3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8aa4df93796557e132001b4f5eb70eb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7fc280b7bf0d885bc9a84c7b4b623d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab47cb30c3bff172b323cdf450b1f612.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ff601211c38b31c57e128b3f3a5224.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe75fb0e98b504cc08040f2e5fbb6f9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fd2f300ad1067553d26333773d98e3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f301746af6086a811d2c134761dce1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4698526135ed085336d6e96af7216eed.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eac5eacfecd0763ed4843786946f1432.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d71995db6a13f2d41776a68e74db99.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1923496dcb5b08ec89451f8a01f3fe26.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522409bf7e7bb6c6908a06ed08713d18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/698caca0f7e6244aab490ba745dce5f1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dededa82a56bfc8db312d196cd5dcd9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>486811</v>
+        <v>494465</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>20.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>486859</v>
+        <v>494496</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>486880</v>
+        <v>494526</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.75</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>486897</v>
+        <v>494533</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>487061</v>
+        <v>494557</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>27.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>487078</v>
+        <v>494571</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>487085</v>
+        <v>494618</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>487139</v>
+        <v>494625</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>487153</v>
+        <v>494632</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>4.7</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>487221</v>
+        <v>494649</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>24.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>487245</v>
+        <v>494663</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>487290</v>
+        <v>494700</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>487351</v>
+        <v>494731</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>487399</v>
+        <v>494748</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>19.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>487412</v>
+        <v>494939</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>27.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>487740</v>
+        <v>494953</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>487825</v>
+        <v>495097</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>17.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>488020</v>
+        <v>495165</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>16.5</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>488136</v>
+        <v>495448</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>488471</v>
+        <v>495561</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>9.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>