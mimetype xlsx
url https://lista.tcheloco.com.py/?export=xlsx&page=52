--- v1 (2025-12-30)
+++ v2 (2026-02-14)
@@ -14,215 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 13:18</t>
-[...5 lines deleted...]
-    <t>Informatica</t>
+    <t>Lista gerada no: 13/02/2026 22:24</t>
+  </si>
+  <si>
+    <t>ESCUDO DE ISOLAMENTO AC�STICO SATE A-MK30</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MICROFONE SATE YOUTUBER A-MK35 PROFESSIONAL</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO DOT 5TH / BLUETOOTH / WIFI  / BRANCO</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>MALETA PARA  NOTEBOOK COMPACTO 14.1"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>LANT POLICE ECOPOWER EP-8360 5WATS</t>
-[...2 lines deleted...]
-    <t>Lanternas Police</t>
+    <t>UMIDIFICADOR ECOPOWER EP-3066 2.5L /220V</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SECADOR ONIDA ON-094 TURBO PROFISSIONAL SILVER   2V</t>
+    <t>FOGAO ECOPOWER EP-3070 COOKTOP 2 BOCAS</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MIXER MEGASTAR GE-802  KIT 3 EM 1     220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO VGR V-228 LCD BARBA / CABELO DOURADO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>HD EXTERNO  TOSHIBA  002TB BLK 2.5"</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>HD EXTERNO  TOSHIBA  004TB BLK 2.5"</t>
+  </si>
+  <si>
+    <t>ROUTER TP-LINK WR-829N  2-ANTENAS/300MBPS</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>PULA-PULA BRINQUEDO JUMP-JUMP PRA CRIANCA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESSAO PROSPER P - 4509 RECARREGAVEL / PULSO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESSAO PROSPER P-4506</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO PROSPER P-4508</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S115 - 4'' - BLT/FM/TF/AUX</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7029 TYPE - C / 3.0A / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-8600A QUENTE / FRIO  - 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>ONIDA</t>
-[...116 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-8600A QUENTE / FRIO    220V</t>
+  </si>
+  <si>
+    <t>FONTE PARA NOTEBOOK TUCANO 12V-24V/2V    120W</t>
+  </si>
+  <si>
+    <t>Carregadores P/Notebook</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1a73ee1ac819e4539c3c5a9e5c1a17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474c620616086cd421a3005a4ddcd89c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06574274bf482a2f288808a18c63692e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdfc627d3bbed54a00eb37ebb04ac542.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec48058fad9aedb72776bdb0e2daadf0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c826a1f0a182fdf81dba0e4ecdf086f3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8aa4df93796557e132001b4f5eb70eb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7fc280b7bf0d885bc9a84c7b4b623d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab47cb30c3bff172b323cdf450b1f612.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ff601211c38b31c57e128b3f3a5224.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe75fb0e98b504cc08040f2e5fbb6f9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fd2f300ad1067553d26333773d98e3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6f301746af6086a811d2c134761dce1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4698526135ed085336d6e96af7216eed.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eac5eacfecd0763ed4843786946f1432.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d71995db6a13f2d41776a68e74db99.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1923496dcb5b08ec89451f8a01f3fe26.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522409bf7e7bb6c6908a06ed08713d18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/698caca0f7e6244aab490ba745dce5f1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dededa82a56bfc8db312d196cd5dcd9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d376bcc37eedeaed9be44ef669bd62.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fafa7f504346ce73756e49b34a2ee20f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/603e8601973f4ad5ed040b5f964430fe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e68043e19b75016f70b9b1feefcc51e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70121240964021e9171fda23950244d9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb0e6b1699f17646d6196e64d1a411c8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdac7b25cdbcbf5c596673ecbadc035c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f2119bfe429c1ad154908fe342839c6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e394df51d9f6745a51a204f38dc0604.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a13f82dbd70f942e2100b1b9369a5420.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/605303c3f3013a6fc82855f1788348c6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb3678ffdc40082d2656d5033abab7a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc828483d1b56af071170e7ef165f161.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ed1c2b042ddad4044c13392fd7b1455.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39645567dbd4b33b9d5ea314a931ba40.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0729bdfbe69b0febb4dbd99e4847eb0d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cd68963c31b2e1c1864c9ed63bb53d8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d1b75a59e06d5f7d2f619132a1a7f6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96478c1e62d27bff1638860bc94ca879.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a183d4d2737b295adbb58b649f8c49dd.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>494465</v>
+        <v>497367</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>46.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>494496</v>
+        <v>497381</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>494526</v>
+        <v>497442</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>17.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>494533</v>
+        <v>497879</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>17.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>494557</v>
+        <v>497916</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>494571</v>
+        <v>497930</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>14.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>494618</v>
+        <v>497954</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>30.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>494625</v>
+        <v>497961</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>52.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>494632</v>
+        <v>497992</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>494649</v>
+        <v>498005</v>
       </c>
       <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>45.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>494663</v>
+        <v>498081</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>1.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>494700</v>
+        <v>498142</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F13" s="3">
-        <v>8.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>494731</v>
+        <v>498159</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>26.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>494748</v>
+        <v>498173</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
         <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>99.0</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>494939</v>
+        <v>498180</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>1.0</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>494953</v>
+        <v>498258</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>2.3</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>495097</v>
+        <v>498265</v>
       </c>
       <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
         <v>46</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>495165</v>
+        <v>498678</v>
       </c>
       <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
         <v>48</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>49</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>11.75</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>495448</v>
+        <v>498685</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>495561</v>
+        <v>498692</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
         <v>53</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>9.5</v>
+        <v>11.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>