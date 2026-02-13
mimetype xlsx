--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -14,215 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 19:34</t>
-[...2 lines deleted...]
-    <t>MICROONDAS TOKIO - TOK25PG GRILL 25L -  220V/50HZ</t>
+    <t>Lista gerada no: 13/02/2026 20:05</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE KK-2803</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>KIT XENON HID (HB-3) 4300K  (9005)</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO DOT 5TH / BLUETOOTH / WIFI / PRETO</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO DOT 5TH / BLUETOOTH / WIFI / AZUL</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL PHILIPS AA 2500MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-650 BLUETOOTH / USB / SD / FM</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7027 2-USB  / 2.4 A / TYPE C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>SECADOR MOX MO-HD4001 4000W</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>TOKYO</t>
-[...2 lines deleted...]
-    <t>CABO T-C /T-C -  HYE30CC  60W - DADOS</t>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK SATEL A-KP12 17.0"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BATERIA +10  POWER ONE P10 C/06P (AP SURDEZ)</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
-    <t>HYE</t>
-[...32 lines deleted...]
-    <t>COMPRESSOR DE AR PORTATIL SUNLIGHT 19518 / 12V</t>
+    <t>POWER ONE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MONDIAL AF-30I 3.5L  110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>TV 32" SMART LED  MTEK  MK32FSAH ANDROID HD</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>TV 50" SMART LED  MTEK LED MK50FSAU 4K ANDROID</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER  MONDIAL AFN-80  8L  220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO  MORE FITNESS MF-07 / RECARREGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MORE FITNESS MF-026 RECARREGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MORE FITNESS MF-016 DIGITAL / FONTE / RECARREGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>MULTIMETRO DIGITAL DT-33B</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...86 lines deleted...]
-    <t>Cameras Automotivas</t>
+    <t>PROJETOR TUCANO TC-Y40  MINI</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>TCHELOCO</t>
+  </si>
+  <si>
+    <t>Variados</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63e68399ae86aee21a774b46ec96508f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/168b7988a16bc729a654645bfe52f119.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b9dfae5f1442173c3ba432330cd656.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c29c540d0fe3f0e3aaacc13844ecc1a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83d4f5996d389a57ed2dc3cb65a53fb2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b50cf5b09a472cf4a4814ed2c5359c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd3db899e580584553d25da6214d8f03.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0d67512683a16bbb7bc28660594e9b9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66c3184b07426d21b3dc794ce7c6ffed.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/964f51fd5e4a2b2ba21d076a6a469a18.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c51588d84bc2e96ced93a8333326b472.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b347144a0d306a4f468e1563fd5709.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9d549eb2845597dbf431214e335d6ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b5723ca590eee6081a9fbd32391f08.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c206d04762dc08ef76f78a4ecfa87a35.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c48e3a0ba47f89497c2602a2413949e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c3c986882793f93ebabda0b0c68c90e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b747cec19d2b3435edd9d0e1fa56ebf.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2ac646c5f6daf0e3a6a002a96cc107.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e927e96d04da1214d014e9b55564bc84.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adad20a408119fc9c5bccb9d0426ed67.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ea93fe2c5365863982944646e177c78.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a88e6033008b6811b97cca5105436e27.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ad6a38f04d35ba8cd5b49afbe16584.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae10a1a78a86a7f870ff619daa67436c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af230cc2156ad8a2bf64c22f5c6eb407.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dea4e46b3c0a6d7284cea086720a782.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a79202d5baf7124ecf7b7a388cb8489.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c585efba9ead9a92e23c666869e9d5e5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34bb6faa4a29d88fbee30407aca99365.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/697479ea3ae220a6234b9dac297a09a8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbdb1c5a09c9daab73f4c31a05b8b6b5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/699dbeac90fa9d95177c096f29c78c27.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49635304134f84b75b517ba867212067.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c364542e99d497f47915623a3311fbf3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4abe6c6398a9a7260774d891d2011df2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7342b3a1fa2f15bdb87721831eaf2cf7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/295c2abfdf08ebb8b25788241d4dc166.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1efd8a6601a4dfd51092262b0d17425c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f5768d64abc5e353fb893fe741f072.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>484916</v>
+        <v>495950</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>85.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>484992</v>
+        <v>496018</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.95</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>485005</v>
+        <v>496032</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>3.98</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>485012</v>
+        <v>496049</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>9.5</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>485289</v>
+        <v>496056</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>38.0</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>485326</v>
+        <v>496100</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>485401</v>
+        <v>496124</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>485449</v>
+        <v>496223</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>1.8</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>485463</v>
+        <v>496360</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>485470</v>
+        <v>496513</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>485685</v>
+        <v>497022</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>9.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>485975</v>
+        <v>497060</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>20.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>486033</v>
+        <v>497077</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>486040</v>
+        <v>497114</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>29.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>486057</v>
+        <v>497138</v>
       </c>
       <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
         <v>43</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>44</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>4.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>486064</v>
+        <v>497145</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>4.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>486071</v>
+        <v>497152</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>486446</v>
+        <v>497190</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>3.5</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>486583</v>
+        <v>497213</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>5.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>486705</v>
+        <v>497343</v>
       </c>
       <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
         <v>53</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>22.0</v>
+        <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>