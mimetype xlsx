--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,197 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 19:34</t>
-[...47 lines deleted...]
-    <t>Termica</t>
+    <t>Lista gerada no: 30/12/2025 11:24</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - HC   37"/70" HC-546T  FIXO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>HC PREMIUM</t>
+  </si>
+  <si>
+    <t>PILAO DE MARMORE S399</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>WAFFLERA ALLWIN AL-SW288W           110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    500ML</t>
-[...17 lines deleted...]
-    <t>SECADOR ONIDA ON-093 - 5500W   2V</t>
+    <t>PC HUB ECOPOWER EP-R011 USB-C / 4-USB</t>
+  </si>
+  <si>
+    <t>Hub</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PC HUB ECOPOWER EP-R012 USB  / 7-USB</t>
+  </si>
+  <si>
+    <t>SUPORTE PRA TV LUO  10"/55"  LU-502  GIRATORIO</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV LUO    26"/ 65"  LU-504 / FIXO</t>
+  </si>
+  <si>
+    <t>KIT COZINHA KITCHEN WARE  S-262 / 03 PCS</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 8 70-12</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>CAMERA CAR (DVR) SATE A-DVR053  4.0"(3-CAMERAS)</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>OLEO DE CANNABIS - FULL SPECTRUM CBD KOBA 1500 MG SABOR CITRICO</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOBA</t>
+  </si>
+  <si>
+    <t>CREME CANNA DE CANNABIS CBD 75G</t>
+  </si>
+  <si>
+    <t>MIXER BRITANIA BMX355P 350W INOX 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>PROJETOR  -LED NATAL ECOPOWER EP-1034</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER 1032/BLT/LED NATAL</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP-1031/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7050 TYPE-C /3.0A/20W</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>ESCOVA ALIS LADYLISS    2V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>ONIDA</t>
-[...47 lines deleted...]
-    <t>TOKYO</t>
+    <t>CARREGADOR ECOPOWER EP-7060 1-USB-C/3A/20W/IPHONE</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL PHILIPS  AA 2500MAH 4 P�S</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c4dcb3d83528a44881c654ea5c86bfd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fe360b5476c8273329208802b946bf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78673c879a05eea0d50d86758afe8f7a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d9d3e3add6ef4a7baea64df07cef1cc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e6d3d9e87dbc4e439a32dda8b97b22.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48246a53890f4e450386f3e80e1c1d81.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f05f93d0455e6b2b2913dc8e4184c8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4620d905d3837974c648b104c795bca4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2a7d0f348fac3263db4af15dc2adff.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7db403792a2945646d0a1f3f474fc0b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ed90064e12bacaaf3f9aa498be7e26e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6332043ce5ce59894665dc43ca472b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138ee36cb039e27fb358bcf47f14e48c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f47147264bef24a26f9ad41dc0a5a1e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224bf27000ae32fbc237f84ab4019f76.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971c773f199390e88aaecb965002789a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9376866b01f8860670b06df3195d2c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34997b68d9c899792c8e4941dc10e5f7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6b2574cf03a8227beffa434b29a42a9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b6205a8638d5ec13df60c1bd534efc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aff2cf26c1a5b1edd3b37a8b9c3c5aa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c7904b1c85c9642fb7492a2798f80b5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3fe7f6363cc8f635a87069a0430ee4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80157a4f8e30c1e0b794b5c805214e5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e19950f9de426a0eb451d3caa2828c7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a974daf28c9a22aac41d8f3c7a34957f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8fb232a8685132efa32e0382e5d50d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c74a856e36371a6a4b9c005548e0521.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/991abbdaf440fc125012fdb51e653faa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271465db54bd1c7cf669db8b3bc21108.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f908a7b8210331557a0c3a1e1a1abeef.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c213151ae818056797a336e75108555.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/794746989f78addb8de63085c0df1607.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d06bbb149981239b2f85c106068863cb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67bb64db9bdd27ba013d615484bd38c5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753736781504f02ed834f51ff09d38db.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3cdf4a4d5df2c810df1a757d01b961.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4824b24826b0432068614139edd32715.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77d0f4967d04cea8f9dd89fa797c43d0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76eef58bd583276742fe7ad9a8ad24f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>483124</v>
+        <v>491426</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>73.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>483131</v>
+        <v>491440</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>22.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>483209</v>
+        <v>491501</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>78.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>483223</v>
+        <v>491563</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>36.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>483230</v>
+        <v>491587</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>46.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>483360</v>
+        <v>491730</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>88.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>483377</v>
+        <v>491747</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>108.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>483384</v>
+        <v>491860</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>483919</v>
+        <v>491976</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>3.5</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>483926</v>
+        <v>491983</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>4.2</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>483933</v>
+        <v>492010</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>4.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>483940</v>
+        <v>492034</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>483971</v>
+        <v>492171</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>835.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>484084</v>
+        <v>492324</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>19.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>484121</v>
+        <v>492331</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>44.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>484244</v>
+        <v>492348</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>484251</v>
+        <v>492409</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>484657</v>
+        <v>492492</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>1.15</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>484756</v>
+        <v>492607</v>
       </c>
       <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>160.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>484909</v>
+        <v>492669</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>68.0</v>
+        <v>8.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>