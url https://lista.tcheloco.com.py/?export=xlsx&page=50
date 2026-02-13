--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,200 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 11:24</t>
-[...11 lines deleted...]
-    <t>PILAO DE MARMORE S399</t>
+    <t>Lista gerada no: 13/02/2026 19:43</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-CB8880</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2529  USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CAMPAINHA SEM FIO SATE A-DB01 PRETO  2V</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMPAINHA SEM FIO SATELLITE A-DB03 BRANCO 2V</t>
+  </si>
+  <si>
+    <t>ESTABILIZADOR SATE A-VR42 1500W</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-094 TURBO PROFISSIONAL SILVER   2V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>BALANCA DE PISO ELETRICA  MEGASTAR   150KG  2V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR SPA-1277BT  USB / 1 MICROFONE /12"/ FM / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>LED  A PILHA 50-LED COLOR S9225M   /AAX2</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP- 7901  32W / EMBUTIR / QUADRADO / BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR PIZZERA PZ410 / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>CX NAKAMICHI SUB 8"  AMPL.NBF20.0A 650W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CHAVE FENDA  6X200MM S2929 (1 UNID)</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>SACA ROLHA MANUAL S321</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...68 lines deleted...]
-    <t>MIXER BRITANIA BMX355P 350W INOX 220V</t>
+    <t>PROJETOR LASER ECOPOWER EP1073 RGB    2V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PROSPER I12 / BLUETOOTH / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA S101   2.5L     COLOR</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>BRITANIA</t>
-[...35 lines deleted...]
-    <t>PHILIPS</t>
+    <t>VENTILADOR PARANA PA-512    CAB.LOCA/  "  110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>PARANA</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV XH-2801 8"x2 RECARREGAVEL/USB/BLUETOOTH/MICROFONE</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>CARTAO MAGNETICO PARA FECHADURA SMART TAG KEY</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aff2cf26c1a5b1edd3b37a8b9c3c5aa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c7904b1c85c9642fb7492a2798f80b5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3fe7f6363cc8f635a87069a0430ee4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80157a4f8e30c1e0b794b5c805214e5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e19950f9de426a0eb451d3caa2828c7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a974daf28c9a22aac41d8f3c7a34957f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8fb232a8685132efa32e0382e5d50d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c74a856e36371a6a4b9c005548e0521.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/991abbdaf440fc125012fdb51e653faa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271465db54bd1c7cf669db8b3bc21108.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f908a7b8210331557a0c3a1e1a1abeef.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c213151ae818056797a336e75108555.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/794746989f78addb8de63085c0df1607.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d06bbb149981239b2f85c106068863cb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67bb64db9bdd27ba013d615484bd38c5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753736781504f02ed834f51ff09d38db.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3cdf4a4d5df2c810df1a757d01b961.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4824b24826b0432068614139edd32715.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77d0f4967d04cea8f9dd89fa797c43d0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76eef58bd583276742fe7ad9a8ad24f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1ccec38cc748bcfb2cf4bdeaee2f652.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/737d8121edd9770d11f481dbc338293d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b81a98752975d847799c9acc255cfed3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7996403bedfbd8ed2310da351569906a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d7196873bb67ab46ab321e86978e9f1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6018fe9b080009bc50dc2da283c15d89.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53aab4eba4c9d31f60d2580738734e70.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16392e93f1c79b18809882f0606feb1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8720a1cfff0a570e3bab4a6926395ca4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c027d703b72aae55497ef4ae8f35179.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ebe8018888beacca8b6b887ad90e6b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5b9ae759626ca52e1c8eb7fab6e51d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3039de9d1431a8dd357ff715b9c3fb2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79663cf2719e50a423a3b53bfa872dd2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2568869d70cc3fc43b500f5439f63f15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/179a3fa017937cd4630c9670d18c815a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bb405c1610b47c590fadcb069a45fb3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23d7ca1f0913ddbd6ef39098b964ff43.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c600052275370bd0613f97624ae2bf1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41feec19a8aec8f66f3f7c54872d9254.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>491426</v>
+        <v>494113</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>491440</v>
+        <v>494144</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.75</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>491501</v>
+        <v>494441</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>15.5</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>491563</v>
+        <v>494458</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>2.6</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>491587</v>
+        <v>494465</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>491730</v>
+        <v>494526</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>491747</v>
+        <v>494618</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>6.5</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>491860</v>
+        <v>494625</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>2.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>491976</v>
+        <v>494663</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>8.3</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>491983</v>
+        <v>494700</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>29.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>492010</v>
+        <v>494731</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>37.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>492034</v>
+        <v>494748</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>10.5</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>492171</v>
+        <v>494939</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>19.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>492324</v>
+        <v>494953</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>492331</v>
+        <v>495097</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>492348</v>
+        <v>495448</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>492409</v>
+        <v>495561</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>2.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>492492</v>
+        <v>495615</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>492607</v>
+        <v>495684</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>2.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>492669</v>
+        <v>495721</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>8.8</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>