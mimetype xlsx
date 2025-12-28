--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,176 +14,179 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 07:00</t>
+    <t>Lista gerada no: 28/12/2025 17:51</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RC928 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
   </si>
   <si>
     <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
   </si>
   <si>
-    <t>Seguran�a</t>
-[...1 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>WATERPIK WP-450W  110V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>WATERPIK WP-100E 220V ULTRA</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>LIQUIDIFICADOR MONDIAL L-26 POWER-2 2 VELOCIDADES  220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>TWEETER ROADSTAR RS-300T  1000W  (PAR)</t>
-[...2 lines deleted...]
-    <t>Drivers e Tweeters</t>
+    <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - H1 - 6000K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MONDIAL TURBO E-02 PRETO / 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>KIT XENON HID H1 - 10000K</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR Q/F/NAT 891 110V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA ONIDA ON-455 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1280 1400W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
-    <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
-[...52 lines deleted...]
-  <si>
     <t>KIT XENON HID H7 - 800K</t>
   </si>
   <si>
     <t>KIT XENON HID - H-1 - 8000K</t>
   </si>
   <si>
     <t>KIT XENON HID - H7 - 6000K</t>
+  </si>
+  <si>
+    <t>HD EXTERNO  TOSHIBA  001TB BLK 2.5"</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
   </si>
   <si>
     <t>MALETA NOTEBOOK A-KP50 15.4" SATELLITE</t>
   </si>
   <si>
     <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>BATERIA PHILIPS 9V ALKALINA</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO PROSPER K-1028</t>
   </si>
   <si>
     <t>Controles P/AR</t>
   </si>
@@ -242,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52df5b900c8a01c4e11369d0133102fb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01a6add175cc5ec6c19e05e9b68672c9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18df21bca564a816eaa44ddbb8760241.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f892ab4e9009d4d537cd0ce36dc9eee.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25bc89a633ca9c3467d6003883ed824c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b244dd855e71cfc19ba24b4619aaab1f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a29494a9e6b78c68b5e894b0fae354.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995a380d8484c0cd83a2577c5cc38a38.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe37901a439002dfee4e2af90e613d44.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8693fb712c663145ad7accd93a582f4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890a92ac10665604b3c748410fe54fd1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16d1680c4750ddd487657a5c0006500f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/567f94023e0c13614555581983755f9c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22495f740f74fac294dbdb311dd04472.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67f2754743e2bb31d00a6d4defb8a02f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc60e8340c42c45138a92461239fea0c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a34198e4c2d551a0c89c9d4c0ffb23e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bfa738ab75259bc9fbd9b3b8321e297.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce7af2fa55dd5a81c1468f072ff1527.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77704b68b1a592543f728aa58891f7eb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43edbec02d0a7775154f1e1571dba9ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a51805e95dd224b744d9b07f05965de.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a1fd65b9ee34771854bf4fbe13d895.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b446ec351894e43995915b4642933258.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/555ca50036f69d0a98551d41ee07716a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eef17dc416cadc50f08c3948ab33ac9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6799762ffd87f6da297094105706399.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124be329188760d5ce3000c5111443bd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b3451077e08ca2a834dbbae7d01ae54.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b1c1978fb19e54633a2ccb4d40279f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c57eb11c42788c2bc85670541d512a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ccaa56fc3eef1d2a9deab9d31e9a670.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b49d5ad8dec27dc569f0530bab0c6dc3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd0ee7673ea02951a0da3b08018dcea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ce9ddadb4b2952e4d4104d899c58b3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd0ed09fc3fcaf0a8281a65225bb044.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0573e94d1a6e7d7c1d8cc7e0d3419a57.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcca32f8e559ac6b43757c14c435ef30.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa9f4ce4fe2ddeb5573b18909d62dd6c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94cd8bf200db09682f7255ef0b5632c8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1155,412 +1158,412 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>98625</v>
+        <v>98335</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>99974</v>
+        <v>98625</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="3">
-        <v>60.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>102230</v>
+        <v>99974</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>103268</v>
+        <v>102230</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>22.5</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>104005</v>
+        <v>103268</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>109284</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F7" s="3">
         <v>7.86</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>109406</v>
+        <v>111867</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F8" s="3">
-        <v>3.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>111867</v>
+        <v>113014</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>113014</v>
+        <v>113236</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F10" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>113236</v>
+        <v>113755</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>113748</v>
+        <v>114172</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>95.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>113755</v>
+        <v>114202</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>92.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>114172</v>
+        <v>115216</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>115216</v>
+        <v>117982</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F15" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>117982</v>
+        <v>121378</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F16" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>121378</v>
+        <v>122825</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>132930</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
         <v>19.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
         <v>133562</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
         <v>1.55</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
         <v>138826</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
         <v>4.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
         <v>139366</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
         <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>