--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -14,215 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 17:51</t>
-[...11 lines deleted...]
-    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
+    <t>Lista gerada no: 12/02/2026 09:15</t>
+  </si>
+  <si>
+    <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - H1 - 6000K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>WATERPIK WP-450W  110V</t>
-[...17 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>ESPREMEDOR MONDIAL TURBO E-02 PRETO / 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
-[...20 lines deleted...]
-    <t>KIT XENON HID H1 - 10000K</t>
+    <t>BEBEDOURO MEGASTAR 892 CALIENTE/FRIO/NATURAL - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
   <si>
     <t>BEBEDOURO MEGASTAR Q/F/NAT 891 110V</t>
   </si>
   <si>
-    <t>Bebedouros</t>
-[...8 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1280 1400W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>KIT XENON HID H7 - 800K</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - H-1 - 8000K</t>
+  </si>
+  <si>
+    <t>HD EXTERNO  TOSHIBA  001TB BLK 2.5"</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK A-KP50 15.4" SATELLITE</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BATERIA PHILIPS 9V ALKALINA</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE CASIO TEMP/UMEDAD ID-16S</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO PROSPER K-1028</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>VIDEO MEMO ORANGE - OR-VM008 - ROSA</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>MICROFONE MEGASTAR DMH-355 COM FIO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>BATERIA DE  LANTERNA  POLICE  18650  1.500MAH</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ONIDA ON-113 / INOX / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>ALTO FALANTE ROADSTAR 12 POL RS-1280 1400W</t>
-[...59 lines deleted...]
-    <t>PACOTE</t>
+    <t>JARRA ELETRICA ONIDA ON-113 / 1.7LT / INOX / 110V</t>
+  </si>
+  <si>
+    <t>TELESCOPIO LAND &amp; SKY  STAR 36050  - MALETA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR   12" RS-1283    1400W</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43edbec02d0a7775154f1e1571dba9ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a51805e95dd224b744d9b07f05965de.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a1fd65b9ee34771854bf4fbe13d895.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b446ec351894e43995915b4642933258.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/555ca50036f69d0a98551d41ee07716a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eef17dc416cadc50f08c3948ab33ac9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6799762ffd87f6da297094105706399.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124be329188760d5ce3000c5111443bd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b3451077e08ca2a834dbbae7d01ae54.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b1c1978fb19e54633a2ccb4d40279f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c57eb11c42788c2bc85670541d512a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ccaa56fc3eef1d2a9deab9d31e9a670.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b49d5ad8dec27dc569f0530bab0c6dc3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd0ee7673ea02951a0da3b08018dcea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ce9ddadb4b2952e4d4104d899c58b3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd0ed09fc3fcaf0a8281a65225bb044.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0573e94d1a6e7d7c1d8cc7e0d3419a57.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcca32f8e559ac6b43757c14c435ef30.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa9f4ce4fe2ddeb5573b18909d62dd6c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94cd8bf200db09682f7255ef0b5632c8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a939cfcf6cf95876a8e06add4686bc5a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9229b319750455f335ed13d5a23c00f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f202956f7bb5273e9366fdb91b5063b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2359730dbcbf652952c1ad8315b881f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ca21433065791fdcb239868a9a03c80.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa53068435bc2abb156be6a56b4a7988.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6dc8282f2fdd09f71d969add5b973a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798b9c4ffbd7779581d02a99c7ca55b5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e082aee0e5115f1a28587d18586247.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62d207b10fac81aff3bae22b8de6d3ae.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266137b35af42405483d667d2dc5834c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e487fefa0c8da8be02ee7e1974575d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3be65d2960ea780d05ad43578ba0ca57.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a394ce5cc6108ae78eb326e96005d00.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94bb604ecafcd3beba9ce6790f9e2121.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bb3b507a4d4a6a107850f8ac62dd74c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbc3f11139032e57b15d455d6c56a689.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a494f18497814cedcf3cc76d7585b9d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cace749b2f2ecb0c6e3fc17d27d0a5e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cdb41a534d4a852a2978e0d19176583.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>98335</v>
+        <v>109284</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.6</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>98625</v>
+        <v>111867</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>99974</v>
+        <v>113014</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>60.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>102230</v>
+        <v>113748</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>72.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>103268</v>
+        <v>113755</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>22.5</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>109284</v>
+        <v>114202</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>7.86</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>111867</v>
+        <v>115216</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>113014</v>
+        <v>117982</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>113236</v>
+        <v>122825</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>50.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>113755</v>
+        <v>132930</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>92.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>114172</v>
+        <v>133562</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>114202</v>
+        <v>137089</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>115216</v>
+        <v>138826</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>117982</v>
+        <v>139366</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>121378</v>
+        <v>139557</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>122825</v>
+        <v>139595</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>49.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>132930</v>
+        <v>140058</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>19.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>133562</v>
+        <v>140065</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>47</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>1.55</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>138826</v>
+        <v>140140</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>4.6</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>139366</v>
+        <v>141505</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>