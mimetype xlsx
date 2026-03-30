--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,145 +14,139 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 09:15</t>
+    <t>Lista gerada no: 30/03/2026 09:11</t>
+  </si>
+  <si>
+    <t>TWEETER ROADSTAR RS-300T  1000W  (PAR)</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>KIT XENON HID - H1 - 6000K</t>
   </si>
   <si>
     <t>Kit Xenon</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>ESPREMEDOR MONDIAL TURBO E-02 PRETO / 220V</t>
   </si>
   <si>
     <t>Espremedor /  Extrator de Frutas</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>BEBEDOURO MEGASTAR 892 CALIENTE/FRIO/NATURAL - 220V</t>
   </si>
   <si>
     <t>Bebedouros</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>BEBEDOURO MEGASTAR Q/F/NAT 891 110V</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR 12 POL RS-1280 1400W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>KIT XENON HID H7 - 800K</t>
   </si>
   <si>
-    <t>KIT XENON HID - H-1 - 8000K</t>
-[...1 lines deleted...]
-  <si>
     <t>HD EXTERNO  TOSHIBA  001TB BLK 2.5"</t>
   </si>
   <si>
     <t>HDs</t>
   </si>
   <si>
     <t>TOSHIBA</t>
   </si>
   <si>
-    <t>MALETA NOTEBOOK A-KP50 15.4" SATELLITE</t>
-[...7 lines deleted...]
-  <si>
     <t>BATERIA PHILIPS 9V ALKALINA</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>RELOGIO DE PAREDE CASIO TEMP/UMEDAD ID-16S</t>
   </si>
   <si>
     <t>Relogio de parede e mesa</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO PROSPER K-1028</t>
   </si>
   <si>
     <t>Controles P/AR</t>
   </si>
   <si>
     <t>PROSPER</t>
@@ -170,50 +164,59 @@
     <t>MICROFONE MEGASTAR DMH-355 COM FIO</t>
   </si>
   <si>
     <t>Fones/Microfones</t>
   </si>
   <si>
     <t>BATERIA DE  LANTERNA  POLICE  18650  1.500MAH</t>
   </si>
   <si>
     <t>JARRA ELETRICA ONIDA ON-113 / INOX / 1.8L / 220V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>JARRA ELETRICA ONIDA ON-113 / 1.7LT / INOX / 110V</t>
   </si>
   <si>
     <t>TELESCOPIO LAND &amp; SKY  STAR 36050  - MALETA</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR   12" RS-1283    1400W</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MAXELL CEC-2 (2 FONES + ADAP)</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a939cfcf6cf95876a8e06add4686bc5a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9229b319750455f335ed13d5a23c00f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f202956f7bb5273e9366fdb91b5063b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2359730dbcbf652952c1ad8315b881f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ca21433065791fdcb239868a9a03c80.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa53068435bc2abb156be6a56b4a7988.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6dc8282f2fdd09f71d969add5b973a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/798b9c4ffbd7779581d02a99c7ca55b5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e082aee0e5115f1a28587d18586247.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62d207b10fac81aff3bae22b8de6d3ae.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266137b35af42405483d667d2dc5834c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e487fefa0c8da8be02ee7e1974575d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3be65d2960ea780d05ad43578ba0ca57.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a394ce5cc6108ae78eb326e96005d00.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94bb604ecafcd3beba9ce6790f9e2121.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bb3b507a4d4a6a107850f8ac62dd74c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbc3f11139032e57b15d455d6c56a689.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a494f18497814cedcf3cc76d7585b9d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cace749b2f2ecb0c6e3fc17d27d0a5e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cdb41a534d4a852a2978e0d19176583.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6041fd03a853c75e442a615a7d644c1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3beb3bd1c0c7a27ae54e45243549a28.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91fb29bd8a06048411c2d2e91438813.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f978c9e9f19ce70c2bfae3d7e96cf72.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1640fa4071e7960de00cb8c950209cd7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d4e50be477fb053acf21d746ad717d8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4e8cbfb98d2b58d0d9568995572751.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f5506e51395e555b2b0b0033575eacc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18175b7a58ed1899e11e7b3cd5d75c89.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35026340a77ce6c5c93e71fc73084560.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ac77f774ab63595bc65984cb6836a1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f06c3d78a1a46628c71bd30e630bc86.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2046621c938d6232beaafcb0825df01d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61486c6e680035fa0a43497f1ea8fcc0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82beefe34738cc4f78802d97707ff577.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f50dd26c2ed1665468745e6b0ff52a9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a42b64347fd8937898ea8e70c57ebf9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ae4685b202b33e9d2654f46db2b942.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05ff813b3b8a652bc2c9adf6403b220.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f38f7699da03f7e5e4000033f3a1438.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1178,386 +1181,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>109284</v>
+        <v>104005</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.99</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>111867</v>
+        <v>109284</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>113014</v>
+        <v>111867</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>113748</v>
+        <v>113014</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>95.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>113755</v>
+        <v>113748</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>92.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>114202</v>
+        <v>113755</v>
       </c>
       <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>25.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>115216</v>
+        <v>114202</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>117982</v>
+        <v>115216</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
         <v>122825</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
         <v>50.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>132930</v>
+        <v>133562</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>133562</v>
+        <v>137089</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>1.48</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>137089</v>
+        <v>138826</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>38.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>138826</v>
+        <v>139366</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>4.6</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>139366</v>
+        <v>139557</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>139557</v>
+        <v>139595</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>139595</v>
+        <v>140058</v>
       </c>
       <c r="C17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" t="s">
         <v>45</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>1.3</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>140058</v>
+        <v>140065</v>
       </c>
       <c r="C18" t="s">
+        <v>47</v>
+      </c>
+      <c r="D18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E18" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="F18" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>140065</v>
+        <v>140140</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>140140</v>
+        <v>141505</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>56.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>141505</v>
+        <v>142991</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>22.0</v>
+        <v>9.1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>