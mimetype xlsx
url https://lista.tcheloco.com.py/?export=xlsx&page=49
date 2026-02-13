--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,224 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 11:28</t>
-[...14 lines deleted...]
-    <t>Seguran�a</t>
+    <t>Lista gerada no: 13/02/2026 18:27</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER 1032/BLT/LED NATAL</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP-1031/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7050 TYPE-C /3.0A/20W</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>ALISADOR BABYLISS ORIGINAL 4091TUZ     2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>BABYLISS</t>
+  </si>
+  <si>
+    <t>ESCOVA ALIS LADYLISS    2V</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER KOLAV F604 / 605 / 606    6.5"</t>
-[...38 lines deleted...]
-    <t>Informatica</t>
+    <t>PILHA RECARREGAVEL PHILIPS  AA 2500MAH 4 P�S</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CABO HDMI  1.00M</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>LED 10M COLOR MANGUERA S9150 /220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LED 20M COLOR MANGUERA S9160 / 220V</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV -UNITV S1 1G RAM / 8G /WIFI / ANDROID</t>
+  </si>
+  <si>
+    <t>Net</t>
+  </si>
+  <si>
+    <t>UNITV</t>
+  </si>
+  <si>
+    <t>MODULO NAKAMICHI NKTA750.5 5 CANAIS 3600W</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBAR  PHILIPS BT3222 RECARREGAVEL  2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESS�O DE PULSOECOPOWER EP-2731</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>CORTADOR DE LEGUMES 9 EM 1 GENIUS   S396</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>MATA-MOSQUITO ELETRICO ECOPOWER EP-8204</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE 12000BTU / 50HZ / C/KIT / Q/F</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>MICROFONE PROFESSIONAL PARA CELULAR SATE A-MK141 / TIPO-C</t>
+  </si>
+  <si>
+    <t>Microfones</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CELULAR  BLU JOY 2.4  J012 / DUAL SIM / PRETO</t>
-[...86 lines deleted...]
-    <t>RADIO RELOJ  CONTINENTAL 7928 / AM / FM / 50 / 60HZ 2V</t>
+    <t>CARREGADOR  ONLY TURBO - 2 USB - TIPO C -  4.4A -  BRANCO</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ONLY</t>
+  </si>
+  <si>
+    <t>ACESSORIO PARA PATINETE PARALAMA TRASEIRO S9</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-CB7770</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fcb37934ad6e66f5c0ea8b7ef945e7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b8c39f1e0bfd7453fc53229e7e3e898.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1921ba4dcb99b27587a6a8d6312e4f64.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e4e2c981be6ffe3c8403313eaeccf7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830aaba14970e32b54d64b246708e139.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b7d8cf07fa70d50c5d2b27b625d262.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e11f1c27fe0f4d55d1627bef8635c9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abb3d64cdfb04c38edad525886ed1ed.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e434de7b4a414c477ff559e1635ac5d4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6d0a7826b889764a2d7b0473645ccd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41cae0f530e10c3c3e9e996b3f965bf4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8740cba43baa07943727cd45420da17.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/993362999720a00d4445118df95782fd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3defa10c6b653b98a63d5bcadac7ea4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a41f4dc60ce81fdf492ed74f3b81457.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62a0459500a5f316b749ba897478846.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/663aa8d5a95ac13d16d8f862db5a3cc6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c00baf0b3b6c60e5caf2ed08675b58ea.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c487232348a88fd75afa36bef8439c89.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd0bc58fe6379dbf48f6b25a4f01d7d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e09933b5687c96710e04257835bc09.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f6eaeb3ff38bd03e840ad67fe9f7241.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57b28dcb2e31af30f9a03b47442a0fe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7d43e9e5fd739686ca8f0dec6a60e96.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35430db9cd8ad9f88ecde6537bcb3590.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0a6c651677de502e43b8efd1b4067d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726df3a9278624b80a18d3d278870135.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c6efa8ef552c4e34513c469470b12a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbc2c82e6dab8862226918ae984f52e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4532fc3dc944023fddf6c405d16201.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f29be8926bca91b02ea5d3a3b5195bc3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4efb9c238aab0f6adb65c9263921931.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd0bf4ec20c4f2b8f90e225b07e10ff5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79fcea77cfd8a52972a30523d642c083.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ad99e14956980c8f953b52061bc192.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5217eaa1b32d52e37cbcc66cf789bd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8d255b55f75c94b40c3217be853198.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55d087de9983975270245fa9562a3fe2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1282cd93fe61b01fcf3fdbb33d93a85e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b8a2bad9a9403a4b1151b2e9aebec3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>490399</v>
+        <v>492331</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>339.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>490566</v>
+        <v>492348</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.99</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>490634</v>
+        <v>492409</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>490696</v>
+        <v>492485</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1.06</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>490733</v>
+        <v>492492</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>23.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>490771</v>
+        <v>492669</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>490795</v>
+        <v>492706</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>33.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>490931</v>
+        <v>492737</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>491037</v>
+        <v>492744</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>23.9</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>491044</v>
+        <v>492997</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>4.9</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>491068</v>
+        <v>493017</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>23.8</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>491075</v>
+        <v>493178</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>18.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>491181</v>
+        <v>493239</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>491235</v>
+        <v>493284</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F15" s="3">
-        <v>32.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>491242</v>
+        <v>493352</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>491273</v>
+        <v>493635</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>24.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>491297</v>
+        <v>493741</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>491327</v>
+        <v>494007</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>6.0</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>491334</v>
+        <v>494069</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>491341</v>
+        <v>494106</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>61.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>