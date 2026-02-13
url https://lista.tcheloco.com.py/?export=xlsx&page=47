--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,206 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 09:39</t>
-[...5 lines deleted...]
-    <t>Mouse</t>
+    <t>Lista gerada no: 13/02/2026 16:57</t>
+  </si>
+  <si>
+    <t>VENTILADOR  MINI REMAX F9  RECARREGAVEL 2V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>REMAX</t>
+  </si>
+  <si>
+    <t>BATEDEIRA ECOPOWER EP-3063  / 500W  / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CALCULADORA  HP 12C FINANCEIRA  (INGLES) GOLD</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>HP</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABE�A TUCANO T-6</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART TC-H135 / WIFI / HD</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CAMERA  IP TUCANO SMART TC-H140/WIFI/HD</t>
+  </si>
+  <si>
+    <t>FONTE NOTEBOOK TUCANO HXL-2022 2V  96W</t>
+  </si>
+  <si>
+    <t>Carregadores P/Notebook</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BRITANIA BCH06P PRETO  220V</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGA STAR WA892N QUENTE /FRIO/NATURAL - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER  ECOPOWER EP-2526</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>TV 50 SAMSUNG 50AU7090 UHD SMART 4K</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA PS007  -  110ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV F604 / 605 / 606    6.5"</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  4"  STAGE2 424  150W / 25 RMS  2VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  6"  STAGE1 621  35W RMS 2 VIAS</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  JBL  6X9 STAGE1 9631 60WRMS  3VIAS</t>
+  </si>
+  <si>
+    <t>TECLADO + MOUSE SEM FIO SATE 752G / ESPANHOL</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>SELADORA A VACUO PORTATIL  110 - 220 / 50 - 60 Hz</t>
-[...122 lines deleted...]
-    <t>Seguran�a</t>
+    <t>CALCULADORA  MEGASTAR DS2780   - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICRO SD KINGST 256GB 100M/S</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z410 256GB (MINI) PRETO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd6f8f481cc802cb465723b258c5347.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee70ee4713dbf045f999eb546061d0c4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba1333528c121f0a1aac3f209e28191.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24a14bea635b7ce26353204fa2db5127.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e64db67535b36049158978c15e0ef4c8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35c7bbc317a808fd30e9f58ffdf6d49.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1987801a445fe0fa13596c4c1231fd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/858c13b9712722170f57a8cd08d8bb62.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db3cd3500e019baa9722a7a2eef29151.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305df97c9dc8cc3759bbc6d23f72906a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd8a6364264fee587d920b8dcbd76b9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d01d4442f46cf5034e2586b9b965bde.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f788b0b40cf3a58091f6f29f3f8fc026.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613c0accba5204a90ca78938950912de.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9189cf5c8f1d26bf178726844c239e1d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e065060de9fdbc81a8662aaec020648.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a8dc3a25299abbeaece913c7063743.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c8be8f02a9e09456a207c29e028474.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca4a7ca3aee4a461c0e1c1b4475e67a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41b4e34ed237c94ae78b3447bcf8d54.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b0f246e95e9ed5b7f518000f5cd5218.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/577bafad95f2440f8ec1a5b51dfb8097.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5bc46b59035c9f2bc47140a364e1984.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3193cd0ecf54568eb866175ea5b57ef2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0931a64be8d917e489ee14f1d19db522.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6165320e35a97ad4d4ec8e4c4b59d666.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab5b150e1b94214daa141bee7c55466e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3dca67ce4eb5dbb8669bf91f3fa7220.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6191893bb649fb4551e16e8ba1dadd9e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff268267ae4c3eda05a562cd7fb78731.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34c40aeb994a355d9e290086ac85291.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbf7764e3dc9e9b735b09b1f48cb971a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88522291da8f465e6a54ccf528fd7a68.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/035bd0237631267571bb76316a2d56af.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05146c24e444675ec6a5c5439222420.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb6beca2e89a619a41613a8e112052b4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e280963fbdbabdc682f6d3d8d6de57.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d04c32568dbb5e51663dcfcb5992d21.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf17cc31c7e8cadab6b51a9ba78f39db.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b9a31ca493118069fa684cb7fbaadd.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>487153</v>
+        <v>489454</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.7</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>487245</v>
+        <v>489553</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>487290</v>
+        <v>489638</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>26.45</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>487351</v>
+        <v>489966</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>487399</v>
+        <v>490023</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>487412</v>
+        <v>490047</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>27.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>487740</v>
+        <v>490054</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>2.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>487825</v>
+        <v>490184</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>488020</v>
+        <v>490191</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>30</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>16.5</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>488136</v>
+        <v>490290</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>488471</v>
+        <v>490399</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
         <v>34</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>35</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>339.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>488501</v>
+        <v>490566</v>
       </c>
       <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
         <v>37</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>38</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>35.75</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>488594</v>
+        <v>490634</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>31.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>488686</v>
+        <v>490733</v>
       </c>
       <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
         <v>42</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>43</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>23.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>488747</v>
+        <v>490771</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" t="s">
         <v>43</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>488778</v>
+        <v>490788</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>488792</v>
+        <v>490931</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>488815</v>
+        <v>491044</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F19" s="3">
-        <v>28.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>488839</v>
+        <v>491068</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>27.0</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>488853</v>
+        <v>491075</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>9.75</v>
+        <v>22.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>