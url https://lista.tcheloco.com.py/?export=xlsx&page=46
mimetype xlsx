--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,194 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 08:07</t>
-[...20 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 13/02/2026 16:57</t>
+  </si>
+  <si>
+    <t>MOUSEPAD SATE A-PAD031 BLK 30X80CM</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F107B RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CELULAR LG B-220 - 2 SIM (BR) / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>ALISADOR MONDIAL P-20 GOLDEN ROSE  -  2V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>TELEFONE INTELBRAS TS-3112 BIN/PRETO/6.0/2V/2FO</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>INTELBRAS</t>
+  </si>
+  <si>
+    <t>CARREGADOR XIAOMI 5V/2A (TPA-10M50100VU01)</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BATERIA PRA SCOOTER  SEM GARANTIA / AZUL</t>
+  </si>
+  <si>
+    <t>Scooter</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MALETA PARA NOTEBBOK (NILON) 15.6" SOUDELOR</t>
-[...53 lines deleted...]
-    <t>CAMERA CAR (DVR) SATE A-DVR051</t>
+    <t>CAMERA CAR (DVR) SATE A-DVR031   2.4"/1-CAM</t>
   </si>
   <si>
     <t>Cameras Automotivas</t>
   </si>
   <si>
-    <t>CAMERA CAR (DVR) SATE A-DVR052</t>
-[...35 lines deleted...]
-    <t>MULTIMETRO DIGITAL DT-830D</t>
+    <t>CONVERSOR TV DIG MANGO MG-1080DTV</t>
+  </si>
+  <si>
+    <t>Conversores Digital</t>
+  </si>
+  <si>
+    <t>MANGOO</t>
+  </si>
+  <si>
+    <t>MAQUINA PHILIPS HC3525  CABELO- BARBA/RECAREGAVEL  2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  ECOPOWER EP-6100  5"</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-638 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7015 BLUETOOTH / SD/USB/7"</t>
+  </si>
+  <si>
+    <t>CAMERAIP ECOPOWER EP-C016 3MP BOCAL E27 WF</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>LAMPA LED  TASHIBRA SOBREP/36W/120CM/WH</t>
+  </si>
+  <si>
+    <t>Lampadas Externa</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>LUPA MAGNIFIER  39251 70MM</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>LUPA MAGNIFIER  39250 80MM</t>
+  </si>
+  <si>
+    <t>ARO LED ECOPOWER EP-6616 18" + TRIPE 190CM</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE MTX  12" SUBWOOFER RTX128  8OHM SECO</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>MTX</t>
+  </si>
+  <si>
+    <t>VENTILADOR MINI REMAX F5 RECARREGAVEL 2V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>REMAX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26181c5101b76f6bbcfc44746dadb35.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267a30d7cb9b286ccdc9c093e2734638.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3562df879f0357b82cc3f4969ddc514.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f62ef71b6e271d9a10a929e74225120.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b3d8bdfaf13f5da3a3081f5463f17b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c3bbf6edae2ef1ecd0e7fa95a34f494.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ae8d3a021240b5abf59a85a80aecf85.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a94914c539cddc44480a1bf5ece3f81.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7917fe6003ff30e66f05f4ac6e2b87e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85dcc3d37b848bfaaff47ba8a7fcaf57.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0852d87e80854db2ae5966c39e70230.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e24d41244bf4ee2c5e513d8f0163c42b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146c9992622174282f6f39898b8d1afc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f3cb6c0740cf394b133281bac118e76.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24253fa5f102d48b25526046accef212.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dc88a4323b0e7557019a6b54de076b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59172ee5ddac36cc01e79a25dde7ea4d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def3fe8db88369d5bec5648bd30d86ff.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e335f2ffa83f4c690987ab2f28fa65.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039a69398685c2a7a4468d4844d87ea3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba4f118bc94315271a2fff5b7aa1ca62.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebed50645331d8b48c261fd9725f2026.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8897f9ea0ca0c8e609b25c5cb7290a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c705ad502050940fd948e075b3d4ba8c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a5b55650b7b98844cca07bb89847238.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27721774653ac2655665af591aba9af0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fcf5313cea846996ffc1573d4f695ba.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5185c04818ee87da84b1afa9ebe3421c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/259665d8a5a5bfedf21f0ebeb76c475a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2718f10922fd98967c4d2ec6f971f393.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14154f3565de7703cc447688f3fda6da.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbbe1472c88ab2d89fbabaf5decd099b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771960fde96f8319b3128c11e5ba710c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ba367a2d1b77803af37b5018fd1754a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9874e776dc3bf150e6bcc0848675c759.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6812f4cbd153745f342e5744186bd320.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878fc191723b549d3cb65ec23e8e3c37.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4830ce322d79965e8bcdd1f6c1f7bd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb50c95ea03021977942dd313a0b57e3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade029938237b38e79c0649df7048397.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>485463</v>
+        <v>487153</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>485470</v>
+        <v>487290</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>485678</v>
+        <v>487351</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>485685</v>
+        <v>487399</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>485975</v>
+        <v>487733</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>486033</v>
+        <v>487740</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>486040</v>
+        <v>487825</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>29.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>486057</v>
+        <v>488020</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>4.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>486064</v>
+        <v>488471</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>4.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>486071</v>
+        <v>488594</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>486446</v>
+        <v>488686</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>3.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>486699</v>
+        <v>488792</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>486705</v>
+        <v>488815</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>19.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>486811</v>
+        <v>488853</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>20.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>486880</v>
+        <v>488945</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>2.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>486897</v>
+        <v>489034</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>487061</v>
+        <v>489041</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>487078</v>
+        <v>489072</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>487085</v>
+        <v>489140</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>28.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>487139</v>
+        <v>489430</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>3.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>