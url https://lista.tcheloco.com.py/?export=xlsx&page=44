--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,188 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 07:55</t>
-[...23 lines deleted...]
-    <t>LIMPA VIDROS GOODYEAR GYVCW500</t>
+    <t>Lista gerada no: 13/02/2026 15:25</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI SUB 12"NSW-X1203S4 SLIM</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM AUTOMOTIVO NAKAMICHI SUB 10" AMPL.NBX25M 1000W</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM AUTOMITIVO NAKAMICHI SUB 12" AMPL.NBX30A   900W</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-36 CHROME PINK  220V/60HZ</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>TAPETE PARA CARRO 403  PRETO 4 PECAS</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
-    <t>GOODYEAR</t>
-[...2 lines deleted...]
-    <t>SECADOR BEE HD-3219  C/DIFUSOR 1800W 110V</t>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    350ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    500ML</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    750ML</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA       1LGARRAFA</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO SPLIT MITSUO AS-H30A2 30000BTU 220V - 60HZ Q/F</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>RADIO CAR ROADSTAR  RS-2900 SD/2USB/BLT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>RADIO CAR ROADSTAR RS-2950 SD/2USB/BLT</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-093 - 5500W   2V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>BEE</t>
-[...5 lines deleted...]
-    <t>Fontes</t>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MULTIPROCESADOR BRITANIA BMP900 (5X1) BLK    220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE GLICOSE DR HOUSE 425-3</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TIRAS DE TESTE DE GLICOSE NO SANGUE DR HOUSE (50UNIDADES)</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 TOSHIBA CARTELA COM 5 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>MICROONDAS TOKIO - TOK20MX  - 20L 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>TOKYO</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC44 USB/T-C  /3.0A/  /30W</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2525</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
-  </si>
-[...67 lines deleted...]
-    <t>ALTO FALANTE NAKAMICHI SUB 12"NSW-X1203S4 SLIM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a51b3e6612d19302fe5977dd2cd4a662.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89b64bb83a8014fe74b38c2077c1464b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9649b4a1816d786ff828ce5ec49360af.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dfe51b28627ecb52faff51ce36548e6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e68e604a7db33faaca6d508bc1958d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04d812112f046f275064becee0a31d91.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9388af118ba62e5ff3f6aa13c80465de.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/520e1abceaccc07e482474d66aa382f5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7deb3f89ab9221ed2e3e28d8e7027f4c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aaacf6d51e185c6dfaf61b8bfc02c73.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aea5bf3b6e1893f758fb3581ab15b38.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f1e73a6ccf70d47e18bc9a10c7961b8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/620f0731f396676735f86e2d1615c0ae.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a0637937f95d9a63ed822a03dcbc8f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1d1189a88752c8ba4e659bfa3a3348.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7edd122c21d2bb8302f84737d2df1bd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6745c31fa97419bcb45e402f4447942.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1ad665c1a5beb41287cd291db558df8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2baa5806a018f7c30432010499e9151.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f145823d6b08f9e31835f85f55de605.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de90809303be5e37bd4de246bbb6d89c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eaad5c42c11e497805251f2dd6bea19.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aad2d3f3534e5dfc1a1f7482709a953d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13384622ecbcb9ebc3c391355c58fbab.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3e57900efaf8ed7060f2f3aab01dff.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480de6a432b1921ec4af5fb749c213cc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e5a68f9a54b7fb1ce702fbc26b7f36c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5477d915d944e3abb553c94700da199.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e448d51deece12463efe91bb3f1841.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d532b394d1fa7ab1235ad7219eb536f8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19e3a92462c7cbbd8fb8ba5c7ec72929.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e066faca0376f499d9d40388321c7a9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2165185feb6f00234e05995485e2043b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb6f400b675c84bd127193fa1354a63e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0fe37c4ee5d4b6ad36829c8cda940ed.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c86839da4b5cbfe2c9d4bfa029f384.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2962fbed03edb4060a648add08bac59d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e6e3d44682c7539201346c0a93924c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610716edca2816b2bc35eb2f2c4c7f75.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2932d478957de2782fb8d5f1c4a9871.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>481809</v>
+        <v>483230</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>481816</v>
+        <v>483360</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>481847</v>
+        <v>483377</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>22.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>481854</v>
+        <v>483384</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>481984</v>
+        <v>483704</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>1.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>482059</v>
+        <v>483919</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>17</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>6.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>482097</v>
+        <v>483926</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>2.0</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>482400</v>
+        <v>483933</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>1.9</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>482561</v>
+        <v>483940</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>102.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>482585</v>
+        <v>483971</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>835.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>482592</v>
+        <v>483995</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
         <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>482905</v>
+        <v>484008</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>230.0</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>483018</v>
+        <v>484084</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>37.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>483025</v>
+        <v>484121</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>42.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>483032</v>
+        <v>484244</v>
       </c>
       <c r="C16" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" t="s">
         <v>37</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>49.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>483056</v>
+        <v>484251</v>
       </c>
       <c r="C17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D17" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" t="s">
         <v>38</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>83.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>483124</v>
+        <v>484657</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>73.0</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>483209</v>
+        <v>484909</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>66.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>483223</v>
+        <v>485012</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>32.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>483230</v>
+        <v>485289</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>39.0</v>
+        <v>38.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>