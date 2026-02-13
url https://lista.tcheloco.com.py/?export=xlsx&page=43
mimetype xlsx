--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,230 +14,167 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 06:07</t>
-[...2 lines deleted...]
-    <t>DVD CAR NAKAMICHI NA2300 6.2"BLT/USB/C.R</t>
+    <t>Lista gerada no: 13/02/2026 13:53</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 12"  TSA3000LS4 1500W SUB SLIM</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER  4"  TS-G1020F   210W 2 VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER  5"  TSG-1320F   250W 2VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  JBL  6"  STAGE1 601C  40WRMS</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  6"5 STAGE2 604C 45WRMS    2VIAS</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
+    <t>ALTO FALANTE  JBL  6"5 STAGE3 637F 45WRMS    3VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  JBL  6"5  GTO 609C KIT 90WRMS    2VIAS</t>
+  </si>
+  <si>
+    <t>MODULO NAKAMICHI NKTA75.6 6CANAIS  1200W</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
     <t>NAKAMICHI</t>
   </si>
   <si>
-    <t>MAQUINA CORTAR CABELO E BARBA SPARX OFERTA AAX2</t>
-[...35 lines deleted...]
-    <t>Wafflera</t>
+    <t>MODULO NAKAMICHI NKT1000.1 1CANAL  6000W</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NAM1710  7"/BLT/COR</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>DVD CAR NAKAMICHI NA6605 6.8"BLT/AND/USB</t>
+  </si>
+  <si>
+    <t>DVD Automotivo</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI SUB 10" NSW-X1002S4 SLIM 1000W</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI SUB 12"NSW-X1203S4 SLIM</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM AUTOMOTIVO NAKAMICHI SUB 10" AMPL.NBX25M 1000W</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM AUTOMITIVO NAKAMICHI SUB 12" AMPL.NBX30A   900W</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-36 CHROME PINK  220V/60HZ</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>AR CONDICIONADO GREE 12000 / 50HZ / R410</t>
-[...68 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>TAPETE PARA CARRO 403  PRETO 4 PECAS</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MALETA NOTEBOOK A-KP12 15.4"   PRETO</t>
-[...29 lines deleted...]
-    <t>PROSPER</t>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    350ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    500ML</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    750ML</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -260,51 +197,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d112071c9dd69c39789d8e887e39f2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56effff9befb088647cd622141e1064a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f20d268cfa23e4aa348ab6c1bf354e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95dcd27563d0b4a4baf23391d5eedbe7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b23292f56602f7a468c63f8d654986.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f9121895315890fcc2cd8a75288d434.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9025f62de633754fa0e5b40701c5f7b6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfe2de78c378870d3f084cf9523030d6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0014c46a86fd5130e20c6fd0de54ea36.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7923c4bc92776867f4881736ed74f2f1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04876550129038c4fb51f59475ab8c9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b98229bd5bd6c7d4bc4379145c0a31.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d34f6ffabb7897b3af422e7598f1eb9a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb4772325f9879120688bb5fce7a4f7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7198b20e320ba09bf66fcd6a30c28628.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8948bcdd5f7c7a1d3404c0ad6ce7968b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7839010a261e31f6b9823ca0028616a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68746ff15a2abe17420c28849a3263f9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61d1fde8e9a6311826dcba29042bc619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ffd561e65d552fcbc587940de23d244.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9d3e08a5595203c40758db0c194c218.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3a1ccfcb54fdf0c3a91215ba5c36b5f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff3144752077df3e10d42bba399b5412.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e483111f6c601e6f5bea9f903a23b67c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76bd118143f97c2c6988b49d7440004e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df167421d225bf7637597379d16a19d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb4462c1e13311bd4e4ee7413717fba.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4234752bc3122fe8335a744b8ab89d80.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50dc83e657556cde2b5466282a65cc27.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c2dd8b33785d99e4cb37339d5f703f5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad5c54ce7da167a1f0f1d0edcda6225.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c09cc416251470043cadfb7f51bceab.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648665b1b8d940312f6293b1128dcc2d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a09b943842971c0ccc10b5d3068de9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0446b5f0e06c3f7ea827564e77341510.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ec0799a7881ffa855be59f9637a65b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada742f06df5d3ad65338a26c1072b6d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/797f12a13c8359bcb159e1a13dd1f4ee.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b27f5acf4f18a0806b2657546dc5dbe3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15d31e01d13477623397eedc36f473cd.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1171,417 +1108,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>479516</v>
+        <v>482561</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>45.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>479578</v>
+        <v>482585</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>1.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>479585</v>
+        <v>482592</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>35.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>479677</v>
+        <v>483018</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>479684</v>
+        <v>483025</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>14.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>479912</v>
+        <v>483032</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>39.5</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>480048</v>
+        <v>483056</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>335.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>480055</v>
+        <v>483100</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>480079</v>
+        <v>483124</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>3.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>480086</v>
+        <v>483155</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>480116</v>
+        <v>483209</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>1.48</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>480161</v>
+        <v>483223</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>480352</v>
+        <v>483230</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>480406</v>
+        <v>483360</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>480437</v>
+        <v>483377</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>480581</v>
+        <v>483384</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>480642</v>
+        <v>483704</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>480840</v>
+        <v>483919</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>480901</v>
+        <v>483926</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>1.99</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>480918</v>
+        <v>483933</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="D21" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>44.0</v>
+        <v>4.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>