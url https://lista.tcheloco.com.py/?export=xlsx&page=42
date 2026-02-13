--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,221 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 04:27</t>
-[...5 lines deleted...]
-    <t>Massageadores</t>
+    <t>Lista gerada no: 13/02/2026 13:54</t>
+  </si>
+  <si>
+    <t>MODELADOR CACHOS MEGASTAR GWB006     2V</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>REMOVEDOR DE CALOS/LIXA DE UNHA ONIDA ON-562</t>
+    <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4928 50W/2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ANTENA P/TV DIG.HYUNDAI 400B ISDB (INTERNO)</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4901  30W/2V</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER 3915  06W/ARANDELA</t>
+  </si>
+  <si>
+    <t>Lampadas Externa</t>
+  </si>
+  <si>
+    <t>PC TECLADO/MOUSE S/FIO SATE K-726G/ESPANHOL</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAM HD HIKVISION DS-2CE12DF0T-PF COLORVU 2.8mm</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TMK21 / 2LT / INOX / 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK A-KP12 15.4"   PRETO</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS SMART  EBWF-01 220V</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>TOCA CD NAKAMICHI NQ821B BLT/CD/USB</t>
+  </si>
+  <si>
+    <t>Toca CD</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>BEBEDOURO NOBEL HOME QUENTE/NATURAL/PLACA/220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>COPO TERMICO STANLEY  473ML ORIGNAL BLANCO</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>STANLEY</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK A-KP40 17.0" SATELLITE</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATE A-KP60 15.6"</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTE SATE A-KP1859 15.6" ANTI-ROBO- ALARME</t>
+  </si>
+  <si>
+    <t>LIMPA VIDROS GOODYEAR GYVCW500</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>GOODYEAR</t>
+  </si>
+  <si>
+    <t>SECADOR BEE HD-3219  C/DIFUSOR 1800W 110V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>ONIDA</t>
-[...131 lines deleted...]
-    <t>Ilumina��o</t>
+    <t>BEE</t>
+  </si>
+  <si>
+    <t>BATERIA  LR1130 - TOSHIBA CART C/10P</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b37c0d90407d52a1ac22a73dc6a2891.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6b40e1195dd29e0fb0ecf395881c0f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2b566a7fb578cfc3cf6d6498e908b16.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4e7522d00b903bb857f2cca4e9df8c1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/797836b87849d208a959e4486225aa6b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abbde05dcc09806230d58d72d173f085.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5fc8b315bac04a8a4032b2c99cf033a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995324c55e0b0ac7716d19a57d3f916d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f88d5cbbd42960cc571470b4d7eb5f9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22d51fde66a4474d4d817e0807f7ba65.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb18a92adccefa24669e15b93d9a5b4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e66f0638a8f133b1e718ae313224c3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7656f10f267d04579980e5a6386d142.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c890e09a6c93c20d99a6f1df73c904.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd29cc7dddf2d4463f24a34d451793b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8a5daa456fe48048743f3b15af4f9fb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d55aaf3b4f6243ec208a9a8499b1a90d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7068f2d9ba18d4ee62c4e21a4f62d766.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b200fea7623f0e201f2b3f7eb16e25e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9951f31beccd05e95e0874ebe8815107.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d5fe4e60d1145da5e4f21d143638ab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c76f339469d992ebd4c41de38af11861.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0ba24fa17b27e722a405e802009f50b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9efa373b562ffdf4b4e09bc4f89b9a20.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6d56fd06ffa4f0ed2573cbe83ea375c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa8eec3167a9c45704125859c124e38.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d97484d67b20cb8f5648f28a0015aea.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df6a71324648800c29c25f414e56daf6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b86a29fab2d9fdec3005d4faaef52e14.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f0b0ebf901b9a4524b0a99992ef2fd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ac2ff57fdcbabc457256f12a6953ae.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34810e5220230705c71410432c03c494.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1063909cb0d95c5d3061fdafcc122945.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/739b4987df9225949f9e74516e29421a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0579f972e4f751200baa4d00875a776c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af0a48e784b78d619f9505750684721f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd009bd0a63e069b0626d69c083d2fbc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c3a897159d6c3cf3bd7b3b99e4b4868.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a44a50fcddb2953553ff839fa0ff8da.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a477b77dc5d659f0fe3239927a2fca4e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1162,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>477550</v>
+        <v>479684</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>24.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>477598</v>
+        <v>479912</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>477611</v>
+        <v>480055</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>15.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>478069</v>
+        <v>480079</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>54.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>478113</v>
+        <v>480086</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>32.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>478168</v>
+        <v>480161</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>17.6</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>478625</v>
+        <v>480352</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>2.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>478861</v>
+        <v>480406</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>478922</v>
+        <v>480437</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>11.9</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>479004</v>
+        <v>480642</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>479042</v>
+        <v>481120</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>27.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>479066</v>
+        <v>481441</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
         <v>36</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>79.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>479158</v>
+        <v>481458</v>
       </c>
       <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" t="s">
         <v>39</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>2.25</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>479189</v>
+        <v>481540</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>41</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>13.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>479202</v>
+        <v>481663</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>1.6</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>479233</v>
+        <v>481816</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>479387</v>
+        <v>481854</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="E18" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>2.1</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>479431</v>
+        <v>481984</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>479455</v>
+        <v>482059</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>479479</v>
+        <v>482400</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>1.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>