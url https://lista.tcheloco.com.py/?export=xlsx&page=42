--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,215 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 13:54</t>
+    <t>Lista gerada no: 31/03/2026 19:29</t>
+  </si>
+  <si>
+    <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2400BT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>FONTE 110/220 AA50E</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESSAO ARTERIAL DR HOUSE 3005-1  PULSO PORTATIL</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESSAO DE BRA�O ECOPOWER EP-2718</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA CORTAR CABELO E BARBA SPARX OFERTA AAX2</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>BALAN�A PRA BANHO MEGASTAR CR-3350  180KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
   <si>
     <t>MODELADOR CACHOS MEGASTAR GWB006     2V</t>
   </si>
   <si>
     <t>MODELADORES</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...2 lines deleted...]
-    <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 220V</t>
+    <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 - 220V</t>
   </si>
   <si>
     <t>Wafflera</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>REFLETOR LED ECOPOWER EP-4928 50W/2V</t>
+    <t>ANTENA P/TV DIG.HYUNDAI 400B ISDB (INTERNO)</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4901  30W/2V</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...11 lines deleted...]
-    <t>REFLETOR LED ECOPOWER EP-4901  30W/2V</t>
+    <t>FONE DE OUVIDO ECOPOWER EP-H119 COM MICROFONE</t>
+  </si>
+  <si>
+    <t>Fones Intra-Auricular</t>
   </si>
   <si>
     <t>LAMPADA LED ECOPOWER 3915  06W/ARANDELA</t>
   </si>
   <si>
     <t>Lampadas Externa</t>
   </si>
   <si>
     <t>PC TECLADO/MOUSE S/FIO SATE K-726G/ESPANHOL</t>
   </si>
   <si>
     <t>Teclados</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>CAM HD HIKVISION DS-2CE12DF0T-PF COLORVU 2.8mm</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
     <t>HIKVISION</t>
   </si>
   <si>
     <t>JARRA ELETRICA MEGASTAR TMK21 / 2LT / INOX / 110V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
+    <t>ALISADOR  SEM MARCA AZUL BLISTER    2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
     <t>MALETA NOTEBOOK A-KP12 15.4"   PRETO</t>
   </si>
   <si>
     <t>Maletas P/Notebook</t>
   </si>
   <si>
+    <t>MODELADOR CACHOS PROSPER P-1120     28MM</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
     <t>WAFFLERA ELECTROBRAS SMART  EBWF-01 220V</t>
   </si>
   <si>
     <t>ELECTROBRAS</t>
   </si>
   <si>
-    <t>TOCA CD NAKAMICHI NQ821B BLT/CD/USB</t>
-[...7 lines deleted...]
-  <si>
     <t>BEBEDOURO NOBEL HOME QUENTE/NATURAL/PLACA/220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>NOBEL HOME</t>
-  </si>
-[...43 lines deleted...]
-    <t>TOSHIBA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d5fe4e60d1145da5e4f21d143638ab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c76f339469d992ebd4c41de38af11861.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0ba24fa17b27e722a405e802009f50b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9efa373b562ffdf4b4e09bc4f89b9a20.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6d56fd06ffa4f0ed2573cbe83ea375c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faa8eec3167a9c45704125859c124e38.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d97484d67b20cb8f5648f28a0015aea.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df6a71324648800c29c25f414e56daf6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b86a29fab2d9fdec3005d4faaef52e14.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18f0b0ebf901b9a4524b0a99992ef2fd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ac2ff57fdcbabc457256f12a6953ae.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34810e5220230705c71410432c03c494.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1063909cb0d95c5d3061fdafcc122945.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/739b4987df9225949f9e74516e29421a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0579f972e4f751200baa4d00875a776c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af0a48e784b78d619f9505750684721f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd009bd0a63e069b0626d69c083d2fbc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c3a897159d6c3cf3bd7b3b99e4b4868.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a44a50fcddb2953553ff839fa0ff8da.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a477b77dc5d659f0fe3239927a2fca4e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cbc5f152220e8cb9c4df7d93b4e0fea.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfb8531272b1204c53d4b585672e16ba.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c68c2bccb8c5fd38550b2d9b4824fb9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d674a4b4f89478f28eab2ae1885818f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f1201956ff566f682e12e9c7398886b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ff244b45ae1edc79440ff96c39f274.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f78d437597d3164c955f2106ddc497.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61f66b3fd77218087fe1b6c83c19735.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72013cfa2ff09da89569131b5a46bc1b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf2f7046632d241dc95b4b15ae3b6ed5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15055245ac43ad9a6fe0ef90dcb952aa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac8873fea822f753bd0581e5f2f92327.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd46e1dcf8fc40273b0d50023fefbc68.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc17e7c0fd2fa1817af5acfa4fff9fb9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26acfbd2e042152a0ebc70cbb80d7452.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f4a4ac7f69420aabffba96c0c3b1c95.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d794e462f52b5e7d7ce43390c6e9ffd5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a68355a47dcc00c06449961898a9a7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527a91e27943df6241c7df9b460813b6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0e1f622b4f11c0265252842f2ecd42.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>479684</v>
+        <v>479233</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>479912</v>
+        <v>479387</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>25.0</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>480055</v>
+        <v>479431</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>480079</v>
+        <v>479455</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>480086</v>
+        <v>479578</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>480161</v>
+        <v>479677</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>480352</v>
+        <v>479684</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>8.8</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>480406</v>
+        <v>479912</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>27.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>480437</v>
+        <v>480079</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>11.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>480642</v>
+        <v>480086</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
         <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>481120</v>
+        <v>480116</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>19.0</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>481441</v>
+        <v>480161</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>39.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>481458</v>
+        <v>480352</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>28.0</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>481540</v>
+        <v>480406</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>32.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>481663</v>
+        <v>480437</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>481816</v>
+        <v>480581</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>481854</v>
+        <v>480642</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>481984</v>
+        <v>480932</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>1.5</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>482059</v>
+        <v>481120</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>6.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>482400</v>
+        <v>481458</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>1.9</v>
+        <v>28.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>