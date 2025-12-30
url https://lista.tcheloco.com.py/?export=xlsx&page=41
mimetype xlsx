--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,218 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 11:44</t>
-[...20 lines deleted...]
-    <t>ALTO FALANTE JBL  6"5   CLUB6520  50WRMS KIT 2VIA</t>
+    <t>Lista gerada no: 30/12/2025 04:22</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA BIGSTAR        4.0L INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  ROADSTAR RS-6908   6X9  400W  (200WRMS)</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>JBL</t>
-[...8 lines deleted...]
-    <t>Telefones C/Fio</t>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2500  USB/SD/FM/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2503  USB/SD/FM/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SUPORTE P/TV ONIDA ON-008 32/75" GIRATORIO</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART CAM/HD/WIF/5-ANTENAS/TF</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART HS30/WIFI/HD/PROFISSIONAL</t>
+  </si>
+  <si>
+    <t>BINOCULO TUCANO       8 X 32 X 40  ZOOM</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE  ROADSTAR 12" RS-1253BR 300WRMS   4 OHMS</t>
+  </si>
+  <si>
+    <t>MAQUINA  NASAL MONDIAL TR-01          (1XAA)</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MIXER MEGASTAR GE12 A PILHA</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>BALANCA DE BANHO MONDIAL BL-03     150KG</t>
-[...8 lines deleted...]
-    <t>FONE DE OUVIDO ECOPOWER EP-H118 / BLUETOOTH / AIRPODS</t>
+    <t>MAQUINA ECOPOWER EP-390  2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-391  2V</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-393  2V</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PROSPER I12 / BLUETOOTH / PRETO</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...89 lines deleted...]
-    <t>PRASONIC</t>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SACA ROLHA SATELLITE A-WP010 RECARGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>KIT SACA ROLHA SATELLITE A-WP011 RECARGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>SACA ROLHA SATELLITE A-WP012 REC./2V/KIT</t>
+  </si>
+  <si>
+    <t>CABO USB/CEL/ECOPOWER  6027/  /IPHO/ 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-CB2660        SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742ba88f91ce8f3deabc7cdf5674e9ed.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/114501ac233a51fce8f5613fd053ab6c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b53dc074f29fdcd31fbde4561ee553fe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfc77ae690a3675a668ccd680034f82.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857bbe1620157616b9a9ab538af848c8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36406d7d8bab4869a9a3a04bfe018c0f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096d90d27fc7f4c0805d079de289f12f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f2b3a9f7eca4f71496f8658b33bd89.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a97e069cdcac987cd026f43412322e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0272dabc4f8b7dd4d04010b14996839f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56eeaf55ab871ab0566f38a4200421ea.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/764d445272c4dfa3f29cc1fa9d2465be.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37d2bb4116209942b272160eeeb05b7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1feccd3b15d70ac58b6237c50b3a4211.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b977359b9822c59771096bf365fac7c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b5a68bcc58b2eec65d5b1f320228584.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b560ca75efd6c0bf2bf4d68541720c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bb7091870d7851fd5be1971fb243c95.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfbaf431ff9a88b91844c38d65ec9c62.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ece55f8923993639d9c8b6060a0588b5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9db8467a1e37c8abc961b38da2d3ed.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/110436959e467b7416769e4ca3ca059a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bdaff9def542e90f3d3ed6c0688864e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ef4c4038ed04b7c44ff30aee43712f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf152ee580dcbf948edac372847e491a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba0927a61825c4f08b7f1ec3197ad96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52bffb62660e25b3a0609e67e603433.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43cb4e815901d54ff94fc004ba18ff6d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058813ec580ce0919157167263613304.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8cb148cf9a03abb6ea2403645863d2c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16718aa95517b53b92820ce46815ffc2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb9714c4129ab01147a3433cd61b3b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47daf14a6ad695f8c745d679a83b2b9c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638147c63a06868ebea5d410c048e9a4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ed3b582a70e445f02fac7c45e2b330c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855f9966ee0b469da3c1662f7bd3f87f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78ce7d64c666f7527a2349de8d56d0b4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38dbed4e6f3ec70932304dc68f0ad69.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f04a478ce0477c89e91dea9e85de64.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6868e7761fe8785a9b977762e57e7e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>467711</v>
+        <v>475662</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>225.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>467759</v>
+        <v>475716</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.9</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>467780</v>
+        <v>475723</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>42.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>467797</v>
+        <v>475747</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>37.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>467919</v>
+        <v>475808</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>468114</v>
+        <v>476164</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>468398</v>
+        <v>476171</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>468404</v>
+        <v>476201</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>6.75</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>468473</v>
+        <v>476409</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>468480</v>
+        <v>476485</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>468626</v>
+        <v>476560</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>25.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>468688</v>
+        <v>476591</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>4.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>468794</v>
+        <v>476607</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>23.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>468985</v>
+        <v>476614</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>2.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>469029</v>
+        <v>476850</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>29.6</v>
+        <v>3.95</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>469050</v>
+        <v>476973</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>1.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>469067</v>
+        <v>476980</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>10.9</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>469159</v>
+        <v>476997</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>469180</v>
+        <v>477468</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>3.5</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>469197</v>
+        <v>477482</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>28.75</v>
+        <v>42.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>