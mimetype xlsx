--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,197 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 04:22</t>
-[...5 lines deleted...]
-    <t>Termica</t>
+    <t>Lista gerada no: 13/02/2026 12:15</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO A21 MINI / DUAL SIM / 4B / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO F183     2CH/4B/ (SOS)     /PRETO</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS982            8DIG.</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>TELEFONE INTELBRAS TS-2510 BIN/PRETO/6.0/2V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>INTELBRAS</t>
+  </si>
+  <si>
+    <t>TV 24 HYE HYE24DTHG   / HD  /DIGITAL</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR  -MINI SUPER LIFE XF-69</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>ALTO FALANTE  ROADSTAR RS-6908   6X9  400W  (200WRMS)</t>
-[...11 lines deleted...]
-    <t>Som</t>
+    <t>SPEAKER JBL FLIP 6 BLUETOOTH/ BLACK</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA OKAMI OK12 1200MT</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>OKAMI</t>
+  </si>
+  <si>
+    <t>TAPA BOCA KF94    ( 10-PCS ) DESCARTAVEL/BRANCA</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2450BT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2400BT</t>
+  </si>
+  <si>
+    <t>FONTE 110/220 AA50E</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESSAO ARTERIAL DR HOUSE 3005-1  PULSO PORTATIL</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8353</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2503  USB/SD/FM/BLUETOOTH</t>
-[...32 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>DVD CAR NAKAMICHI NA2300 6.2"BLT/USB/C.R</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>MAQUINA CORTAR CABELO E BARBA SPARX OFERTA AAX2</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>LEITOR COD. BARRAS ZKT  ZKB103 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>ZKT</t>
+  </si>
+  <si>
+    <t>BALAN�A PRA BANHO MEGASTAR CR-3350  180KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>MODELADOR CACHOS MEGASTAR GWB006     2V</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
   </si>
   <si>
     <t>MONDIAL</t>
-  </si>
-[...58 lines deleted...]
-    <t>VOYAGER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e9db8467a1e37c8abc961b38da2d3ed.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/110436959e467b7416769e4ca3ca059a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bdaff9def542e90f3d3ed6c0688864e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ef4c4038ed04b7c44ff30aee43712f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf152ee580dcbf948edac372847e491a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ba0927a61825c4f08b7f1ec3197ad96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c52bffb62660e25b3a0609e67e603433.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43cb4e815901d54ff94fc004ba18ff6d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058813ec580ce0919157167263613304.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8cb148cf9a03abb6ea2403645863d2c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16718aa95517b53b92820ce46815ffc2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb9714c4129ab01147a3433cd61b3b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47daf14a6ad695f8c745d679a83b2b9c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638147c63a06868ebea5d410c048e9a4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ed3b582a70e445f02fac7c45e2b330c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855f9966ee0b469da3c1662f7bd3f87f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78ce7d64c666f7527a2349de8d56d0b4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38dbed4e6f3ec70932304dc68f0ad69.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f04a478ce0477c89e91dea9e85de64.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6868e7761fe8785a9b977762e57e7e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55afde6f5083ab6757703300b3c84aea.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5090b0cda2d336cba0959ec18e36d9bd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010178bf76f54e2f43498de73ec4b2d7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c98eff0339010807be55f9b7b9e7260c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be12584b6176a4decbb58704e479de6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e868104af6b7fef8bc7145d3d329c8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9050be22e77fd15b5ef49d800b3a2f62.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3db25356d7f68100d27d66494b3863f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b233ca079b0764467523aaac722ef6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7742a2cff1cc625570528335b09b78fc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d22dad1630fbb3179af17d6b2afe9a1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a06777d3f977808b981568f40ed89e3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e745d3a9ffa5a82f107db021f56296.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86dfeba533e1dc5c67831c19d54fdde8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/180014366f5d375b2cfca51a725df9e8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a156ca21833bbeb732bc60d9676f0f28.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/322a26f25cb9cf1b221d3de6ca9666d9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7668b41141dbce8b6ab5897d842d0b60.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61e4188f732def3b51240d1df9fb84b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32905d6081b7400ce18a0d0241123743.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>475662</v>
+        <v>478861</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>475716</v>
+        <v>478922</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>18.9</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>475723</v>
+        <v>479004</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>475747</v>
+        <v>479042</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>475808</v>
+        <v>479066</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>27.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>476164</v>
+        <v>479158</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>476171</v>
+        <v>479172</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>38.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>476201</v>
+        <v>479189</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>476409</v>
+        <v>479202</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>476485</v>
+        <v>479226</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>476560</v>
+        <v>479233</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>476591</v>
+        <v>479387</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>476607</v>
+        <v>479431</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>476614</v>
+        <v>479479</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>476850</v>
+        <v>479516</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>3.95</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>476973</v>
+        <v>479578</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>15.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>476980</v>
+        <v>479585</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>476997</v>
+        <v>479677</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>477468</v>
+        <v>479684</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0.98</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>477482</v>
+        <v>479912</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="F21" s="3">
-        <v>42.0</v>
+        <v>25.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>