--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,224 +14,227 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 12:15</t>
+    <t>Lista gerada no: 31/03/2026 19:27</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO ECOPOWER 40K - 220V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CABO USB/CEL/ECOPOWER  6027/  /IPHO/ 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-CB2660        SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA PROFISSIONAL MEGASTAR/4</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MODELADOR CACHOS ONIDA ON-2675 ( TRIPLO)</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>TALKABOUT MOTOROLA T270   KIT 25 MIL GRY S/GAR.2V</t>
+  </si>
+  <si>
+    <t>Talkabout</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
+  </si>
+  <si>
+    <t>MAQUINA PROSPER  P-2121 REC. GOLD DIGITAL 2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO ECOPOWER EP-M203</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FERRO BRITANIA BFV2000P CERAMIC / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
   </si>
   <si>
     <t>CELULAR IPRO A21 MINI / DUAL SIM / 4B / PRETO</t>
   </si>
   <si>
     <t>Celulares Ipro</t>
   </si>
   <si>
     <t>IPRO</t>
   </si>
   <si>
     <t>CELULAR IPRO F183     2CH/4B/ (SOS)     /PRETO</t>
   </si>
   <si>
     <t>CALCULADORA MEGASTAR DS982            8DIG.</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>TELEFONE INTELBRAS TS-2510 BIN/PRETO/6.0/2V</t>
   </si>
   <si>
     <t>Telefones S/Fio</t>
   </si>
   <si>
     <t>INTELBRAS</t>
   </si>
   <si>
     <t>TV 24 HYE HYE24DTHG   / HD  /DIGITAL</t>
   </si>
   <si>
     <t>Televis�es</t>
   </si>
   <si>
     <t>HYE</t>
   </si>
   <si>
     <t>MASSAGEADOR  -MINI SUPER LIFE XF-69</t>
   </si>
   <si>
-    <t>Massageadores</t>
-[...4 lines deleted...]
-  <si>
     <t>SPEAKER JBL FLIP 6 BLUETOOTH/ BLACK</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
     <t>JBL</t>
   </si>
   <si>
     <t>CONTROLE LONGA DISTANCIA OKAMI OK12 1200MT</t>
   </si>
   <si>
     <t>Controles Longa Distancia</t>
   </si>
   <si>
     <t>OKAMI</t>
   </si>
   <si>
     <t>TAPA BOCA KF94    ( 10-PCS ) DESCARTAVEL/BRANCA</t>
   </si>
   <si>
     <t>Saude</t>
   </si>
   <si>
     <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2450BT</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
     <t>BOOSTER</t>
-  </si>
-[...70 lines deleted...]
-    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +257,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55afde6f5083ab6757703300b3c84aea.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5090b0cda2d336cba0959ec18e36d9bd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010178bf76f54e2f43498de73ec4b2d7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c98eff0339010807be55f9b7b9e7260c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be12584b6176a4decbb58704e479de6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56e868104af6b7fef8bc7145d3d329c8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9050be22e77fd15b5ef49d800b3a2f62.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3db25356d7f68100d27d66494b3863f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b233ca079b0764467523aaac722ef6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7742a2cff1cc625570528335b09b78fc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d22dad1630fbb3179af17d6b2afe9a1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a06777d3f977808b981568f40ed89e3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e745d3a9ffa5a82f107db021f56296.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86dfeba533e1dc5c67831c19d54fdde8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/180014366f5d375b2cfca51a725df9e8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a156ca21833bbeb732bc60d9676f0f28.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/322a26f25cb9cf1b221d3de6ca9666d9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7668b41141dbce8b6ab5897d842d0b60.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61e4188f732def3b51240d1df9fb84b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32905d6081b7400ce18a0d0241123743.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8e68533c5f958a7842ab9fe926343c6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c126df3bccaf1f9ef8c905906613093.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073ec11ed94acb58325592b57d585255.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd8166faeca72887d4bc731941b8f72.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4553c6daff97dbbd5820779c4f7a1f74.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e4ec654e89483d3b18809f7474cd01.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7d1b27deb296f2081885aa987571fdd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a387845a0479159f79522eeddf88c467.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174f04dca0ddaa55b5db99e5311a5b69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71302e1090af4ded7d86e45137cdbb8e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bca41dbd5048f2fb71ce2b7c559dc60.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffb9df9bbd3cc9471c5761d735c08b22.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2e66c1a3703b3127d09f354a573a4f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2622ee77619e675252de57587ddf7ab2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5bea69a11196af3ceb7d412f0d324f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c4dc11f326b619d9d4b19ef6a1d848a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1642c4097f6fabdd5685d8c667c7f93.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39387ae08265d51508e9db3b9b30c3dc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cbd59e93ed577a550395f791c52ae9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a04f4f6afcd05f8d71bd5d3255ec65b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1168,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>478861</v>
+        <v>477444</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>478922</v>
+        <v>477468</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>11.9</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>479004</v>
+        <v>477482</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>479042</v>
+        <v>477550</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>479066</v>
+        <v>477611</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>79.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>479158</v>
+        <v>478069</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>2.25</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>479172</v>
+        <v>478168</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>82.0</v>
+        <v>17.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>479189</v>
+        <v>478328</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
         <v>13.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>479202</v>
+        <v>478625</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>1.6</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>479226</v>
+        <v>478854</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>479233</v>
+        <v>478861</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>479387</v>
+        <v>478922</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>2.1</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>479431</v>
+        <v>479004</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>479479</v>
+        <v>479042</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>479516</v>
+        <v>479066</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F16" s="3">
-        <v>45.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>479578</v>
+        <v>479158</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="F17" s="3">
-        <v>1.5</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>479585</v>
+        <v>479172</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18" t="s">
         <v>49</v>
       </c>
       <c r="E18" t="s">
         <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>35.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>479677</v>
+        <v>479189</v>
       </c>
       <c r="C19" t="s">
         <v>51</v>
       </c>
       <c r="D19" t="s">
         <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>479684</v>
+        <v>479202</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>479912</v>
+        <v>479226</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F21" s="3">
-        <v>25.0</v>
+        <v>13.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>