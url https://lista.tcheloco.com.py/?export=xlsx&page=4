--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,218 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 07:01</t>
+    <t>Lista gerada no: 28/12/2025 17:51</t>
+  </si>
+  <si>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600D     3500W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 6001 - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
   </si>
   <si>
     <t>MALETA P/NOTEBOOK A-KP40 15.4" SATELLITE</t>
   </si>
   <si>
     <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>BABA ELETRONICA M-FITNES MF-863 AZUL 2V</t>
   </si>
   <si>
     <t>Baba Eletronica</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
     <t>BINA CONVERTER KXT-1CD</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL MF-378 - PULSO</t>
   </si>
   <si>
     <t>Med.Pressao de Pulso</t>
   </si>
   <si>
-    <t>PANELA DE ARROZ BRITANIA - BRPA5 - 220V</t>
-[...7 lines deleted...]
-  <si>
     <t>MODULO ROADSTAR RS-4000MB AGRESSIVE PUNCH 16000W</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>M�QUINA DE CORTAR CABELO E APARADOR PANASONIC ER-2403</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>DESPERTADOR CASIO TQ-141</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>FILTRO DE LINHA SATELITTE A-R03</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>WATERPIK WP-450E  220V</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 814 - 12 DIGITOS</t>
   </si>
   <si>
-    <t>Calculadoras</t>
-[...4 lines deleted...]
-  <si>
     <t>AURICULAR PARA RADIO COMUNICADOR /  ARCO 1 PLUG</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
     <t>BATERIA 9V - HI-WATT BATERIA  - CAIXA COM 10 UNIDADES</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>TOCA CD PIONEER  DEH-S5250BT BLUETOOTH</t>
   </si>
   <si>
-    <t>Automotivo</t>
-[...1 lines deleted...]
-  <si>
     <t>PIONEER</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR 12 POL RS-1210PW1 (POWER-ONE)</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>MAQUINA LUX_SHAVE LX-394 CAB/ACABAMENTO 220V</t>
   </si>
   <si>
     <t>CORTADOR DE UNHA "GRANDE" ( 04-UNID )</t>
   </si>
   <si>
     <t>CARGADOR  CASIO BK-618 (NP-20) GENERICO</t>
   </si>
   <si>
     <t>Acess. p/camera digital</t>
   </si>
   <si>
     <t>PC AURICULAR /MIC SATELLITE AE-880 VIBRA</t>
   </si>
   <si>
     <t>Fones P/Pc</t>
-  </si>
-[...7 lines deleted...]
-    <t>TUCANO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ba8065970603562cf98ddb684344d87.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7e53ee05f2a83ea3ae1bbdfff199ed9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71e22d4482e4c3d2106c730777e92092.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/424e999600632e586ace8a365356e7c0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857f997dd3307e465a7608580bce1584.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f76cb49c5da87892b1b63f77283cbe.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/025a8cd81ee81e011c70b10621cfd655.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4483eca6ee1117f3ce3e948b2a0e91c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06155d22d8d9bd30a081cec6cf5c7ad.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69f2b3b11d7180ccde2fe480770615f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48f62a567b0badd2df426b216eff9320.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64185e25a246748067ede8a554bb5402.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbab2f0aff48daf27fc3a33a9effba52.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebbc76ad7aefe2d84ca1479cd8f01d7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda2e4cecf31a980bfe022733e195275.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/704e48be95f3232160e063251f98950e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9f96b84f278890a2223ebf2ac09032a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f706be7a3f4648e5d4488f0fb49fda3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa19a8c1b9a01bf34137a4e6f356081.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0b4fec948f32313c77caeed6c862a02.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782c501ada59dc6bc131d93053913f24.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f304510b765b6009db7f151a24eab17.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2701b6b05f6261aae190ffc028f8b90.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0373d4b9ed3bb4678446d24609b9d317.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf95d6ba70977d58e04f28661beb391.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251d7eade034607d69545313fa377e7f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1112605da381a10213c1af42e11de4f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e28f04a2cb46eaaef14d0943c77745.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae86b5b0de83e46c4bd6babe6e48c81.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371e5ecc2d157e2cc53c18d07f8a018c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f26b3229f8570765ea528d317a04aca8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002fdf1dfb12b2a4c46f8cd659d82c32.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a35c483883055154da3b380895a04f1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98632ad7aa6e174891ec048f7194e965.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bccd4c216d05e1130950e0d7204991f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4792bb04c8eaf9cd4f226ac203c59c5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4617951acff3e89a8a566e1724fd372.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd7d326c7965da8760edfcbb8352a046.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b30bddc91a65520fd52cb490d9d24484.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8095746146510954ef0f2e9652d8fb1f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>69298</v>
+        <v>65276</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.5</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>69991</v>
+        <v>67379</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>70935</v>
+        <v>69298</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>1.6</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>72007</v>
+        <v>69991</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>72397</v>
+        <v>70935</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>25.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>77699</v>
+        <v>72007</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>95.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>80064</v>
+        <v>77699</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>83225</v>
+        <v>80064</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>28</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>7.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>84901</v>
+        <v>83225</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>31</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>87261</v>
+        <v>84901</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>59.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>87858</v>
+        <v>87261</v>
       </c>
       <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
         <v>35</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>36</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>5.5</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>88671</v>
+        <v>87858</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>4.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>89050</v>
+        <v>88671</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>3.25</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>89548</v>
+        <v>89050</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>109.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>90971</v>
+        <v>89548</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>26.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>92227</v>
+        <v>90971</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>93408</v>
+        <v>92227</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>1.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>95174</v>
+        <v>93408</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>96249</v>
+        <v>95174</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>98335</v>
+        <v>96249</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>5.6</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>