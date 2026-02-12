--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -34,186 +34,186 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 17:51</t>
-[...2 lines deleted...]
-    <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600D     3500W</t>
+    <t>Lista gerada no: 12/02/2026 09:22</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL MF-378 - PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>PANELA DE ARROZ BRITANIA - BRPA5 - 220V</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MODULO ROADSTAR RS-4000MB AGRESSIVE PUNCH 16000W</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>TELEFONE PAN KX-  500LX  /   /PRETO / C/FIO</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>M�QUINA DE CORTAR CABELO E APARADOR PANASONIC ER-2403</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-141</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELITTE A-R03</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-450E  220V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>AURICULAR PARA RADIO COMUNICADOR /  ARCO 1 PLUG</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BATERIA 9V - HI-WATT BATERIA  - CAIXA COM 10 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1210PW1 (POWER-ONE)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>MAQUINA LUX_SHAVE LX-394 CAB/ACABAMENTO 220V</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...112 lines deleted...]
-  <si>
     <t>CORTADOR DE UNHA "GRANDE" ( 04-UNID )</t>
   </si>
   <si>
     <t>CARGADOR  CASIO BK-618 (NP-20) GENERICO</t>
   </si>
   <si>
     <t>Acess. p/camera digital</t>
   </si>
   <si>
     <t>PC AURICULAR /MIC SATELLITE AE-880 VIBRA</t>
   </si>
   <si>
     <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RC928 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-450W  110V</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-100E 220V ULTRA</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-26 POWER-2 2 VELOCIDADES  220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782c501ada59dc6bc131d93053913f24.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f304510b765b6009db7f151a24eab17.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2701b6b05f6261aae190ffc028f8b90.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0373d4b9ed3bb4678446d24609b9d317.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdf95d6ba70977d58e04f28661beb391.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251d7eade034607d69545313fa377e7f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1112605da381a10213c1af42e11de4f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e28f04a2cb46eaaef14d0943c77745.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae86b5b0de83e46c4bd6babe6e48c81.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371e5ecc2d157e2cc53c18d07f8a018c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f26b3229f8570765ea528d317a04aca8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002fdf1dfb12b2a4c46f8cd659d82c32.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a35c483883055154da3b380895a04f1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98632ad7aa6e174891ec048f7194e965.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bccd4c216d05e1130950e0d7204991f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4792bb04c8eaf9cd4f226ac203c59c5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4617951acff3e89a8a566e1724fd372.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd7d326c7965da8760edfcbb8352a046.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b30bddc91a65520fd52cb490d9d24484.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8095746146510954ef0f2e9652d8fb1f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ec8e1e92524204bd0ba2c54808ac00.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cffb7d194cd857cf40fbe724cf82a4f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf4083a5925db86e98c4def3b6479ffc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f4518fa31fdd794856c80ef1afc656.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831a2407a9ee64f8c6dca31c6ce1d2e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eb4711b59a06799b26d46910f6cfec7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba98ac1b68b1705baf76be68f762c26d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547e7f13238562ffd2fe83ec94f3f0ca.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d50d5c3822adf8a3bda6109ae871ab.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ff3bd5bd9cb5d6c5e2e510ba85457a6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/740b13d0db75d9f0563a96ebed8ca92d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c8a0996d2b8220bfb4e5e25d715140.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0529960e47f5e00bcc0a9899ee3c7efd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8fcffb58b836efc4ae5e105eba6c68.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07ab996552bd8440d4e16654663bc21.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e73e8e5d1ab14f6407db5e93e8e8518.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d80bf91b4d6b4154b5df3c1f8689af2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f2f4e2ecd5bb624241ff3553627be5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449e6194e16cb21dc86a418aeee965cf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ed9e4bd02c3b4c5a0bc6b5dd0c5b2b9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>65276</v>
+        <v>72007</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>89.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>67379</v>
+        <v>72397</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.8</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>69298</v>
+        <v>77699</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>15.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>69991</v>
+        <v>79228</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>70935</v>
+        <v>80064</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>1.6</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>72007</v>
+        <v>83225</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>77699</v>
+        <v>84901</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>95.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>80064</v>
+        <v>87261</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>83225</v>
+        <v>88671</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>7.5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>84901</v>
+        <v>89050</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>87261</v>
+        <v>90971</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>59.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>87858</v>
+        <v>92227</v>
       </c>
       <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
         <v>37</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>88671</v>
+        <v>93408</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>4.5</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>89050</v>
+        <v>95174</v>
       </c>
       <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
         <v>40</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>3.25</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>89548</v>
+        <v>96249</v>
       </c>
       <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
         <v>42</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>109.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>90971</v>
+        <v>98335</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>45</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>26.0</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>92227</v>
+        <v>98625</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>93408</v>
+        <v>99974</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F19" s="3">
-        <v>1.6</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>95174</v>
+        <v>102230</v>
       </c>
       <c r="C20" t="s">
         <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F20" s="3">
-        <v>2.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>96249</v>
+        <v>103268</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>51</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>22.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>