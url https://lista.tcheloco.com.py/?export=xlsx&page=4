--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,191 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 09:22</t>
+    <t>Lista gerada no: 30/03/2026 09:11</t>
+  </si>
+  <si>
+    <t>OMELETEIRA BRITANIA 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BINA CONVERTER KXT-1CD</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL MF-378 - PULSO</t>
   </si>
   <si>
     <t>Med.Pressao de Pulso</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
     <t>PANELA DE ARROZ BRITANIA - BRPA5 - 220V</t>
   </si>
   <si>
     <t>ELETRODOMESTICOS</t>
   </si>
   <si>
-    <t>BRITANIA</t>
-[...1 lines deleted...]
-  <si>
     <t>MODULO ROADSTAR RS-4000MB AGRESSIVE PUNCH 16000W</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>TELEFONE PAN KX-  500LX  /   /PRETO / C/FIO</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
-    <t>M�QUINA DE CORTAR CABELO E APARADOR PANASONIC ER-2403</t>
+    <t>DESPERTADOR CASIO TQ-141</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-450E  220V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 814 - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>AURICULAR PARA RADIO COMUNICADOR /  ARCO 1 PLUG</t>
+  </si>
+  <si>
+    <t>BATERIA 9V - HI-WATT BATERIA  - CAIXA COM 10 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1210PW1 (POWER-ONE)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>MAQUINA LUX_SHAVE LX-394 CAB/ACABAMENTO 220V</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>CORTADOR DE UNHA "GRANDE" ( 04-UNID )</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>DESPERTADOR CASIO TQ-141</t>
-[...11 lines deleted...]
-    <t>Informatica</t>
+    <t>CARGADOR  CASIO BK-618 (NP-20) GENERICO</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>PC AURICULAR /MIC SATELLITE AE-880 VIBRA</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>WATERPIK WP-450E  220V</t>
-[...47 lines deleted...]
-    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RC928 - BIVOLT</t>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
   </si>
   <si>
     <t>Seguran�a</t>
-  </si>
-[...4 lines deleted...]
-    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
   </si>
   <si>
     <t>WATERPIK WP-450W  110V</t>
   </si>
   <si>
     <t>WATERPIK WP-100E 220V ULTRA</t>
   </si>
   <si>
     <t>LIQUIDIFICADOR MONDIAL L-26 POWER-2 2 VELOCIDADES  220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -236,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ec8e1e92524204bd0ba2c54808ac00.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cffb7d194cd857cf40fbe724cf82a4f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf4083a5925db86e98c4def3b6479ffc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f4518fa31fdd794856c80ef1afc656.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831a2407a9ee64f8c6dca31c6ce1d2e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eb4711b59a06799b26d46910f6cfec7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba98ac1b68b1705baf76be68f762c26d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547e7f13238562ffd2fe83ec94f3f0ca.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d50d5c3822adf8a3bda6109ae871ab.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ff3bd5bd9cb5d6c5e2e510ba85457a6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/740b13d0db75d9f0563a96ebed8ca92d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c8a0996d2b8220bfb4e5e25d715140.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0529960e47f5e00bcc0a9899ee3c7efd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8fcffb58b836efc4ae5e105eba6c68.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e07ab996552bd8440d4e16654663bc21.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e73e8e5d1ab14f6407db5e93e8e8518.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d80bf91b4d6b4154b5df3c1f8689af2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f2f4e2ecd5bb624241ff3553627be5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449e6194e16cb21dc86a418aeee965cf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ed9e4bd02c3b4c5a0bc6b5dd0c5b2b9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25cb755310cc9c55d90c14d332545867.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cab62c4ee21e4ee007f1e425cccf4c9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1562f03d5831d96178d5a770d1c987d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/691a370902b4c5330df8fe11cbd1c3b0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9068e903ae6117de8c5a6ee010c9ebc6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/468e08dfd1f52538453556a417a4586a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c555cfb260cbf8ea8372c94fac8e278c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f389ee0bdb31675628cfd2efb80047d4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e8dc3f431af19fec59cdcd700db42f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57fdb3a571a984c529c2d10214ab8ea3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab55f1b0d9a670284462f3286491c5f8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb786a5662e845d576a74d1ba2568662.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e3723df74dabe67459d9fc0049def8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd3fc278d867312d9f5e6378d404f9f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72424f51afb6fb727ac57b242ba2299c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23865c04fac562497e2bc7cee1c3f168.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb037fbccc5c1094500a374a67a77287.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6413d36d3b655a58d7862e137a15fb22.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5022a30882924b921d93d3f10420adf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c11fc1774e4a51476aecf12683030f1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1178,383 +1184,383 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>72007</v>
+        <v>70072</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>72397</v>
+        <v>70935</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>25.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>77699</v>
+        <v>72007</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>95.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>79228</v>
+        <v>72397</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>80064</v>
+        <v>77699</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>83225</v>
+        <v>79228</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>7.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>84901</v>
+        <v>83225</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>87261</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="3">
         <v>60.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>88671</v>
+        <v>87858</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>4.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>89050</v>
+        <v>88671</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>3.25</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>90971</v>
+        <v>89050</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>92227</v>
+        <v>90971</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>93408</v>
+        <v>92227</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>1.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>95174</v>
+        <v>93408</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>96249</v>
+        <v>95174</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>98335</v>
+        <v>96249</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>5.6</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>98625</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
         <v>99974</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>29</v>
       </c>
       <c r="F19" s="3">
         <v>60.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
         <v>102230</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>28</v>
       </c>
       <c r="E20" t="s">
         <v>29</v>
       </c>
       <c r="F20" s="3">
         <v>72.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
         <v>103268</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
         <v>22.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>