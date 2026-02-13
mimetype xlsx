--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,209 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 00:54</t>
-[...5 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 13/02/2026 10:49</t>
+  </si>
+  <si>
+    <t>SHAKE PORTATIL HH-03  REC/USB/2V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA CP30     30-CAF�E/PRETO/110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>ALARME PARA CARRO POSITRON FX-360 24 FUN�OES</t>
+  </si>
+  <si>
+    <t>Alarmes p/ carro</t>
+  </si>
+  <si>
+    <t>POSITRON</t>
+  </si>
+  <si>
+    <t>ARO LED RING LIGHT   COM SUPORTE DE CELULAR</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE  -MINI RECARREGAVEL ZLZT11</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS291     12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL S1038</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE56C0T-IRPF 720P/D 2.8mm</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE16C0T-IRPF 720P/E 2.8mm</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE16D0T 2.8mm/2MP/EXTERIOR</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7104HGHI-M1  1080P/04CH</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7108HGHI-M1  1080P/08CH</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7116HGHI-M1  1080P/16CH</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE10DF0T-PF COLORVU 2.8.mm</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3600MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO INFRAVERMELHO PISTOLA ECOPOWER EP-2711</t>
+  </si>
+  <si>
+    <t>Termometros</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER MEGASTAR SPA-124 USB/BAT/12"/RE/BLUETOOTH</t>
-[...125 lines deleted...]
-    <t>PILHA RECARREGAVEL MOX AA 4300MA / 4 PCS</t>
+    <t>GARRAFA TERMICA BIGSTAR        3.0L INOX</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>PET ECOPOWER MAQ TOSAR EP2805 KIT   220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER 5909   7W/REC/  2V</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER 5902 100W/RECARREGAVEL SOLAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b4e925e1672b256484b0d6889b28e0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0efb7066dd5bdafc89f982b4f43891e8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77319562b6ecc239b162e38a0d638ad3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2ae1d6ccb8e562582b15dc80f38f677.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84220b3a050a1c622fd297ecb5e733ba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fb949a056cb03804a9aaaed1b82af37.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31b3645eab9acbfb535625e637da85e3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8151576cd20e65362b7e976550b73b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1899aed2e2be3a3b4c586f5d0b31ec9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c2f6cddaa887663abbfc1c9ef4105f5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d945ab1fed1a7bfa5b2df495765f4e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4876f741106eda15daf4e454a8e364a1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a54a86dc037f457eb8485a82b055a5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1151e7c0d051d859328d61026a0daa89.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412199650349df57e194d4388cda129f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15cd04bef4053c65bf69e98bf5d9aa74.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e69319d559e4b255566c8551d1222c55.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1624d95dc7b285dfac041317ffd8a4b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83ace052e2eb00502acb63d935af1a0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b8daa05bbbf26f1e17da12e2bda7f9e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/347e3cad215d4ef9037dd8996bffdc2c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ce5da47597941973043456745afecb4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2648295dcf395d3940a2d0371cdd3181.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c9070112b6925514121b41ae95ebcf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5d1586041b18a8e25101939c3b9b4e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db17a48f061bc6e6a4ae1e8fab871bc2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cf3eeaec05032deb8f148f2e782fe18.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf520d1b072e77c0538ceeaa6038c968.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e663adaff45b718e65a4d15901c3b222.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0243cca46fc6cb481199a0ffb6bbe3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12601f232c3cc070aac85c9880bb8d9e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f07cc72df410043fd2d14955e83ab9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c499d6054e06a60b92887978071f368.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4be466d46f86597444b00a3eba3a81ae.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524c82a4818a7250cd74aaeff1112048.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d822bbe8bfc4e68e56b16b63ae61bfc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716bdc52c630dffa0f5034c994b5dc0a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0357966d968a59e4b014cca13a2dff49.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30f8d4ef4bac93e9bcdf8c8f1a4792b9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1905363fbf51ceaec994f4f5fca775a0.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1151,416 +1136,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>469371</v>
+        <v>471657</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>469395</v>
+        <v>471664</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>45.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>469494</v>
+        <v>472029</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>168.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>469500</v>
+        <v>472074</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>162.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>469616</v>
+        <v>472296</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>5.0</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>469708</v>
+        <v>472319</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>10.8</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>469883</v>
+        <v>472517</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>25.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>469937</v>
+        <v>472746</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>13.8</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>470100</v>
+        <v>472753</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>470117</v>
+        <v>472760</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>22.8</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>470124</v>
+        <v>472777</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>22.8</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>470155</v>
+        <v>472784</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>42.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>470162</v>
+        <v>472791</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>22.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>470353</v>
+        <v>472807</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>470414</v>
+        <v>472913</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>470698</v>
+        <v>473002</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>2.5</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>470773</v>
+        <v>473033</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>18.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>470803</v>
+        <v>473040</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="F19" s="3">
-        <v>2.8</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>470810</v>
+        <v>473071</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
         <v>2.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>470827</v>
+        <v>473088</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="F21" s="3">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>