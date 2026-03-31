--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,194 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 10:49</t>
+    <t>Lista gerada no: 31/03/2026 15:53</t>
+  </si>
+  <si>
+    <t>SPRAY DE JARDIM (AGUA) RECARREGAVEL 1.5 LITROS USB</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 5000MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS2783          12DIG.</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CAREGADOR ECOPOWER EP-7038 / 1-USB-C / 3.0A / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F101B REC/USB/TF/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA996 QUENTE /FRIO - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1936 INOX (VIDRO)   220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18066 18" 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER  MONDIAL AF-50  5.0L  220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F98B  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>SHAKE PORTATIL HH-03  REC/USB/2V</t>
   </si>
   <si>
-    <t>Liquidificadores / Mixer</t>
-[...1 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CAFETEIRA BRITANIA CP30     30-CAF�E/PRETO/110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
     <t>ALARME PARA CARRO POSITRON FX-360 24 FUN�OES</t>
   </si>
   <si>
     <t>Alarmes p/ carro</t>
   </si>
   <si>
     <t>POSITRON</t>
   </si>
   <si>
-    <t>ARO LED RING LIGHT   COM SUPORTE DE CELULAR</t>
-[...4 lines deleted...]
-  <si>
     <t>LANTERNA POLICE  -MINI RECARREGAVEL ZLZT11</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
     <t>CALCULADORA MEGASTAR DS291     12 DIGITOS</t>
   </si>
   <si>
-    <t>Calculadoras</t>
-[...4 lines deleted...]
-  <si>
     <t>PATINETE INFANTIL S1038</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
     <t>CAMERA HD HIKVISION DS-2CE56C0T-IRPF 720P/D 2.8mm</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
     <t>HIKVISION</t>
   </si>
   <si>
     <t>CAMERA HD HIKVISION DS-2CE16C0T-IRPF 720P/E 2.8mm</t>
-  </si>
-[...55 lines deleted...]
-    <t>LAMPADA LED ECOPOWER 5902 100W/RECARREGAVEL SOLAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/347e3cad215d4ef9037dd8996bffdc2c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ce5da47597941973043456745afecb4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2648295dcf395d3940a2d0371cdd3181.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c9070112b6925514121b41ae95ebcf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5d1586041b18a8e25101939c3b9b4e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db17a48f061bc6e6a4ae1e8fab871bc2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cf3eeaec05032deb8f148f2e782fe18.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf520d1b072e77c0538ceeaa6038c968.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e663adaff45b718e65a4d15901c3b222.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0243cca46fc6cb481199a0ffb6bbe3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12601f232c3cc070aac85c9880bb8d9e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f07cc72df410043fd2d14955e83ab9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c499d6054e06a60b92887978071f368.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4be466d46f86597444b00a3eba3a81ae.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524c82a4818a7250cd74aaeff1112048.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d822bbe8bfc4e68e56b16b63ae61bfc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716bdc52c630dffa0f5034c994b5dc0a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0357966d968a59e4b014cca13a2dff49.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30f8d4ef4bac93e9bcdf8c8f1a4792b9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1905363fbf51ceaec994f4f5fca775a0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4278e6824b1bc1ae7c926c1714796d1d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abadf65e07c51e195f844eea2da675c9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255ef10b78f81b4783f84cd6325d6410.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34a5d5905fd1110862ef5e1f494f1905.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1cd98cdec343867cd9493c9e5f6fae0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f758fa69dc1b405611d5f52ccf3c27.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2ade53fc113fcc06a7ee042a6b96bb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e201bf1c251c30ceefccb204498d82a0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03ead2da8b0eb6d29b99a2a52dff907.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f286b671de9890997dd6c047815684d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73234c0bd92d98373eb3a6de2599957c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/059e39e9c094e753c092b664e155071b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4489096741ead822e9e5b111f8b6e9b4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0befcbe9d04163bc9c64224f420df210.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e8fa4a7323012f697c288dd9bcbcb5b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197aa12f44d4b43f43fe695771d7d028.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678f0b59673457bc07690ddb6b80d64e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b23aa5dcdab81ad966cab9ef184e5a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00895a4553bb1de1fd36953341fd90f9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5866fb27f0a59b36dac10b3baeb5cce0.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>471657</v>
+        <v>470773</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>471664</v>
+        <v>470803</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>23.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>472029</v>
+        <v>470810</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>59.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>472074</v>
+        <v>470827</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>7.25</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>472296</v>
+        <v>470933</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>3.2</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>472319</v>
+        <v>471329</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>7.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>472517</v>
+        <v>471343</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>20.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>472746</v>
+        <v>471367</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>9.8</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>472753</v>
+        <v>471404</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>472760</v>
+        <v>471428</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>472777</v>
+        <v>471534</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>32.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>472784</v>
+        <v>471589</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>37.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>472791</v>
+        <v>471657</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>63.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>472807</v>
+        <v>471664</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>19.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>472913</v>
+        <v>472029</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>3.6</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>473002</v>
+        <v>472296</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>3.8</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>473033</v>
+        <v>472319</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F18" s="3">
-        <v>14.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>473040</v>
+        <v>472517</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>473071</v>
+        <v>472746</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>2.8</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>473088</v>
+        <v>472753</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>3.8</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>