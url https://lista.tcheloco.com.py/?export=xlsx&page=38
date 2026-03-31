--- v2 (2026-03-31)
+++ v3 (2026-03-31)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 15:53</t>
+    <t>Lista gerada no: 31/03/2026 17:37</t>
   </si>
   <si>
     <t>SPRAY DE JARDIM (AGUA) RECARREGAVEL 1.5 LITROS USB</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>PILHA RECARREGAVEL MOX AA 4300MA / 2 PCS</t>
   </si>
   <si>
     <t>Pilhas Recarreg�veis</t>
   </si>
   <si>
     <t>MOX</t>
   </si>
   <si>
     <t>PILHA RECARREGAVEL MOX AA 5000MA / 2 PCS</t>
   </si>
   <si>
     <t>PILHA RECARREGAVEL MOX AA 4300MA / 4 PCS</t>
   </si>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4278e6824b1bc1ae7c926c1714796d1d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abadf65e07c51e195f844eea2da675c9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/255ef10b78f81b4783f84cd6325d6410.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34a5d5905fd1110862ef5e1f494f1905.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1cd98cdec343867cd9493c9e5f6fae0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f758fa69dc1b405611d5f52ccf3c27.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2ade53fc113fcc06a7ee042a6b96bb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e201bf1c251c30ceefccb204498d82a0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03ead2da8b0eb6d29b99a2a52dff907.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f286b671de9890997dd6c047815684d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73234c0bd92d98373eb3a6de2599957c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/059e39e9c094e753c092b664e155071b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4489096741ead822e9e5b111f8b6e9b4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0befcbe9d04163bc9c64224f420df210.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e8fa4a7323012f697c288dd9bcbcb5b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197aa12f44d4b43f43fe695771d7d028.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/678f0b59673457bc07690ddb6b80d64e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b23aa5dcdab81ad966cab9ef184e5a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00895a4553bb1de1fd36953341fd90f9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5866fb27f0a59b36dac10b3baeb5cce0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a5e217b50358daefa411426ebd49c80.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55c906ea7ba4a35a6e9a725b138e64f4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35d7ec0d3a8d23b678917f8281b05d5c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aed761d71245f230ca2e2356ec19e1f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdfef5b4582aeb6df38a4cc5fc234d15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e70c5591fe4a9c26b38817ce9673dc90.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb21e5be83b262ce85d62722a70332a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9abf44d38e31bc74c05129a2972c5d30.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da12c6eba5c556de144c43a111734add.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a18e3303238865e53dfad235a9f83d31.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef9d109265560d94ac7a90d46cda352.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fbfb32fa4cafba9e3649cf15bb9f374.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/531d534db77aff3e0edab33829cf9588.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aeefc05c5651a255cd145439f654897.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/078466df08ad09926f0f17840053470f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e35aa6c8a4a77ce25feb2e078488597.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705320162a4295a8bc33cf331f4f7510.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3badf861da0d64e6f370f616ddae996b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21ed3bb54a941344defccb6d3d5dd82c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54cd010e8c8aae46c47fb0d4237f52ce.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>