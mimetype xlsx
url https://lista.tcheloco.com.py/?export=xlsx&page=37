--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,212 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 23:31</t>
-[...14 lines deleted...]
-    <t>Cabos USB</t>
+    <t>Lista gerada no: 13/02/2026 09:22</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR GOLFINHO KANGLING KL-99 / 220V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>INVERSOR -TUCANO   12V P/220V 300W/SG</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>INVERSOR -TUCANO 12V P/110V 300W/SG</t>
+  </si>
+  <si>
+    <t>CAMERA  IP TUCANO SMART HS20/WIFI/HD/PROFISIONAL</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART TCQ9/WIFI/HD/PROFISSIONAL</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE SUNLIGHT S-2033  T6   BAT</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>FONTE CAMERA CCTV 12V/15AMP</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RECEPTOR  ATV A5  IPTV/FILMES/SERIES/4K  BRANCO</t>
+  </si>
+  <si>
+    <t>Net</t>
+  </si>
+  <si>
+    <t>ATV</t>
+  </si>
+  <si>
+    <t>LANTERNA  ECOPOWER REC. 8303 1LED  2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CABO USB ECOPOWER  6016 / TIPO- C / 5A/1M</t>
-[...41 lines deleted...]
-    <t>Telefones C/Fio</t>
+    <t>SPRAY DE JARDIM (AGUA) RECARREGAVEL 1.5 LITROS USB</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 5000MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS2783          12DIG.</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>BALANCA DE BANHO MONDIAL BL-03     150KG</t>
-[...71 lines deleted...]
-    <t>PRASONIC</t>
+    <t>CAREGADOR ECOPOWER EP-7038 / 1-USB-C / 3.0A / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F101B REC/USB/TF/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA996 QUENTE /FRIO - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1936 INOX (VIDRO)   220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18066 18" 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F98B  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21f84780364ba44b5e31898e868c332.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c15ffe47a745ca14868096176c36bf6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7669a2cf44bdfb230fdc2a6766bcd0b8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f4a0261211204713c84a4c497a9001.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c951126ae663ab704c6fdb1333dbe9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa2bfc4ec759e6c5f4640272a059778.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d0dd43611a38ad5eb9083ee3fa5f1f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad88625624da26ac3598c5c79d3f719d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1705f95775d2cc2a0b430b675a8e46d5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e38a601f9c4de34a703a6a43872176.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ab6e1027eb7d00bd8d19440fa1618f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5304a5ebbd4d3cd228a264d325e7586f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88eaad16ead86b2a44d0451f7267c00d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b160738ab12811f7f94f928559a6a50.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f369fdbe80ff12915c80f601ae47713.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39ff7403fef4e844044431be9eb9e70.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b399a2e9ee93ee6eae2af137599dae.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cd6c1f6bfa0ee28412fe6646c0a01b8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c7ad6f2fd4b919d3869e9c107670b1d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9fe8f5a82476da6cb4796a496d223dd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a367b386b01536fcb51f50cc07410efb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ee898a5f5dfe418b9e9cf946581d39.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dab5997a2429496a8ea0d0bfabf6bfa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439336a3201c08f6a0c11b3b03769886.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c366acbd67996d8afd247dbea00ecc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc7c7dae76ac298b19ed5f7924b6d69.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73c7b8e21d6d5b3e502ca1b884773d6f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db126812f2a25819044dd5bc06bb8be.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84014aa314525ce7ce0ac84bd575ca53.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c23c26e0f4ec390a82a306f868198b48.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c1418eb2789ae35bbf78e35a6a1a1ea.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6174a3364dc1fcf6975e14198e1e366a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d770055534c783e1931fa015d87114.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77a4e4f6c818037473993e67ba5f9813.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be381bb463955fda556a0fe1bee2cfbb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d3cc8c93d66ef3c955eb2be9d856d7a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2d3349cd037c053162539894be4992.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffc91e701110545e7a97c8bfa9b3de3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec887701fe56f95d99a98d3b8754def.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033895f6d143a2be9ed2591306bbcb29.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>466868</v>
+        <v>470100</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>70.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>466943</v>
+        <v>470117</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>466950</v>
+        <v>470124</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>0.8</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>466998</v>
+        <v>470155</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>467179</v>
+        <v>470162</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>467711</v>
+        <v>470353</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>225.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>467780</v>
+        <v>470414</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>42.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>467797</v>
+        <v>470636</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>35.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>467919</v>
+        <v>470698</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>468114</v>
+        <v>470773</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>468398</v>
+        <v>470803</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>468404</v>
+        <v>470810</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>6.75</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>468473</v>
+        <v>470827</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>468480</v>
+        <v>470933</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>468688</v>
+        <v>471329</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>4.5</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>468794</v>
+        <v>471343</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>23.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>468985</v>
+        <v>471367</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>2.3</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>469029</v>
+        <v>471404</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
         <v>46</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>29.6</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>469180</v>
+        <v>471428</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>3.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>469197</v>
+        <v>471589</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>28.75</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>