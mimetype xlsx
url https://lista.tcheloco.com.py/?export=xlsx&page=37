--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,206 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 09:22</t>
+    <t>Lista gerada no: 31/03/2026 15:53</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-TGB112LAB BINA/2BASE /PRETO/ 2V</t>
+  </si>
+  <si>
+    <t>Comunica��es</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F100  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR SPA-124 USB/BAT/12"/RE/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MONDIAL GRILL S-07 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-6900 SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-3900  SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED -BLUETOOTH MEGASTAR 701A /2V</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>REFLETOR LED -  FLOOD (FINO) 500W/220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX350ES PLUS CIENTIFICA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>LEITOR CODIGO BARRAS ZKT  ZKB101   CABO</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>ZKT</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA   DH-HAC-B1A21 2.8mm/1080/EX</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
   </si>
   <si>
     <t>MASSAGEADOR GOLFINHO KANGLING KL-99 / 220V</t>
   </si>
   <si>
     <t>Massageadores</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>INVERSOR -TUCANO   12V P/220V 300W/SG</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>INVERSOR -TUCANO 12V P/110V 300W/SG</t>
   </si>
   <si>
     <t>CAMERA  IP TUCANO SMART HS20/WIFI/HD/PROFISIONAL</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
     <t>CAMERA IP TUCANO SMART TCQ9/WIFI/HD/PROFISSIONAL</t>
   </si>
   <si>
     <t>LANTERNA  POLICE SUNLIGHT S-2033  T6   BAT</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
     <t>FONTE CAMERA CCTV 12V/15AMP</t>
   </si>
   <si>
     <t>Acess�rios dvr</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>RECEPTOR  ATV A5  IPTV/FILMES/SERIES/4K  BRANCO</t>
   </si>
   <si>
     <t>Net</t>
   </si>
   <si>
     <t>ATV</t>
   </si>
   <si>
     <t>LANTERNA  ECOPOWER REC. 8303 1LED  2V</t>
   </si>
   <si>
     <t>Lanternas</t>
-  </si>
-[...73 lines deleted...]
-    <t>Radios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a367b386b01536fcb51f50cc07410efb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ee898a5f5dfe418b9e9cf946581d39.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dab5997a2429496a8ea0d0bfabf6bfa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439336a3201c08f6a0c11b3b03769886.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c366acbd67996d8afd247dbea00ecc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cc7c7dae76ac298b19ed5f7924b6d69.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73c7b8e21d6d5b3e502ca1b884773d6f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db126812f2a25819044dd5bc06bb8be.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84014aa314525ce7ce0ac84bd575ca53.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c23c26e0f4ec390a82a306f868198b48.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c1418eb2789ae35bbf78e35a6a1a1ea.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6174a3364dc1fcf6975e14198e1e366a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d770055534c783e1931fa015d87114.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77a4e4f6c818037473993e67ba5f9813.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be381bb463955fda556a0fe1bee2cfbb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d3cc8c93d66ef3c955eb2be9d856d7a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2d3349cd037c053162539894be4992.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffc91e701110545e7a97c8bfa9b3de3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec887701fe56f95d99a98d3b8754def.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033895f6d143a2be9ed2591306bbcb29.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ea9f2263779be3de2d2650b64e1472.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/304434a1802c88e4eb48c52acf215115.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd0ebb3c59aae9953e3e78587e3308d9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2275ab3d9cf6299036ae1a9223a156ad.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7667ffbada26b9464a4110959493183a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d58746048f010d25e3e2723f096d5de.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9556873972901511056068632cbb748.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617fe063e94f1ebde2c85d742f68abfe.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/654b02775f698a40b2d8b81603db4278.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662cfd144b99e953efc9f2c7516c9570.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53df10b26d0a946b0c62969493d40b9d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67592c8f460fbd55ede43cba46f6c1ca.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2079a97d0a11cff195f92f42f2aecb6c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e6c05304f9729d05b73095040627d09.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97539b5b31ef79f9ee95b8a1687b82b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4538daf7d5205e7333638f96b90541a7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f81295a421f1aee47540ab45b3aa343.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e38ddb70480328b82d9beb603a37736b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19fde454da3ccb3fcabd73fc54878df.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa6d96dc2e3b8df39a377ad8a6bf902.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>470100</v>
+        <v>469364</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>470117</v>
+        <v>469371</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>22.8</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>470124</v>
+        <v>469395</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>22.8</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>470155</v>
+        <v>469425</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>42.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>470162</v>
+        <v>469494</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>470353</v>
+        <v>469500</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>470414</v>
+        <v>469616</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>470636</v>
+        <v>469623</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>90.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>470698</v>
+        <v>469708</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>2.5</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>470773</v>
+        <v>469883</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>18.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>470803</v>
+        <v>469937</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>2.8</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>470810</v>
+        <v>470100</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>2.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>470827</v>
+        <v>470117</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>3.5</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>470933</v>
+        <v>470124</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>6.75</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>471329</v>
+        <v>470155</v>
       </c>
       <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
         <v>39</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>2.3</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>471343</v>
+        <v>470162</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>22.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>471367</v>
+        <v>470353</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>173.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>471404</v>
+        <v>470414</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>471428</v>
+        <v>470636</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>18.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>471589</v>
+        <v>470698</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>2.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>