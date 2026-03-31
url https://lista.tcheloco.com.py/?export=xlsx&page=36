--- v0 (2026-02-13)
+++ v1 (2026-03-31)
@@ -34,195 +34,195 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 09:39</t>
-[...5 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>Lista gerada no: 31/03/2026 14:23</t>
+  </si>
+  <si>
+    <t>CABO ECOPOWER  6021 / LIGHTNING / TIPO-C /  1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
+    <t>CABO USB ECOPOWER  6016 / TIPO- C / 5A/1M</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA FREE FR-K120 2L / INOX / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>FONE JBL T510BT BLUETOOTH PRETO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>PATINETE ELETRICO. FOSTON FS-S09 PRO 8.5"</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  6"5   CLUB6520  50WRMS KIT 2VIA</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE3 627F - 6"5 - 45WRMS</t>
+  </si>
+  <si>
+    <t>TELEFONE MEGASTAR COM FIO FT-308</t>
+  </si>
+  <si>
+    <t>Telefones C/Fio</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>BALANCA DE BANHO MONDIAL BL-03     150KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
     <t>BATEDEIRA ECOPOWER EP-3016 110V</t>
   </si>
   <si>
     <t>ELETRODOMESTICOS</t>
   </si>
   <si>
     <t>TAPA BOCA  MASK  (50-PCS) DESCARTAVEL PRETO</t>
   </si>
   <si>
     <t>SAUDE</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>TAPA BOCA KN95 ( 20-PCS ) DESCARTAVEL  PRETO</t>
   </si>
   <si>
     <t>BALAN�A DE PRECISAO CX-PRETA      500G</t>
   </si>
   <si>
     <t>Balan�as de Precis�o</t>
   </si>
   <si>
     <t>SUPORTE P/CEL KOLKE ROBOT-CANERAMAN 360�</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>KOLKE</t>
   </si>
   <si>
     <t>FONE DE OUVIDO ECOPOWER EP-H113</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
+    <t>FONE JBL T510BT BRANCO BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Headphone</t>
+  </si>
+  <si>
     <t>TALKABOUT MOTOROLA.T110   KIT 16 MIL PRETO S/GAR.2V</t>
   </si>
   <si>
     <t>Talkabout</t>
   </si>
   <si>
     <t>MOTOROLA</t>
   </si>
   <si>
     <t>PC ROUTER -XIAOMI MI R03 2.4GHZ 300MBPS</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
     <t>MAQUINA SUPER JY 8801 ACABAMENTO B.REC. 220V</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>MAQUINA PROSPER  P-1902 CABELO REC/PROFISSIONAL 2V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PRASONIC</t>
-  </si>
-[...61 lines deleted...]
-    <t>ZKT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6b6f5754eef9fc6d7bec91fd021f312.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fa2d7d59f750934a159209e219a36cc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e180e7f76876577cac69c0d38d7d6854.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afad087ea31e7feb7c645027266bf2b7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebaed6ffd00736609fff87d485ed9d53.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f51b281ba5be60668e0455de3caddc5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6d128c47b1c488c459c7d5aab2c6a0d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d62111688f5429101247157efa956283.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5583344d800974b76398524c685ab973.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63183125d8b00ff8422429d0188d0337.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12e388d5b75f4b5ab26b293fa9a4abde.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19955d5f14cd77df2a9001251738f3b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2462d3ca0c220edf90d746561849290.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d852fad60f62d9ee362eefe484eb89d2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0827ad8f970f21e5758571cc8ca7723f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e6546d7eb49d796c23b99e21675792.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6e8d4a08b715a39ab0b9bc017f8ce37.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc1c69cecd7fefcefb91f08ef921b616.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae013af0191015c4a7a585819f6f4c41.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c37e0860d58eb51477ce31685c7e6f6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962cafb4f1b7213e4655403ecfab0886.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e83317d5d258cdd9596d98885419d3c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8cc750a6b76dc0acc79fc382efeaaf8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f51b4541d027f5f2e4c12995ba4ddd1f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45d4f4fc648277faccd79861e621d131.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ddf456e738315f42c73f1c118044357.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b6eb2d952f2e1bf2c8835f39af2c997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fd727e1d72108fd8996ca969a28727.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45694fdf56d12b6c7dd724070b00cce0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1819ef54c6d727ad4389c91f55868f9e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c87797e4aae54e043e9b5885523f8704.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590e081257b18d2dede3a929f183dfc0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae5121a7a67a8ee1e27279fddd2f8aa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc941fcaab87c9d5c9d51aebe710e4fe.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ddc17d9b6a46037193303a22fe45923.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50940dcb646baccd891e42b0be405f93.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213e7e19894ef135cb96660666d16721.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e88e4fd30a90263a39bcd24ed920df3e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af44a1fd01217b0cc63372e3c219fe8c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a45c4d1c14fc74e977b3569ed2fd1b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>468398</v>
+        <v>466943</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>468404</v>
+        <v>466950</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>6.75</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>468473</v>
+        <v>467179</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>468480</v>
+        <v>467230</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>468688</v>
+        <v>467711</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>4.5</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>468794</v>
+        <v>467780</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>23.5</v>
+        <v>43.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>468985</v>
+        <v>467797</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>2.3</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>469029</v>
+        <v>467919</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>29.6</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>469159</v>
+        <v>468114</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>469180</v>
+        <v>468404</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>3.5</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>469197</v>
+        <v>468473</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>469364</v>
+        <v>468480</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>58.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>469371</v>
+        <v>468688</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>14.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>469395</v>
+        <v>468794</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>45.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>469494</v>
+        <v>468985</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>168.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>469500</v>
+        <v>468992</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>162.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>469616</v>
+        <v>469029</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E18" t="s">
         <v>46</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>29.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>469623</v>
+        <v>469159</v>
       </c>
       <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
         <v>48</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>49</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>469708</v>
+        <v>469180</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="F20" s="3">
-        <v>10.8</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>469883</v>
+        <v>469197</v>
       </c>
       <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>25.0</v>
+        <v>26.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>