--- v1 (2026-03-31)
+++ v2 (2026-03-31)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 14:23</t>
+    <t>Lista gerada no: 31/03/2026 15:43</t>
   </si>
   <si>
     <t>CABO ECOPOWER  6021 / LIGHTNING / TIPO-C /  1M</t>
   </si>
   <si>
     <t>Cabos USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>CABO USB ECOPOWER  6016 / TIPO- C / 5A/1M</t>
   </si>
   <si>
     <t>JARRA ELETRICA FREE FR-K120 2L / INOX / 220V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>FREE</t>
   </si>
   <si>
     <t>FONE JBL T510BT BLUETOOTH PRETO</t>
   </si>
@@ -245,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962cafb4f1b7213e4655403ecfab0886.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e83317d5d258cdd9596d98885419d3c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8cc750a6b76dc0acc79fc382efeaaf8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f51b4541d027f5f2e4c12995ba4ddd1f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45d4f4fc648277faccd79861e621d131.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ddf456e738315f42c73f1c118044357.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b6eb2d952f2e1bf2c8835f39af2c997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fd727e1d72108fd8996ca969a28727.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45694fdf56d12b6c7dd724070b00cce0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1819ef54c6d727ad4389c91f55868f9e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c87797e4aae54e043e9b5885523f8704.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590e081257b18d2dede3a929f183dfc0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae5121a7a67a8ee1e27279fddd2f8aa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc941fcaab87c9d5c9d51aebe710e4fe.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ddc17d9b6a46037193303a22fe45923.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50940dcb646baccd891e42b0be405f93.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213e7e19894ef135cb96660666d16721.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e88e4fd30a90263a39bcd24ed920df3e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af44a1fd01217b0cc63372e3c219fe8c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a45c4d1c14fc74e977b3569ed2fd1b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c2aa950b832054f9f5a177a0adffcae.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dd53b4599ce8454635bacd53e3609b8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/619382dd248f8d2dec0da6486103938d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c0a83f9eff7ed49906a74e6e13e017.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7838cab56f83ad558b98285c22fea793.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321ef3bb298a9d30a607030c91beaa58.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125f5eaae5cb33c2c561ad43226950cd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5406170dd8e39c0afd0a5750f3391ce7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855b55b2744a6bc72c05c3a9599e255b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5c638a6f191868a8c4878c9eeeed0f2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4cca3ae46eb0e4eb3dfd61231a01f01.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa5f34f5cc9c4e774f0f9cf72b7b1fc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0746471c5cb60bed4f58e25582e0038d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14de2a173e09d81aa7ee4fd919d711d0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2a40710d17ed13f82b3385457461825.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaaf1cc3d5da818bb3f3e569ae81d042.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76315a4747b6674ec359e217480a899.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f330728ce40b1c1c434133be9e882883.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ef5393dcf2de2442b484fc34b48cf4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64e8926851f1c720b31ba426c6bf95f7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>