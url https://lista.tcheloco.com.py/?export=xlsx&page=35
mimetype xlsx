--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,221 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 06:42</t>
-[...23 lines deleted...]
-    <t>Transmissores</t>
+    <t>Lista gerada no: 29/12/2025 21:30</t>
+  </si>
+  <si>
+    <t>REFLETOR LED MEGASTAR YM8206D 10W - 2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>REFLETOR LED MEGASTAR YM8207D 20W - 2V</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL POWER C/PROCESSADOR M-07 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>ALISADOR MONDIAL BLACK ROSE P-27 - 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HAC-T1A11   2.8M/720P/DM</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>BEBEDOURO ELECTROBRAS     EBBM-02C  220V</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5918 E27 - 80W</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5917 E27 - 65W</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5919 E27 - 100W</t>
+  </si>
+  <si>
+    <t>MEL DA MALASIA (CX/12 SACH)JAGUAR POWER</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>JAGUAR POWER</t>
+  </si>
+  <si>
+    <t>TOSTADORA MONDIAL INOX T-13 P/2 PAES - 220V</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7037 / 1 USB-C / 3.0 /  20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MOX MO-EM60 / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>MICROFONE PTT PARA RADIO PX 4 PINOS - KT2021</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V MEGASTAR CH221 - 2 USB</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>CARREGADOR MEGASTAR CH331 / 2 USB / 1A / 2.1A / 2V</t>
+  </si>
+  <si>
+    <t>VASSOURA MOP SPRAY NAPPO NLM-069</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>MONITOR HYE     16" LED HY16WLNC HDMI/VGA</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>TAPA BOCA KN95    ( 20-PCS ) DESCARTAVEL</t>
+  </si>
+  <si>
+    <t>SAUDE</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR BRITANIA BLQ970 TURBO COM FILTRO -  220V</t>
-[...119 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>CONTROLE PLAY 3 GENERICO BLK</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SONY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b29bd557fe29c2bb05c516429f813a1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bcb464847a890b6a2817c52677d2a34.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa8e66069e7ea01088a12bb5ee14e4b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a95859ff6f250b61e5a7e58fbcf0ea1b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a51be2822d239c9342efbf175c8919d9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38c780b3f5fa61a3f83ee02b9c7b6aaf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1deb2f1ddc5798907b4bb55156bce949.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d1782e1811637f912ee4f5453d9f805.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8b3cb98120ed2986dfc87450b3eaae.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ef4a69acf650cb45ecf3a44a2e93633.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fecc9fc9769f31bfd3c438c1eed5937.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7582b0514e289132906ef8bc6881e7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778828cb558906892ae1d22e7e5d2b2e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9771455573c4595e99834cfaa546a2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e105a5e773db7f07af4cf518e6396a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4a862df4f84f1f46c88a7cb03a98b7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6efa9ef21257af0558356872e2b7e5aa.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71172984c0ed86dfe825748d32e263a3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaad9163cef5ac6e244c718eaa4742a7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39b75f402316a0835a124a3878ecc05c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9366f769a4d2fda18496946c5cc2b92b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8103937dc905ac2eac2c840a779ba9a4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b3d16b07f882cd8588922b69f63deff.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1c62f75134b01ee5721134af566aa6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60c79099265f720aa6ba5b4609f24d25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98259706fb890b599d6850aec1a4e84e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197e1c0266240ee9af361276bb13e695.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/909bedafd2d3a52e31bc196a2f66b9e8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc726b27609598e91317d583471fea44.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1587117d6c9d0a1812f56bde74701de9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae22dcc6b252f1f1e81faf290b519ad.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779bbca9ca3b071bd7c2d9ba0dff1011.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6b7c9c88f14c200d03d2b4dc1e0be54.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1451aac2ef1c087422c18436f1b98bea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e6cf98ca0ae465786410039ebe350f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2effaf0267ec8d1a7d2bb8e678eef7f7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cba63aed6858a83e8799613857ea043.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9110ccd7b96fb8b4f8c1986eb8eb72a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6f3edac451a7893718f25c061e0de4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c22dc80983d1f7f409315c7c6f99b4b2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1162,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>453424</v>
+        <v>461948</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.95</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>453431</v>
+        <v>461955</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>22.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>453462</v>
+        <v>461993</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>3.25</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>454162</v>
+        <v>462051</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>23.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>454216</v>
+        <v>462068</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>454308</v>
+        <v>462280</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>454377</v>
+        <v>462297</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>13.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>454414</v>
+        <v>462327</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>7.2</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>454438</v>
+        <v>462334</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>454650</v>
+        <v>462433</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>4.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>454674</v>
+        <v>462518</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>2.6</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>454735</v>
+        <v>462594</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
         <v>3.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>455091</v>
+        <v>462679</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>20.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>455237</v>
+        <v>462754</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>4.9</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>455770</v>
+        <v>462952</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>455794</v>
+        <v>462969</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>49.0</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>456241</v>
+        <v>463096</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>456258</v>
+        <v>463393</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>456319</v>
+        <v>463492</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>12.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>456913</v>
+        <v>463553</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>13.0</v>
+        <v>6.26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>