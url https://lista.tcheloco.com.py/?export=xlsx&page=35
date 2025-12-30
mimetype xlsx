--- v1 (2025-12-30)
+++ v2 (2025-12-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 21:30</t>
+    <t>Lista gerada no: 29/12/2025 23:11</t>
   </si>
   <si>
     <t>REFLETOR LED MEGASTAR YM8206D 10W - 2V</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>REFLETOR LED MEGASTAR YM8207D 20W - 2V</t>
   </si>
   <si>
     <t>MIXER MONDIAL POWER C/PROCESSADOR M-07 - 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>PACOTE</t>
   </si>
   <si>
     <t>ALISADOR MONDIAL BLACK ROSE P-27 - 2V</t>
   </si>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9366f769a4d2fda18496946c5cc2b92b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8103937dc905ac2eac2c840a779ba9a4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b3d16b07f882cd8588922b69f63deff.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1c62f75134b01ee5721134af566aa6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60c79099265f720aa6ba5b4609f24d25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98259706fb890b599d6850aec1a4e84e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197e1c0266240ee9af361276bb13e695.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/909bedafd2d3a52e31bc196a2f66b9e8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc726b27609598e91317d583471fea44.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1587117d6c9d0a1812f56bde74701de9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae22dcc6b252f1f1e81faf290b519ad.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779bbca9ca3b071bd7c2d9ba0dff1011.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6b7c9c88f14c200d03d2b4dc1e0be54.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1451aac2ef1c087422c18436f1b98bea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e6cf98ca0ae465786410039ebe350f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2effaf0267ec8d1a7d2bb8e678eef7f7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cba63aed6858a83e8799613857ea043.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9110ccd7b96fb8b4f8c1986eb8eb72a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6f3edac451a7893718f25c061e0de4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c22dc80983d1f7f409315c7c6f99b4b2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7388690c784bc2201f5aa808b68a65dd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cb2dc0ce742ae7e165a9026bb72ba2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86ab4c9d1f12d7e1b2c7425671ce3ef3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a61076468332bf58e971aaf98abafe3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3c6766f2b342c5c3a582ef0723fe734.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98d4d1a877bdc34d35fcd88ebd1b709.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8acc26277612756d0f2a52c05b448238.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f06602d313b7b91c846a3bdaaa8c7e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570303f5aa15755b746e617538e6a627.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb8d02168c7ea280d5dadbe5de883816.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941aa9957765a8b6ddf154125df79c9f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb3b9e0f7fef6c2dd3bafe7c5c624729.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481dbe7e93e5553bdf32d236b0de1ddb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/959a08703e4afa8ea21cdadd19519476.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e3ee6e470cbcdddddaf489374194ff.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e0678bd4be50f4d5be8364d953046bd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1a09f2dfdf0fb6ae69522613f04e2e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f04d2a35ac659f7fc04614baa6289033.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb210ba46307e7c2a479cd337820a1ae.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d753e07e591cc69a2e64832d029609.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>