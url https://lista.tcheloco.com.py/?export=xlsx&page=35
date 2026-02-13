--- v2 (2025-12-30)
+++ v3 (2026-02-13)
@@ -14,206 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 23:11</t>
-[...26 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 13/02/2026 08:07</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIV. LCD-LED-TV ECOPOWER EP-8615</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL BP-02P-B PLANET/INOX/ 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>CAMERA HD DAHUA DH-HAC-T1A11   2.8M/720P/DM</t>
-[...59 lines deleted...]
-    <t>CARREGADOR  12V MEGASTAR CH221 - 2 USB</t>
+    <t>CONTROLE TV BOX</t>
+  </si>
+  <si>
+    <t>Controles p/ receptor</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SUPORTE P/ CEL LUO LU-422 UNIVERSAL</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
-    <t>CARREGADOR MEGASTAR CH331 / 2 USB / 1A / 2.1A / 2V</t>
-[...35 lines deleted...]
-    <t>SONY</t>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>RECEPTOR SAT AZAMERICA KING GX PRO/VOD/IKS</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>AZAMERICA</t>
+  </si>
+  <si>
+    <t>TALKABOUT MOTOROLA T210   KIT 20 MIL BLK S/GAR.2V</t>
+  </si>
+  <si>
+    <t>Talkabout</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
+  </si>
+  <si>
+    <t>TALKABOUT MOTOROLA T470   KIT 35 MIL ORG S/GAR.2V</t>
+  </si>
+  <si>
+    <t>FONTE NOTEBOOK SUNLIGHT S2391 120W/2V</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MIXER BRITANIA    BMX350P 350W      220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MAQUINA LUO  LU-4606   ACABAMENTO    REC  2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-3802  BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>AQUECEDOR ELETRICO DE AGUA FSW-610  FOSTON</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-550B POWER PRETO 220V</t>
+  </si>
+  <si>
+    <t>CABO ECOPOWER  6021 / LIGHTNING / TIPO-C /  1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER  6016 / TIPO- C / 5A/1M</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA FREE FR-K120 2L / INOX / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>FONE JBL T510BT BLUETOOTH PRETO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>PATINETE ELETRICO. FOSTON FS-S09 PRO 8.5"</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>CELULAR BLU Z5  1.8  Z214 DS/CINZA</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  6"5   CLUB6520  50WRMS KIT 2VIA</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7388690c784bc2201f5aa808b68a65dd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cb2dc0ce742ae7e165a9026bb72ba2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86ab4c9d1f12d7e1b2c7425671ce3ef3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a61076468332bf58e971aaf98abafe3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3c6766f2b342c5c3a582ef0723fe734.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98d4d1a877bdc34d35fcd88ebd1b709.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8acc26277612756d0f2a52c05b448238.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f06602d313b7b91c846a3bdaaa8c7e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570303f5aa15755b746e617538e6a627.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb8d02168c7ea280d5dadbe5de883816.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/941aa9957765a8b6ddf154125df79c9f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb3b9e0f7fef6c2dd3bafe7c5c624729.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481dbe7e93e5553bdf32d236b0de1ddb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/959a08703e4afa8ea21cdadd19519476.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69e3ee6e470cbcdddddaf489374194ff.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e0678bd4be50f4d5be8364d953046bd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1a09f2dfdf0fb6ae69522613f04e2e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f04d2a35ac659f7fc04614baa6289033.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb210ba46307e7c2a479cd337820a1ae.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d753e07e591cc69a2e64832d029609.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a1a757dd18f4a9e016e703c2a9afd43.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a039c859ca405a5d67f57a4c58ecab9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3761d67d0832356d4d2f7f9a82de52bb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f8c4057c14fe8318c200cb379529546.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73dcf0a3af50a1cf4ec3337866bdaef8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4343551935fe768c93bcaa39458dc178.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da329fc75ca8d1493361f6cce4742817.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0651d4825b8a25494bc110c09b5b790f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcd3a6c90c862422c81f8ba4df237690.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081a0be946b35619b3fa9c346eaebf37.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e53a968f61fdefc30bb35446afff5c9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44094b86efccdde69f4bafc803ed9fa0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9c28a7dff5fa178521d4d14d9030392.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f37a90dc105d2c05eabb66f2aeae3be.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c48f5f64da0c3808c78d77f50840939.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228815a8048161cdee5cf12d055c9368.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0244edcf723117672af6298d95340732.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac9e997b9b4012c68b62061758ea852.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8005909ddd2963bd2f6515815812cda6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddfae036c298882c8d26630785d737f3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>461948</v>
+        <v>465281</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>461955</v>
+        <v>465328</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>461993</v>
+        <v>465427</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>30.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>462051</v>
+        <v>465434</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>462068</v>
+        <v>465670</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>10.8</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>462280</v>
+        <v>465915</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>95.0</v>
+        <v>46.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>462297</v>
+        <v>465939</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>462327</v>
+        <v>466080</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>462334</v>
+        <v>466103</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>462433</v>
+        <v>466561</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>462518</v>
+        <v>466691</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>20.5</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>462594</v>
+        <v>466868</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>3.5</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>462679</v>
+        <v>466929</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>462754</v>
+        <v>466943</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>462952</v>
+        <v>466950</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>1.9</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>462969</v>
+        <v>467179</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>1.95</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>463096</v>
+        <v>467230</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>12.5</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>463393</v>
+        <v>467711</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>59.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>463492</v>
+        <v>467759</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>10.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>463553</v>
+        <v>467780</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>6.26</v>
+        <v>43.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>