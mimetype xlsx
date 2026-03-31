--- v3 (2026-02-13)
+++ v4 (2026-03-31)
@@ -14,91 +14,148 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 08:07</t>
+    <t>Lista gerada no: 31/03/2026 14:09</t>
+  </si>
+  <si>
+    <t>AQUECEDOR MEGASTAR TC82 CUARZO  220V/50-60HZ</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>BATERIA CR1632 MAXELL    CART C/05P</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>TEL PAN KX-  500LX  /   /BRANCO/ C/FIO</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>CONVERSOR TV DIG SATELLITE ADTR-07</t>
+  </si>
+  <si>
+    <t>Conversores Digital</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TAPA BOCA EANNE   ( 50-PCS ) DESCARTAVEL</t>
+  </si>
+  <si>
+    <t>SAUDE</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER REC. 8227 01LED 2V (SOLAR)</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER REC. 8228 01LED 2V</t>
+  </si>
+  <si>
+    <t>PANELA DE PRESSAO ELERICA. MONDIAL PE-38  220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
   <si>
     <t>CONTROLE UNIV. LCD-LED-TV ECOPOWER EP-8615</t>
   </si>
   <si>
     <t>TVs</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>BATEDEIRA MONDIAL BP-02P-B PLANET/INOX/ 220V</t>
   </si>
   <si>
     <t>Batedeiras</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTROLE TV BOX</t>
   </si>
   <si>
     <t>Controles p/ receptor</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>SUPORTE P/ CEL LUO LU-422 UNIVERSAL</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
     <t>RECEPTOR SAT AZAMERICA KING GX PRO/VOD/IKS</t>
   </si>
   <si>
     <t>Receptor</t>
   </si>
   <si>
     <t>AZAMERICA</t>
@@ -131,101 +188,50 @@
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
     <t>MAQUINA LUO  LU-4606   ACABAMENTO    REC  2V</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-3802  BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
     <t>AQUECEDOR ELETRICO DE AGUA FSW-610  FOSTON</t>
   </si>
   <si>
     <t>ELETRODOMESTICOS</t>
   </si>
   <si>
     <t>FOSTON</t>
-  </si>
-[...49 lines deleted...]
-    <t>Alto Falantes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a1a757dd18f4a9e016e703c2a9afd43.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a039c859ca405a5d67f57a4c58ecab9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3761d67d0832356d4d2f7f9a82de52bb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f8c4057c14fe8318c200cb379529546.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73dcf0a3af50a1cf4ec3337866bdaef8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4343551935fe768c93bcaa39458dc178.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da329fc75ca8d1493361f6cce4742817.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0651d4825b8a25494bc110c09b5b790f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcd3a6c90c862422c81f8ba4df237690.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081a0be946b35619b3fa9c346eaebf37.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e53a968f61fdefc30bb35446afff5c9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44094b86efccdde69f4bafc803ed9fa0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9c28a7dff5fa178521d4d14d9030392.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f37a90dc105d2c05eabb66f2aeae3be.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c48f5f64da0c3808c78d77f50840939.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228815a8048161cdee5cf12d055c9368.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0244edcf723117672af6298d95340732.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac9e997b9b4012c68b62061758ea852.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8005909ddd2963bd2f6515815812cda6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddfae036c298882c8d26630785d737f3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6008612d273ee181e27660d86719d49.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e56cedcf118e64a4bb3f25dd29ac758.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dfa12a478fa7d6b2bab9861380088fe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e97689edf208a32911b33cae9fc8048c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e623f20a6965d128ab418f6f8cdd19.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83b1aed41f32fe9806b12fb154a8f5e0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9caa2aea2bdbb592b2d04064a88435fa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6c9be829413a46e4dadef6bd38772b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8df7c36f9fd705ae2a44eaa51f6ff56.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fc40ac336ee3cc53d0c9f7e02ef794c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db008af5b4f9951353473779be0661fa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ba07110284a71a0dd4e1aa50870c88.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d6506ef6954c147fd3052346b40a67.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9636d426b55ef3d95eba63b052d3c2ff.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da5a36ae0962a0bec255e62a348fe6a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f86adeff72f6053764765f55bd1fa7e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e14ff961e4bb8126e016831a6b14f2ea.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa397a8a2e866113bfed61533b8013d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee16fb0b82b7083ab2f731c0e2fa70d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e856ed8e3932ace54f416661bf6ddbda.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1160,416 +1166,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>465281</v>
+        <v>464109</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>465328</v>
+        <v>464130</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>87.0</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>465427</v>
+        <v>464208</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>465434</v>
+        <v>464215</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>2.6</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>465670</v>
+        <v>464314</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>58.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>465915</v>
+        <v>464420</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>46.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>465939</v>
+        <v>464437</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>70.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>466080</v>
+        <v>464529</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>466103</v>
+        <v>465281</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>466561</v>
+        <v>465328</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>466691</v>
+        <v>465427</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
         <v>34</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>127.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>466868</v>
+        <v>465434</v>
       </c>
       <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
         <v>36</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>37</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>70.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>466929</v>
+        <v>465670</v>
       </c>
       <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
         <v>39</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>17.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>466943</v>
+        <v>465915</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>1.3</v>
+        <v>46.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>466950</v>
+        <v>465939</v>
       </c>
       <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
         <v>42</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>0.8</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>467179</v>
+        <v>466080</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>467230</v>
+        <v>466103</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>26.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>467711</v>
+        <v>466561</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F19" s="3">
-        <v>225.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>467759</v>
+        <v>466691</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>10.9</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>467780</v>
+        <v>466868</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="F21" s="3">
-        <v>43.75</v>
+        <v>70.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>