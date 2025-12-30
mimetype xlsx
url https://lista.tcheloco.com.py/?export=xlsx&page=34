--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,218 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 06:42</t>
-[...23 lines deleted...]
-    <t>Cameras IP</t>
+    <t>Lista gerada no: 29/12/2025 21:00</t>
+  </si>
+  <si>
+    <t>DVR TUCANO       4CH/         TC-D804</t>
+  </si>
+  <si>
+    <t>DVR</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>CAMERA HD TUCANO COLOR MODEL-320 3.6MM INTERIOR</t>
-[...62 lines deleted...]
-    <t>Cooler P/Notebook</t>
+    <t>DVR TUCANO       4CH/         TC-D604</t>
+  </si>
+  <si>
+    <t>M�QUINA CORTA CABELO MONDIAL CR-09M - 220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>ADAPT HDMI/HDMI EXTENSOR MICROFINS 90�</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>LED DE TETO  PLACA   (AUTOMOTIVO) 31MM</t>
+  </si>
+  <si>
+    <t>Led de Teto</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FERRO MONDIAL VAPOR     F-32 AZUL   220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR  SATE AP-25 USB REC - 3 LAMINAS</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MODELADOR DE CACHOS ONIDA ON-7044 (HAIR CURLER) - BIVOLT</t>
-[...2 lines deleted...]
-    <t>MODELADORES</t>
+    <t>SPEAKER MEGASTAR HYJ181BT USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC089N 2X1 PINK - 110V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL MEGASTAR FMA8C - 220V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MEGASTAR NRA72A - 220V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR PORT�TIL MEGASTAR MY126 - RECARREG�VEL</t>
+  </si>
+  <si>
+    <t>ABAFADOR DE TIRO ESPORTIVO SATE AE-740</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>LAMPA LED - ATMOSFERICA MEGASTAR GIRATORIO - 2V</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 12" LUO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PISO ELET. DIG S723   300KG  2V</t>
+  </si>
+  <si>
+    <t>Balan�as</t>
+  </si>
+  <si>
+    <t>A F NAKAMICHI SUB 12"NSW12D B.DUPLA 120W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA SUNLIGHT S150  500ML INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>PLACA INDUCAO ONIDA ON-400 (1BOCA) / 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>SANDUICHEIRA GRILL MEGASTAR TXG066  / 220V</t>
-[...38 lines deleted...]
-    <t>Cabos</t>
+    <t>FONTE PROSPER P-0150 6V/1A/2V</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ab00550f40b3ea7cbec5d23292351d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c65dbf1010255590bf0eaeadb4267f8b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1ec33d3b2447efee896beaebc383125.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d2f63bc676f0bf42d4a8769de0d95ea.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c7ee8103287b614a845e2d2db2c380.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40abbfe1973dacfdbcbfbee2dc3df60c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/470724694cbeb076d55cc91129cc6213.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33cc907a599338385ed38433a469f067.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cabc946d9a381771819e5da93501d415.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c1ce0a44e37279930701bdbeb1b692e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a65b72acf2e7f04e4325a6434e3f7ab.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e779a83f6054a5d1f001fc0ab364cc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7697e5f221b537be010ba674bfb8cb39.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd5b31c8a79b6d67af30ec103d181b8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/400d17cff2088eeb104971edafe2c415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/465cf249c3f4b0c82c0172995a4606a8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b69ee298a8ae9f40ea832239b2a1422.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6bf6cb865818eeb5fd54c24dc0fda93.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986671e201237df1cae2b13b73df7506.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e676832f0fa816c383992f7ee54b246f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8adf0c35ed3d6e273bfc53bca4c7f3c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1558e2a283688bfa32efaef9e45baf1c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f76e56e0afafb3690473ccce5070890.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e56d1769e0402e298255a93ee9f822b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07e0e8d4377db43c08cd689663809d50.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e1e47da410ebb35aa0e75ae04a98d55.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16589e5e0256a258bd7e81f2602b39c8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00afe497f6d6cb5a9f90b8e407a42bb0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f67c035a1dba542a1e2288da79015927.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e01a9f3328e9a0227249e01fa30a19.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce2941ff247b25be2abbb36f25420a57.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c35d27dac82d75017690847629e8bc16.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57faa9c8e9c8b6f27bc53db170627567.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acef7bf4a450707c665f0fb914e13022.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e4bf2307f6caf353594cc56153d522.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965e210dba1434f02f55700ec8178c74.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a800fbbd7f23bbcb498e90e99b18a05c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb739370353a9a1a9a9910831dee0a89.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f602645d161725346e01ff710cf39489.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f265cc651bc4db4322ac16b3e5f010.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>451741</v>
+        <v>459716</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.75</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>451789</v>
+        <v>459723</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>451932</v>
+        <v>459907</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>38.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>451956</v>
+        <v>460248</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.3</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>451963</v>
+        <v>460477</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>165.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>451970</v>
+        <v>460514</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>451987</v>
+        <v>460804</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>451994</v>
+        <v>461016</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>13.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>452052</v>
+        <v>461047</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>452564</v>
+        <v>461078</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>2.55</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>452694</v>
+        <v>461108</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>4.55</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>452748</v>
+        <v>461122</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>452809</v>
+        <v>461184</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>452878</v>
+        <v>461214</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>21.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>453028</v>
+        <v>461269</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>30.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>453134</v>
+        <v>461528</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>453172</v>
+        <v>461610</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>44.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>453226</v>
+        <v>461634</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>8.5</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>453233</v>
+        <v>461665</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
         <v>52</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>8.5</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>453387</v>
+        <v>461870</v>
       </c>
       <c r="C21" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" t="s">
         <v>54</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="F21" s="3">
-        <v>2.0</v>
+        <v>4.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>