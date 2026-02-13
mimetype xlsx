--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,215 +14,227 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 21:00</t>
-[...14 lines deleted...]
-    <t>M�QUINA CORTA CABELO MONDIAL CR-09M - 220V</t>
+    <t>Lista gerada no: 13/02/2026 08:17</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG SM-B310E 2" DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>VASSOURA MOP SPRAY NAPPO NLM-069</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>PASSADEIRA A VAPOR NAPPO VERTICAL NEP-031 / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MONITOR HYE     16" LED HY16WLNC HDMI/VGA</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>TAPA BOCA KN95    ( 20-PCS ) DESCARTAVEL</t>
+  </si>
+  <si>
+    <t>SAUDE</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CONTROLE PLAY 3 GENERICO BLK</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>REMOVEDOR DE CALOS PROSPER P-4504 PILHA</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ALTO FALANTES ROAD 12" RS-1244   200WRMS  4OHMS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>PURIFICADOR DE AR ULTRA HAMILTON BEACH 04383</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>HAMILTON BEACH</t>
+  </si>
+  <si>
+    <t>AQUECEDOR MEGASTAR TC82 CUARZO  220V/50-60HZ</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>BATERIA CR1632 MAXELL    CART C/05P</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>TEL PAN KX-  500LX  /   /BRANCO/ C/FIO</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>CONVERSOR TV DIG SATELLITE ADTR-07</t>
+  </si>
+  <si>
+    <t>Conversores Digital</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TAPA BOCA EANNE   ( 50-PCS ) DESCARTAVEL</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER  5901   15W/E27/REC/  WHI</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER REC. 8227 01LED 2V (SOLAR)</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER REC. 8228 01LED 2V</t>
+  </si>
+  <si>
+    <t>PANELA DE PRESSAO ELERICA. MONDIAL PE-38  220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>ADAPT HDMI/HDMI EXTENSOR MICROFINS 90�</t>
-[...119 lines deleted...]
-    <t>Calculadoras</t>
+    <t>FILTRO DE LINHA SATE A-R014 USB/TIPO-C</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 12"  TS-W312S4  1600W BOB.SIMPLE</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +257,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8adf0c35ed3d6e273bfc53bca4c7f3c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1558e2a283688bfa32efaef9e45baf1c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f76e56e0afafb3690473ccce5070890.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e56d1769e0402e298255a93ee9f822b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07e0e8d4377db43c08cd689663809d50.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e1e47da410ebb35aa0e75ae04a98d55.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16589e5e0256a258bd7e81f2602b39c8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00afe497f6d6cb5a9f90b8e407a42bb0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f67c035a1dba542a1e2288da79015927.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e01a9f3328e9a0227249e01fa30a19.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce2941ff247b25be2abbb36f25420a57.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c35d27dac82d75017690847629e8bc16.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57faa9c8e9c8b6f27bc53db170627567.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acef7bf4a450707c665f0fb914e13022.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e4bf2307f6caf353594cc56153d522.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965e210dba1434f02f55700ec8178c74.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a800fbbd7f23bbcb498e90e99b18a05c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb739370353a9a1a9a9910831dee0a89.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f602645d161725346e01ff710cf39489.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f265cc651bc4db4322ac16b3e5f010.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c535baaa8bf0c3ab1655a78009794d44.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857057b198bb79ed7f302bdb3b525322.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deda0aa3b7a080eec56b480c0196f94f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c188bb9d8751869689d4ff81de3509.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c75fee4de2b6a6089a47842253ce04d6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e4d37dc9c681143e5b13468b24a9a3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5340501e3208dbbba26e1b1e86a12d7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06981bfd898e6674fc80172eadc6aef8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b46e0935d81f2074b28b23e8ce6160.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ca6af4ed67782d769f42be5f919920.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54336ff7ceba71fa7de1295a4ed52c6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6039f885c1a93299972f64f1e6f9f2da.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48f87fae47ea0d07107f532188ee6a86.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55b2bb44c8793773b5e4e1ec27f9521d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e7646e9b3f7cf693489cf38ea8a2ed.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf641c1d9a1e6f97be476b60e97f5dd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0939123680a45e5b4011d719c0dc63eb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5959174a9e919bd9270944418b32c8da.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855ec95d63c581bf2d3c943b2ea81897.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8bc621bd34921e355e000768b6adaef.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1168,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>459716</v>
+        <v>463034</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>30.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>459723</v>
+        <v>463096</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>19.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>459907</v>
+        <v>463102</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>460248</v>
+        <v>463393</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>4.75</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>460477</v>
+        <v>463492</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>1.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>460514</v>
+        <v>463553</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>14.5</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>460804</v>
+        <v>463584</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>461016</v>
+        <v>463768</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>461047</v>
+        <v>463966</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>14.5</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>461078</v>
+        <v>464109</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="F11" s="3">
         <v>15.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>461108</v>
+        <v>464130</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F12" s="3">
-        <v>24.0</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>461122</v>
+        <v>464208</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F13" s="3">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>461184</v>
+        <v>464215</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E14" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F14" s="3">
-        <v>18.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>461214</v>
+        <v>464314</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F15" s="3">
-        <v>2.3</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>461269</v>
+        <v>464369</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="F16" s="3">
-        <v>3.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>461528</v>
+        <v>464420</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="F17" s="3">
-        <v>37.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>461610</v>
+        <v>464437</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>461634</v>
+        <v>464529</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F19" s="3">
-        <v>3.25</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>461665</v>
+        <v>464901</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>29.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>461870</v>
+        <v>465236</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="E21" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="F21" s="3">
-        <v>4.8</v>
+        <v>63.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>