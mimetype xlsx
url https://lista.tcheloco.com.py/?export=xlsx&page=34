--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,227 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 08:17</t>
-[...8 lines deleted...]
-    <t>SAMSUNG</t>
+    <t>Lista gerada no: 31/03/2026 12:40</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HAC-T1A11   2.8M/720P/DM</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5918 E27 - 80W</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5917 E27 - 65W</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5919 E27 - 100W</t>
+  </si>
+  <si>
+    <t>TOSTADORA MONDIAL INOX T-13 P/2 PAES - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7037 / 1 USB-C / 3.0 /  20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>ALISADOR BRITANIA TITANIUM BLUE - 2V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MOX MO-EM60 / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>MICROFONE PTT PARA RADIO PX 4 PINOS - KT2021</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V MEGASTAR CH221 - 2 USB</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>CARREGADOR MEGASTAR CH331 / 2 USB / 1A / 2.1A / 2V</t>
   </si>
   <si>
     <t>VASSOURA MOP SPRAY NAPPO NLM-069</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>NAPPO</t>
   </si>
   <si>
-    <t>PASSADEIRA A VAPOR NAPPO VERTICAL NEP-031 / 220V</t>
-[...13 lines deleted...]
-  <si>
     <t>TAPA BOCA KN95    ( 20-PCS ) DESCARTAVEL</t>
   </si>
   <si>
     <t>SAUDE</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CONTROLE PLAY 3 GENERICO BLK</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
     <t>SONY</t>
   </si>
   <si>
     <t>REMOVEDOR DE CALOS PROSPER P-4504 PILHA</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>ALTO FALANTES ROAD 12" RS-1244   200WRMS  4OHMS</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PURIFICADOR DE AR ULTRA HAMILTON BEACH 04383</t>
   </si>
   <si>
     <t>Umidificadores</t>
   </si>
   <si>
     <t>HAMILTON BEACH</t>
   </si>
   <si>
+    <t>FRITADEIRA  AIR FRYER MONDIAL AF-55   5.5L  110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
     <t>AQUECEDOR MEGASTAR TC82 CUARZO  220V/50-60HZ</t>
   </si>
   <si>
     <t>Climatiza��o</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>BATERIA CR1632 MAXELL    CART C/05P</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>MAXELL</t>
-  </si>
-[...58 lines deleted...]
-    <t>PIONEER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -257,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c535baaa8bf0c3ab1655a78009794d44.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/857057b198bb79ed7f302bdb3b525322.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deda0aa3b7a080eec56b480c0196f94f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c188bb9d8751869689d4ff81de3509.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c75fee4de2b6a6089a47842253ce04d6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e4d37dc9c681143e5b13468b24a9a3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5340501e3208dbbba26e1b1e86a12d7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06981bfd898e6674fc80172eadc6aef8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b46e0935d81f2074b28b23e8ce6160.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ca6af4ed67782d769f42be5f919920.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54336ff7ceba71fa7de1295a4ed52c6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6039f885c1a93299972f64f1e6f9f2da.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48f87fae47ea0d07107f532188ee6a86.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55b2bb44c8793773b5e4e1ec27f9521d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e7646e9b3f7cf693489cf38ea8a2ed.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf641c1d9a1e6f97be476b60e97f5dd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0939123680a45e5b4011d719c0dc63eb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5959174a9e919bd9270944418b32c8da.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855ec95d63c581bf2d3c943b2ea81897.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8bc621bd34921e355e000768b6adaef.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bc8a6afab19fca16691df03880e54d2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5bd34dcbbd938edeab18beda40c0092.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94145af74d2c68602e11d3fd580182ba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9557a7b3181bacfb447a5c54dc0c22bc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d84785f752d8809b4783bbc610dbab.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4947a7865c191bd2181e840dc765f17.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02b1b451c77d73b22d7e16d3785a3e9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd10bb4e7305ccd9a2bcdc16137f4f05.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bca7899f1053181351c51ecba2d685d1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4749347273ed2b4d0118fa422942c9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ae372eae07524c29559ce13ae4a706.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abeae03460150ef7d135b8761370ab4e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f15757f8e054abbd319f205a437a1a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49080aba7f65f4515c82bc650771a26f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5616b29e21176c82a2aad57f5e9dc2be.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0238d8abd83d063495adb7efab499006.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e145183b82eb0464a930c1980f2cf5c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae56cde8bb3d7f5fb6bcd0a9dd57ec4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f5f7783e52efc8790da84f0097a769.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97015e989ea551285c72780a4b5aec8f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1168,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>463034</v>
+        <v>462068</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.75</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>463096</v>
+        <v>462297</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>463102</v>
+        <v>462327</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>39.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>463393</v>
+        <v>462334</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>59.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>463492</v>
+        <v>462518</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>463553</v>
+        <v>462594</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>5.99</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>463584</v>
+        <v>462617</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>5.3</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>463768</v>
+        <v>462679</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>463966</v>
+        <v>462754</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>65.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>464109</v>
+        <v>462952</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>15.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>464130</v>
+        <v>462969</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>4.66</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>464208</v>
+        <v>463096</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>464215</v>
+        <v>463492</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>464314</v>
+        <v>463553</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>5.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>464369</v>
+        <v>463584</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>3.5</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>464420</v>
+        <v>463768</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>464437</v>
+        <v>463966</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>464529</v>
+        <v>464079</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="F19" s="3">
-        <v>65.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>464901</v>
+        <v>464109</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="F20" s="3">
-        <v>6.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>465236</v>
+        <v>464130</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>63.0</v>
+        <v>4.66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>