--- v3 (2026-03-31)
+++ v4 (2026-03-31)
@@ -14,106 +14,118 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 12:40</t>
+    <t>Lista gerada no: 31/03/2026 14:01</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL POWER C/PROCESSADOR M-07 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>ALISADOR MONDIAL BLACK ROSE P-27 - 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
   <si>
     <t>CAMERA HD DAHUA DH-HAC-T1A11   2.8M/720P/DM</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
     <t>DAHUA</t>
   </si>
   <si>
     <t>L�MPADA LED ECOPOWER EP-5918 E27 - 80W</t>
   </si>
   <si>
     <t>Lampadas E27</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>L�MPADA LED ECOPOWER EP-5917 E27 - 65W</t>
   </si>
   <si>
     <t>L�MPADA LED ECOPOWER EP-5919 E27 - 100W</t>
   </si>
   <si>
     <t>TOSTADORA MONDIAL INOX T-13 P/2 PAES - 220V</t>
   </si>
   <si>
-    <t>Eletrodom�sticos</t>
-[...4 lines deleted...]
-  <si>
     <t>CARREGADOR ECOPOWER EP-7037 / 1 USB-C / 3.0 /  20W</t>
   </si>
   <si>
     <t>Fontes</t>
   </si>
   <si>
     <t>ALISADOR BRITANIA TITANIUM BLUE - 2V</t>
   </si>
   <si>
     <t>Alisadores</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
     <t>BATEDEIRA MOX MO-EM60 / 300W / 220V</t>
   </si>
   <si>
     <t>Batedeiras</t>
   </si>
   <si>
     <t>MOX</t>
   </si>
   <si>
     <t>MICROFONE PTT PARA RADIO PX 4 PINOS - KT2021</t>
@@ -142,93 +154,75 @@
   <si>
     <t>NAPPO</t>
   </si>
   <si>
     <t>TAPA BOCA KN95    ( 20-PCS ) DESCARTAVEL</t>
   </si>
   <si>
     <t>SAUDE</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CONTROLE PLAY 3 GENERICO BLK</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
     <t>SONY</t>
   </si>
   <si>
     <t>REMOVEDOR DE CALOS PROSPER P-4504 PILHA</t>
   </si>
   <si>
-    <t>Cuidados pessoais</t>
-[...1 lines deleted...]
-  <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>ALTO FALANTES ROAD 12" RS-1244   200WRMS  4OHMS</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>PURIFICADOR DE AR ULTRA HAMILTON BEACH 04383</t>
   </si>
   <si>
     <t>Umidificadores</t>
   </si>
   <si>
     <t>HAMILTON BEACH</t>
   </si>
   <si>
     <t>FRITADEIRA  AIR FRYER MONDIAL AF-55   5.5L  110V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
-  </si>
-[...13 lines deleted...]
-    <t>MAXELL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bc8a6afab19fca16691df03880e54d2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5bd34dcbbd938edeab18beda40c0092.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94145af74d2c68602e11d3fd580182ba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9557a7b3181bacfb447a5c54dc0c22bc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d84785f752d8809b4783bbc610dbab.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4947a7865c191bd2181e840dc765f17.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02b1b451c77d73b22d7e16d3785a3e9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd10bb4e7305ccd9a2bcdc16137f4f05.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bca7899f1053181351c51ecba2d685d1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4749347273ed2b4d0118fa422942c9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ae372eae07524c29559ce13ae4a706.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abeae03460150ef7d135b8761370ab4e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f15757f8e054abbd319f205a437a1a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49080aba7f65f4515c82bc650771a26f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5616b29e21176c82a2aad57f5e9dc2be.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0238d8abd83d063495adb7efab499006.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e145183b82eb0464a930c1980f2cf5c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae56cde8bb3d7f5fb6bcd0a9dd57ec4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f5f7783e52efc8790da84f0097a769.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97015e989ea551285c72780a4b5aec8f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e8fbcd0debf29c72d1e07b762e4620d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19fd16b58c842b4fe1922cb2016b5741.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665433723d2aacabe859d5cede3e4457.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5ed059a48283c464860a6be491d9037.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac63825c04210c39442765298981fd67.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4741ba569031f4e8c046710248b98c88.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3a0e1d96763e0096b7b4462521ba036.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4ca7b1fae554780688f69539a297b74.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8915fbc579ca23ecd0d703c28b4d7983.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9838e8d2108c6d87dfc72e39c2554f9f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d967fc7b7ba6dd5d6053292faadc43c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00225d8dcc68c574cabb05a4eab150ef.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ed58f10ab2190da3362b13ef544db5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1999814656217182808ab24ccb5a5747.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cf9e4526a9eb3b2b18dffce3b277b76.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02dc942c134fc36e808160d958ff6c56.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e68020213eb0322abaabf4605d6ee3ea.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b272e5dc863524b80ad9cbb44270f2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c85c95eee2df32f3fbedf22f9f77eb47.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3578d08df29946b92edd76d6017ef8f7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1163,416 +1157,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>462068</v>
+        <v>461993</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.8</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>462297</v>
+        <v>462051</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>462327</v>
+        <v>462068</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>462334</v>
+        <v>462297</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>462518</v>
+        <v>462327</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>20.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>462594</v>
+        <v>462334</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>3.3</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>462617</v>
+        <v>462518</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>17.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>462679</v>
+        <v>462594</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>462754</v>
+        <v>462617</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>462952</v>
+        <v>462679</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>1.9</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>462969</v>
+        <v>462754</v>
       </c>
       <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>1.95</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>463096</v>
+        <v>462952</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>12.5</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>463492</v>
+        <v>462969</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>463553</v>
+        <v>463096</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>6.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>463584</v>
+        <v>463492</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>5.3</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>463768</v>
+        <v>463553</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>15.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>463966</v>
+        <v>463584</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>65.5</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>464079</v>
+        <v>463768</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>63.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>464109</v>
+        <v>463966</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
         <v>52</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>464130</v>
+        <v>464079</v>
       </c>
       <c r="C21" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" t="s">
         <v>54</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>4.66</v>
+        <v>63.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>