--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,206 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 04:34</t>
-[...5 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>Lista gerada no: 29/12/2025 19:26</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH / BRANCA</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH</t>
+  </si>
+  <si>
+    <t>CABO DE ENERGIA 3 PINOS (BR)</t>
+  </si>
+  <si>
+    <t>Cabos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 2008A-12 / 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>CABO HDMI MICROFINS (3D) 20 METROS</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR BLUETOOTH CAR USBX2 / 12V - 24V</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8210 RECARREGAV�L/BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PC FONE/MIC SATE AE-368 GAMER CAMUFLADO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR -SATE   AMP-39  BLUETOOTH</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL TV LCD/LED ECOPOWER EP-8611</t>
+  </si>
+  <si>
+    <t>Eletr�nicos</t>
+  </si>
+  <si>
+    <t>FONTE ECOPOWER EP-09V P/SPEAKER</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>TOSTADOR MONDIAL INOX  T-13 2-PAES  110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>CAFETEIRA MONDIAL DOLCE AROME C-37 / INOXIDAVEL / 110V</t>
-[...32 lines deleted...]
-    <t>Cameras IP</t>
+    <t>SUPORTE PARA CELULAR LUO LU-414 BICI A PROVA DE AGUA</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>KIT LED C7  9005 36W 6000LM 12/24V (HB3)</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>C7</t>
+  </si>
+  <si>
+    <t>PX VHF VOYAGER GP-78 (HT)  SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5907 20W/EMERGENCIA - BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5908 30W/EMERGENCIA - BRANCO</t>
+  </si>
+  <si>
+    <t>A F ROAD RS-6"B  6" REBAIXADO S/TELA</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
-    <t>ALTO FALANTE ROADSTAR RS-1050 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
-[...83 lines deleted...]
-    <t>BRITANIA</t>
+    <t>PANELA PRESSAO ELET. MONDIAL PE-38  110V</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F102 USB/TF/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/909a8b31fc319d80040d28f1b123afed.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cda096ed7d803f5f9903ca90e5a06cb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed003e45c18fb48ceefa2ae5f18f8e1d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23e1e321cf36aa0336e609c8051c8b0f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a91fc71b557097cbedae7b4f9f3837.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4fc64a73f28ea5765e8ecc7c93dbd8c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/addfe626cfb53c3999eb7d1befd17559.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b915c9495c479d69670a0f1145575cd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028e9e2b3c39e14d2b69bc77966d8652.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48b15d7b0f7b508da4dc0e7f30278f68.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f12d6db405139562a5e217652fe9b1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92724bfee4f8962c315c9e3b1399687e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a81862a971b340d6a4bab6b10e6453c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19fb120e06e33c9d5e47d35d35c57c00.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271e207b584f8069d03bfe1aeef82a71.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88b307bf4fd2feab60d2bc6b2103013f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dcbb888c35740460a3b517e22fcdf3e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b011973146b6fec9aeeae5f4f02ea94.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a31aa2c6e74910a9f0fac2ff5c70f48c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b2009ba9b5b82dfae86fdabb3812261.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01e4d0c554a6e9f8a1f143f3e6a6c54e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a04a021d70b48b514aee8afe9caba00.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ddcb9de9bde7fa93f460bf0885509e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21852afdc21074e3059df97b12afa05f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/762c2c2ffa95d86fb255665444f80b64.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/475f23c357b11aa598a91515221dc478.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a42c4ac7fdc733fa8450323a3ec423.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792fc9ec494fb9cd49d2583323b9f310.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1c9d067196514117df9db5a5b7d56e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10adbd927c082c2c6a559f680554fdb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a639126b8932572aaaf8852a64d455f8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e23da456fdba820c8ef8d6b59434b47.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baa4767723039e8445d12ca52ad66ea4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd1e277744779e4a20fbbaef046aca.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76406ae92a729465fa85c9d3411454be.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40b274e1478cc358b0ed060577668c9a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f686d9dce49b240d4e9ca19bcfb55a6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d6b3339f8aa2850de68f8110c54619.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20a078ea10c5874e3aeb4acf94979b0d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce59e23ef0b3a3a5828789217e9f2c14.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>446365</v>
+        <v>453226</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>30.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>446419</v>
+        <v>453233</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>446600</v>
+        <v>453387</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>12.8</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>446952</v>
+        <v>453424</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>6.6</v>
+        <v>5.95</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>447089</v>
+        <v>453431</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>447331</v>
+        <v>453462</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>59.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>447805</v>
+        <v>454308</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>447812</v>
+        <v>454438</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>447829</v>
+        <v>454650</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>447898</v>
+        <v>454674</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>448321</v>
+        <v>454735</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>6.6</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>448444</v>
+        <v>455091</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
       <c r="E13" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>448611</v>
+        <v>455237</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>23.75</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>448666</v>
+        <v>455770</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>2.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>448680</v>
+        <v>455794</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>448734</v>
+        <v>456241</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F17" s="3">
-        <v>21.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>448901</v>
+        <v>456258</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>448918</v>
+        <v>456319</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>449250</v>
+        <v>456586</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E20" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="F20" s="3">
-        <v>13.75</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>449472</v>
+        <v>456937</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="F21" s="3">
-        <v>18.5</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>