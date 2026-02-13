--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,212 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 19:26</t>
-[...5 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>Lista gerada no: 13/02/2026 06:53</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT (FINO) 400W - 220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>TABUA DE CARNE/LEGUMES S376 (BAMBOO)</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>C�MERA CAR SATELLITE A-DVR021 (DVR) 2.4"</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-CB2432 40CH/AM/FM/SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-CB2550 40CH/AM/FM/SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>DVR TUCANO       4CH/         TC-D804</t>
+  </si>
+  <si>
+    <t>DVR</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>BATER�A AUXILIAR TUCANO / 20000MAH</t>
-[...71 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>DVR TUCANO       4CH/         TC-D604</t>
+  </si>
+  <si>
+    <t>M�QUINA CORTA CABELO MONDIAL CR-09M - 220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>SUPORTE PARA CELULAR LUO LU-414 BICI A PROVA DE AGUA</t>
-[...2 lines deleted...]
-    <t>Acessorios Para Bike</t>
+    <t>MINI PROCESSADOR  SATE AP-25 USB REC - 3 LAMINAS</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR HYJ181BT USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC089N 2X1 PINK - 110V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL MEGASTAR FMA8C - 220V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MEGASTAR NRA72A - 220V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR PORT�TIL MEGASTAR MY126 - RECARREG�VEL</t>
+  </si>
+  <si>
+    <t>ABAFADOR DE TIRO ESPORTIVO SATE AE-740</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>LAMPA LED - ATMOSFERICA MEGASTAR GIRATORIO - 2V</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 12" LUO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>KIT LED C7  9005 36W 6000LM 12/24V (HB3)</t>
-[...26 lines deleted...]
-    <t>A F ROAD RS-6"B  6" REBAIXADO S/TELA</t>
+    <t>M�QUINA DE BARBEAR MONDIAL SUPERGROOM-10 BG-03 - 2V</t>
+  </si>
+  <si>
+    <t>A F NAKAMICHI SUB 12"NSW12D B.DUPLA 120W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...8 lines deleted...]
-    <t>Som</t>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA SUNLIGHT S150  500ML INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01e4d0c554a6e9f8a1f143f3e6a6c54e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a04a021d70b48b514aee8afe9caba00.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ddcb9de9bde7fa93f460bf0885509e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21852afdc21074e3059df97b12afa05f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/762c2c2ffa95d86fb255665444f80b64.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/475f23c357b11aa598a91515221dc478.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a42c4ac7fdc733fa8450323a3ec423.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/792fc9ec494fb9cd49d2583323b9f310.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1c9d067196514117df9db5a5b7d56e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10adbd927c082c2c6a559f680554fdb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a639126b8932572aaaf8852a64d455f8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e23da456fdba820c8ef8d6b59434b47.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baa4767723039e8445d12ca52ad66ea4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd1e277744779e4a20fbbaef046aca.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76406ae92a729465fa85c9d3411454be.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40b274e1478cc358b0ed060577668c9a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f686d9dce49b240d4e9ca19bcfb55a6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2d6b3339f8aa2850de68f8110c54619.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20a078ea10c5874e3aeb4acf94979b0d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce59e23ef0b3a3a5828789217e9f2c14.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f9e9c20e1c25109eb979485f97d53b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7afe7a4d06bfd29dc2095f261f9a42a4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600c0022ec99d1566563702a3437cf52.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df4b3ebe4359eca520447503251e70f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ecf006bc5f62c9a7e458c7bafd092a9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896ef15b5961c6c7541eb48789f7d6c9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3163e57a0bf46fc1919818442cc30525.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230b19d13e496e4a40bc4aad219e9877.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c8b4db32862e582640465e27186e7f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83414a46ad8baf46c0230838c514f9a4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907d47267acab2a6ea38a670e87f022e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9c35c2fb34e63f6e8a715abd51add2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb1c733cd44fb390002b49053d9d4d2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81d7d849644dc51544e59803e5e2ab4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a99fddfdc2cfdbc8ae2572978196df86.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e4bd32fcfbb8e21bc528ee9eedeac0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3caa87ca2a35e37d81b8050f9170424.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df20bf6febc79fd4af2ebe1567d27106.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11112a89c3d623dd307e9b61f5f8f539.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bcbed863c18de18d991c513065e0b5c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>453226</v>
+        <v>459105</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>453233</v>
+        <v>459211</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>8.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>453387</v>
+        <v>459464</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>453424</v>
+        <v>459501</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>5.95</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>453431</v>
+        <v>459518</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>453462</v>
+        <v>459716</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>3.25</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>454308</v>
+        <v>459723</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>454438</v>
+        <v>459907</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>454650</v>
+        <v>460804</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>4.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>454674</v>
+        <v>461016</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>2.6</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>454735</v>
+        <v>461047</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>3.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>455091</v>
+        <v>461078</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>20.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>455237</v>
+        <v>461108</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>4.9</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>455770</v>
+        <v>461122</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>455794</v>
+        <v>461184</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>49.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>456241</v>
+        <v>461214</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>456258</v>
+        <v>461269</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>456319</v>
+        <v>461344</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="F19" s="3">
-        <v>12.5</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>456586</v>
+        <v>461610</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>65.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>456937</v>
+        <v>461634</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>3.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>