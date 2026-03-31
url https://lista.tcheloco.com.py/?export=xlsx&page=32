--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,206 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 06:53</t>
+    <t>Lista gerada no: 31/03/2026 10:35</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL K8 PARA CELULAR IPHONE</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONTE RECEPTORES/TV BOX UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Receptores e TV BOX</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PARA PC/MICROFONE SATE AE-358 GAMER USB 7.1</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PURIFICADOR DE AR ECOPOWER EP-C813 IONS NEGATIVO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PURIFICADOR DE AIRE ECOPOWER EP-C812 ION NEGATIVO</t>
+  </si>
+  <si>
+    <t>RECEPTOR SATELITE GLOBALSAT 120 PRO MAX WIFI 4K</t>
+  </si>
+  <si>
+    <t>Satelital</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
+  </si>
+  <si>
+    <t>ARO LED SATELLITE A-MK09  10"</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>ARO LED SATELLITE A-MK10 10" + TRIPE 2.10M</t>
+  </si>
+  <si>
+    <t>TERM�METRO DE PISTOLA INFRAVERMELHA HYUNDAY F02</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>CABO DE ENERG�A 3 PINOS (ANTIGUO)</t>
+  </si>
+  <si>
+    <t>Cabos</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MONDIAL S-07 / INOX / GRILL / 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
   <si>
     <t>REFLETOR LED FLOOD LIGHT (FINO) 400W - 220V</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
+    <t>REFLETOR LED FLOOD LIGHT (FINO) 600W - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>CAFETEIRA EL�TRICA BRITANIA CP15 INOX -  110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
   </si>
   <si>
     <t>TABUA DE CARNE/LEGUMES S376 (BAMBOO)</t>
   </si>
   <si>
     <t>Churrasqueiras</t>
   </si>
   <si>
     <t>C�MERA CAR SATELLITE A-DVR021 (DVR) 2.4"</t>
   </si>
   <si>
     <t>Cameras Automotivas</t>
   </si>
   <si>
-    <t>SATE</t>
-[...1 lines deleted...]
-  <si>
     <t>RADIO PX VOYAGER VR-CB2432 40CH/AM/FM/SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
-    <t>RADIO PX VOYAGER VR-CB2550 40CH/AM/FM/SEM GARANTIA</t>
-[...1 lines deleted...]
-  <si>
     <t>DVR TUCANO       4CH/         TC-D804</t>
   </si>
   <si>
     <t>DVR</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>DVR TUCANO       4CH/         TC-D604</t>
   </si>
   <si>
     <t>M�QUINA CORTA CABELO MONDIAL CR-09M - 220V</t>
-  </si>
-[...82 lines deleted...]
-    <t>SUNLIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f9e9c20e1c25109eb979485f97d53b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7afe7a4d06bfd29dc2095f261f9a42a4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600c0022ec99d1566563702a3437cf52.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df4b3ebe4359eca520447503251e70f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ecf006bc5f62c9a7e458c7bafd092a9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896ef15b5961c6c7541eb48789f7d6c9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3163e57a0bf46fc1919818442cc30525.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230b19d13e496e4a40bc4aad219e9877.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c8b4db32862e582640465e27186e7f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83414a46ad8baf46c0230838c514f9a4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907d47267acab2a6ea38a670e87f022e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9c35c2fb34e63f6e8a715abd51add2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb1c733cd44fb390002b49053d9d4d2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c81d7d849644dc51544e59803e5e2ab4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a99fddfdc2cfdbc8ae2572978196df86.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e4bd32fcfbb8e21bc528ee9eedeac0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3caa87ca2a35e37d81b8050f9170424.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df20bf6febc79fd4af2ebe1567d27106.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11112a89c3d623dd307e9b61f5f8f539.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bcbed863c18de18d991c513065e0b5c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09de9b38f93f97ead35188b5294f2416.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422ff02f5307fe7735d4de7068015cd1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa66cdca527a0884e4697874764747a7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7de18d19612dac554ba141c0090b9f1c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e6709ff82c4fc8b6d8d3fc8bcba6aa5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32c8d5986ac9bf6576d6d92058062443.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f353b14be4049fb969d1234dd629be1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc29f620d823c07e2b46a5d94393a2c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f4a7bd4f4ca5968a1ba040620861939.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99171a0b60d0167a97d92d7d718789e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8751f4964a21eafe52fd3517816baa24.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1d2a0a80856eb0ed8fcf7e7aa73a99.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57b2a3fa53be207cb22d910c85d9a2e3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085c59adf360a4eef1626e5cfb57f93d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb2add1b38fd9768803182641232e3f2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2958cd4f912c74769799c197e5666e97.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d69d75c5e99d720ec3ffc0e4dea64f9d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41adcd36e6818178005992bc9b404a6d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/894f0637a3cb4041221c858620886d83.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f097f5df6fb491dc6513cd523c4655d7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>459105</v>
+        <v>457866</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>459211</v>
+        <v>457880</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>459464</v>
+        <v>457897</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>15.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>459501</v>
+        <v>457927</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>33.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>459518</v>
+        <v>457934</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>39.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>459716</v>
+        <v>457989</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>459723</v>
+        <v>458030</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>11.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>459907</v>
+        <v>458047</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>460804</v>
+        <v>458177</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>461016</v>
+        <v>458795</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>461047</v>
+        <v>458993</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>14.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>461078</v>
+        <v>459105</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>461108</v>
+        <v>459112</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>24.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>461122</v>
+        <v>459136</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>31.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>461184</v>
+        <v>459211</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>461214</v>
+        <v>459464</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>2.3</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>461269</v>
+        <v>459501</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>461344</v>
+        <v>459716</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>461610</v>
+        <v>459723</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
         <v>47</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>22.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>461634</v>
+        <v>459907</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="F21" s="3">
-        <v>3.25</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>