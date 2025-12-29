--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,206 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 02:56</t>
-[...2 lines deleted...]
-    <t>VENTILADOR  HYUNDAI HY-FSC40ABW COLUNA 16" 110V</t>
+    <t>Lista gerada no: 29/12/2025 17:37</t>
+  </si>
+  <si>
+    <t>PANELA  GRILL MOX MO-KEC01 / 1500W  / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>MOUSEPAD SATE A-PAD021 PRETO 27X32CM</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD034- 30X80CM -  AZUL</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATELLITE A-H6605 3.2LT - 2V</t>
   </si>
   <si>
     <t>Climatiza��o</t>
   </si>
   <si>
-    <t>HYUNDAI</t>
-[...2 lines deleted...]
-    <t>VENTILADOR HYUNDAI HY-FD30ABW - MESA - 12 POLEGADAS - 110V</t>
+    <t>TECLADO SATTELITE USB - AK-833 - ESPANHOL</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>DISPENSADOR DE ALCOOL EM GEL - COM SENSOR - SOAP MAGIC</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SACA ROLHAS RECARREG�VEL BIVOLT SATELLITE A-WP006</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA CP15 - 15-CAF / 220V / PRETO</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FONE GAMER KOLKE GAMER SPARTAN - KGA-161</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>MOUSEPAD KOLKE - KED-150 - ERGONOMICO</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL POWER - COM PROCESSADOR - M-07 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 10" TS-A2500LS4 1200W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>TV 32'' SMART LED ECOPOWER EP-TV032 / WIFI / DGT</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRER  ELETRICA MONDIAL - AF-30I - 3.5 LITROS - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE ACABAMENTO MONDIAL - MA-01 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ARO  SATELLITE LED A-MK03 - 10 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>FONE ECOPOWER EP-H137 - BLUETOOTH - AIRPODS</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>M�QUINA DE BARBEAR BAK BK-389 RECARG�VEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA230 QUENTE/FRIO - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR PORT�TIL ECOPOWER EP-110 RECARREGAVEL - 2V</t>
   </si>
   <si>
     <t>Ventiladores</t>
-  </si>
-[...118 lines deleted...]
-    <t>Ilumina��o</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63935e62a4772992cd90278bb5705c01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38863ae4071d6007a34d60689232dca1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8e873c461fccafa609e7508fc7a8fef.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbfb51656eca17a438910d70c5f56189.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238983c8f12129f3857349fac5d51e38.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082748cf8d6e806e23201dc4908abc9f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301c8ff36ad296f246f7bd1f6917b42d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07a615519decf630587f5a83ad1f152.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5358de43e52b88fcb1219b911174ad0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0918551304b718380d022b32e425f0b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/307630d13308dd13752b4180d05fb036.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4ba56b4eb60563b913bad42f864404.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0271c2c8809bda0967f95239ba06a8a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d7cc94a69fa9c4b712f0efc9be07d2c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d0e3e1f1f3b4c64f3062a6457bb11c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8e6c66b347ff8f54d0317494e3790e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11ced15a57e251bf3928d8b1cbce9046.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1bee0e3232cff13f863af0ad09540d5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f421f3fd8208ed2a51d6489fcb4c269.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77fb947a7e578becc0dc22b70617843.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0f6714a5f3beaab2129f57d09be1a1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a6aa28c6b849fb3f60d0c91cce4596f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb5056996933920b68b03be7fe1e3239.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d3eed482f509701260425aeaf33752.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5d2893671be1f59f3cc5ddca71aa3a5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59291a728b16463dca9054b49baf9ece.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f6c7accd7ef34e4dd4bc58a1b10c276.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1dec41fa8c355e3bb1b7f2b91b30338.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f6303fab032e8fab23f1bc5026bf08.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d126d32525ddce0aa59973da9b2490b8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c96ba9f3612a7b8e2b15a8e3852fafd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62e68e2d8e13f334cf80856bf3696ae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d2a80616ff96d393b9aa6bfa517521.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64988c9cd999d601c296dfdf72076f15.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a68616762bd84d65200fb065e50b4c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa878ce9c537f4cd6aae0c77a267d60.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a292d308b316c2834f7a1c5b2eb8b39b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64a88971572b757ccaf7589e630beea.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3a0cb025e31d914f863396504dd43b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac4d177a172c937cc73629a94af19190.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>440790</v>
+        <v>448611</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>23.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>440806</v>
+        <v>448666</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>440813</v>
+        <v>448680</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>440844</v>
+        <v>448734</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>49.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>440936</v>
+        <v>448901</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>34.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>441056</v>
+        <v>448918</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>22.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>441070</v>
+        <v>449250</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>441230</v>
+        <v>449472</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>25</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>213.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>441261</v>
+        <v>449588</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>21.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>441278</v>
+        <v>449601</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>21.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>441285</v>
+        <v>449908</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>441292</v>
+        <v>450423</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>11.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>441315</v>
+        <v>450461</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>8.5</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>441452</v>
+        <v>450621</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>19.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>441612</v>
+        <v>450638</v>
       </c>
       <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>441735</v>
+        <v>450720</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>50.0</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>442176</v>
+        <v>450751</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>9.75</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>442732</v>
+        <v>450942</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>1.3</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>442985</v>
+        <v>451024</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>6.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>443197</v>
+        <v>451123</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>3.75</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>