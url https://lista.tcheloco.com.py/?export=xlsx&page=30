--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,215 +14,227 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 17:37</t>
-[...2 lines deleted...]
-    <t>PANELA  GRILL MOX MO-KEC01 / 1500W  / 220V</t>
+    <t>Lista gerada no: 13/02/2026 05:29</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO I12 / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>TRIPE TUCANO TTX-6218 128CM</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASE 10 MICRO SD KINGSTON 64GB 100MB/S</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK TL-RE305 DUAL BAND WFI</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>PILHA RECARGAVEL MOX  AAA 3600MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>BATERIA CR1632 PANASONIC CART C/05P</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSR40ABW-L COLUMNA - 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ONIDA ON-7044 (HAIR CURLER) - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL MEGASTAR TXG066  / 220V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
-    <t>MOX</t>
-[...5 lines deleted...]
-    <t>Mouse</t>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SUPORTE P/CEL UNIVERSAL LUO LU-309</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH / BRANCA</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH</t>
+  </si>
+  <si>
+    <t>CABO DE ENERGIA 3 PINOS (BR)</t>
+  </si>
+  <si>
+    <t>Cabos</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>PC MOUSEPAD SATELLITE - A-PAD034- 30X80CM -  AZUL</t>
-[...32 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>CALCULADORA TRULY 2008A-12 / 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>CABO HDMI MICROFINS (3D) 20 METROS</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR BLUETOOTH CAR USBX2 / 12V - 24V</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR BRITANIA BLQ970 TURBO COM FILTRO -  220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>FONE GAMER KOLKE GAMER SPARTAN - KGA-161</t>
-[...29 lines deleted...]
-    <t>Televis�es</t>
+    <t>RADIO CAR ECOPOWER EP-618 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRER  ELETRICA MONDIAL - AF-30I - 3.5 LITROS - 220V</t>
+    <t>TRANSMISSOR -SATE   AMP-39  BLUETOOTH</t>
+  </si>
+  <si>
+    <t>TOSTADOR MONDIAL INOX  T-13 2-PAES  110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>MONDIAL</t>
-  </si>
-[...40 lines deleted...]
-    <t>Ventiladores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +257,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0f6714a5f3beaab2129f57d09be1a1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a6aa28c6b849fb3f60d0c91cce4596f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb5056996933920b68b03be7fe1e3239.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d3eed482f509701260425aeaf33752.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5d2893671be1f59f3cc5ddca71aa3a5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59291a728b16463dca9054b49baf9ece.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f6c7accd7ef34e4dd4bc58a1b10c276.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1dec41fa8c355e3bb1b7f2b91b30338.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f6303fab032e8fab23f1bc5026bf08.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d126d32525ddce0aa59973da9b2490b8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c96ba9f3612a7b8e2b15a8e3852fafd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62e68e2d8e13f334cf80856bf3696ae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d2a80616ff96d393b9aa6bfa517521.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64988c9cd999d601c296dfdf72076f15.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a68616762bd84d65200fb065e50b4c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa878ce9c537f4cd6aae0c77a267d60.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a292d308b316c2834f7a1c5b2eb8b39b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64a88971572b757ccaf7589e630beea.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3a0cb025e31d914f863396504dd43b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac4d177a172c937cc73629a94af19190.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5eb3b02cca81f6950fce70e3a60fe6d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d237e9b5d406b5e272d8816458182b5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/740e4349d5a66110a50073aa8eec6b6f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053b63a1d8202837edfb04bf067263de.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816756cdc4a4392b503c2e92b868125c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14f935c870502918f0310264473eb248.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0c5d081b546dea2430988fe0d3bea4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a19bda53f3f1802594e8a0b8d740db2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50eec5928aa3d0d318252c8d0488688d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655834e46a11a4bad0845972b661eff0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62c139d80064f172d379b10f5c1e2cd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aabe3e018c6a7e43bec800779000a2a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb8bbf86c4408feae3c7a3464fcde8b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c909b99e5597d43c9086e2dc528b241.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a76aa25a9a8f52554f4d3e5f058537b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4799c4891ff8a9dfbbba6e183714366.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9662f7051f9fb225c9a55fce7df9e60c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d28dd0c2264ce2ad9806239cb50f54.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa40f99414c4caa0456623c831f54d09.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/047908dc5cabdbcc68fc098b43161a36.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1168,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>448611</v>
+        <v>451987</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>448666</v>
+        <v>451994</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>2.5</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>448680</v>
+        <v>452052</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>448734</v>
+        <v>452304</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>21.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>448901</v>
+        <v>452564</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>448918</v>
+        <v>452694</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>449250</v>
+        <v>452748</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>13.75</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>449472</v>
+        <v>452878</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>18.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>449588</v>
+        <v>453028</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>449601</v>
+        <v>453097</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>3.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>449908</v>
+        <v>453226</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>450423</v>
+        <v>453233</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>93.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>450461</v>
+        <v>453387</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>86.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>450621</v>
+        <v>453424</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>42.0</v>
+        <v>5.95</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>450638</v>
+        <v>453431</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>450720</v>
+        <v>453462</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F17" s="3">
-        <v>7.3</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>450751</v>
+        <v>454162</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="F18" s="3">
-        <v>5.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>450942</v>
+        <v>454506</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>451024</v>
+        <v>454650</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>48.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>451123</v>
+        <v>455091</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>20.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>