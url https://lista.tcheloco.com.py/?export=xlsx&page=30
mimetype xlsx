--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,227 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 05:29</t>
+    <t>Lista gerada no: 31/03/2026 08:50</t>
+  </si>
+  <si>
+    <t>ANDROID BOX XIAOMI MI TV STICK MDZ-24-AA FULL HD</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  32GB 100M</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>RAQUETE ELET. GECKO   MATA MOSCA LTD-008</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MINI MIXER ECOPOWER EP-2997 / A PILHA</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  64GB 100M</t>
+  </si>
+  <si>
+    <t>C�MERA IP ECOPOWER EP-C009 HD 3.0MP WIFI/BRANCO</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO HS18 SMART/WIFI/HD/PROFIS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA HD TUCANO COLOR MODEL-320 3.6MM INTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DVR TUCANO  KIT  8CH/ 8-CAM S/FIO   WF08</t>
+  </si>
+  <si>
+    <t>SEGURANCA</t>
+  </si>
+  <si>
+    <t>CARREGADOR LITERNA CAMERA PARA BATERIA 18650</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>FONE DE OUVIDO TUCANO I12 / BLUETOOTH</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...1 lines deleted...]
-  <si>
     <t>TRIPE TUCANO TTX-6218 128CM</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>MEMORIA CLASE 10 MICRO SD KINGSTON 64GB 100MB/S</t>
   </si>
   <si>
-    <t>Cartoes de Memoria</t>
-[...1 lines deleted...]
-  <si>
     <t>KINGSTON</t>
   </si>
   <si>
     <t>PC ROUTER TP-LINK TL-RE305 DUAL BAND WFI</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>TP-LINK</t>
   </si>
   <si>
     <t>PILHA RECARGAVEL MOX  AAA 3600MA / 2 PCS</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>MOX</t>
   </si>
   <si>
     <t>BATERIA CR1632 PANASONIC CART C/05P</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>VENTILADOR  HYUNDAI HY-FSR40ABW-L COLUMNA - 16" 110V</t>
   </si>
   <si>
     <t>Climatiza��o</t>
   </si>
   <si>
     <t>HYUNDAI</t>
   </si>
   <si>
+    <t>COOLER PARA NOTEBOOK SATELLITE A-CP19 - PRETO</t>
+  </si>
+  <si>
+    <t>Cooler P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
     <t>MODELADOR DE CACHOS ONIDA ON-7044 (HAIR CURLER) - BIVOLT</t>
   </si>
   <si>
     <t>MODELADORES</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>SANDUICHEIRA GRILL MEGASTAR TXG066  / 220V</t>
-[...86 lines deleted...]
-    <t>MONDIAL</t>
+    <t>BATERIA +13  POWER ONE P13 COM 06 UNIDADES (AP. SURDEZ)</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>POWER ONE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -257,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5eb3b02cca81f6950fce70e3a60fe6d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d237e9b5d406b5e272d8816458182b5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/740e4349d5a66110a50073aa8eec6b6f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053b63a1d8202837edfb04bf067263de.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816756cdc4a4392b503c2e92b868125c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14f935c870502918f0310264473eb248.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0c5d081b546dea2430988fe0d3bea4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a19bda53f3f1802594e8a0b8d740db2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50eec5928aa3d0d318252c8d0488688d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655834e46a11a4bad0845972b661eff0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62c139d80064f172d379b10f5c1e2cd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aabe3e018c6a7e43bec800779000a2a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fb8bbf86c4408feae3c7a3464fcde8b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c909b99e5597d43c9086e2dc528b241.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a76aa25a9a8f52554f4d3e5f058537b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4799c4891ff8a9dfbbba6e183714366.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9662f7051f9fb225c9a55fce7df9e60c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96d28dd0c2264ce2ad9806239cb50f54.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa40f99414c4caa0456623c831f54d09.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/047908dc5cabdbcc68fc098b43161a36.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d2a3d2977eda2be145974842d5fee5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60201348caa8bb5f10420468b3364a9f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b3a5fff3aba96a841c6eeb69668fdb0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef005555687ba6cb469b2375f138006c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d75e600c8af18480ae49a7c1cc4dae.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052471ca8cc209401ab577895acd705a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8e1c1163638e56342579c805ed30c1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25009e304f600f1e6072319343721ca0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a65205df4f5a8eb11263d1541fb549b0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4805f9f558501a18ed8f8697e0f03a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bb4e8760f19c297e974a5b7603cd86e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ca453333f15f23af7242773be6fc1a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eca24f0cbd3765dc59611eb4de901401.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b918ce1a85f849bf82beabf1361c92d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c868627890c2c34ba2099f0be3b489d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b76e2edf28fc665e023bb1ba3c86ac5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c5f497e371a0b1d21aab0bcde7460e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21a19329ac1e42da37815b647f1c2af9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1ef82d49dedb43b49e3dd356fd0441c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6478afd3d9c4ae032bcefcb8813b91ff.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1199,386 +1190,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>451987</v>
+        <v>451321</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>451994</v>
+        <v>451598</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.75</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>452052</v>
+        <v>451642</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>10.75</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>452304</v>
+        <v>451697</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>452564</v>
+        <v>451741</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>2.55</v>
+        <v>12.25</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>452694</v>
+        <v>451789</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>4.55</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>452748</v>
+        <v>451932</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>452878</v>
+        <v>451956</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>453028</v>
+        <v>451963</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>32.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>453097</v>
+        <v>451970</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>2.6</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>453226</v>
+        <v>451987</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>8.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>453233</v>
+        <v>451994</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>8.5</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>453387</v>
+        <v>452052</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>2.0</v>
+        <v>10.56</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>453424</v>
+        <v>452304</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>5.95</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>453431</v>
+        <v>452564</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>453462</v>
+        <v>452694</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>3.25</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>454162</v>
+        <v>452748</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>23.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>454506</v>
+        <v>452809</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>454650</v>
+        <v>452878</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>4.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>455091</v>
+        <v>452915</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>20.5</v>
+        <v>2.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>