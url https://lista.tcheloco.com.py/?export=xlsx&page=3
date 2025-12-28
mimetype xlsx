--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -34,80 +34,92 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 07:01</t>
+    <t>Lista gerada no: 28/12/2025 17:51</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 60ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PC FONE MICROFONE SATELLITE AE-335</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>SATE</t>
   </si>
   <si>
     <t>MAQUINA PANASONIC - ER-224</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>TEL VOYAGER VR-678  (EXTRA)</t>
   </si>
   <si>
     <t>Comunica��es</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>SPRAY DE PIMENTA 40ML</t>
   </si>
   <si>
-    <t>Seguran�a</t>
-[...4 lines deleted...]
-  <si>
     <t>PANELA DE ARROZ 2.8L R600 110V</t>
   </si>
   <si>
     <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
     <t>WATERPIK WP-100W  110V (ULTRA)</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>CABO  AUDIO-VIDEO PARA CAMERA SAM S630 / 760 / 860</t>
   </si>
   <si>
     <t>Acess. p/camera digital</t>
   </si>
   <si>
     <t>SAMSUNG</t>
   </si>
   <si>
     <t>FITA PARA LIMPADORA 8MM SONY</t>
@@ -167,62 +179,50 @@
     <t>DESPERTADOR CASIO TQ-140</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR 18POL RS-18200SB 6800W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>KIT XENON HID HB-3/12000K/9005</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>PENDRIVE SANDISK 32GB Z50 - MINI - PRETO E VERMELHO</t>
   </si>
   <si>
     <t>Pen Drives</t>
   </si>
   <si>
     <t>SANDISK</t>
-  </si>
-[...10 lines deleted...]
-    <t>TRULY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a520e7d0c920bd05553d199ffe120522.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a2880f14d90f58bab41bf0076e40ad.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cd3ad333d54fd392c4882158ae581b4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d14451982216564826dd8aeb2ebeb35d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/674167ef8db4762d93f32135b34e1b57.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65be625fa2213e0e8d07348c8cf03b1d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d32257fad44885eb5ec3beb86d17088.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7db1f4a03b9febbae70dbd26d53e2748.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd985ad2443a06cb481605db5b5aeb45.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/561f2afcaadcbfefc23d3cfc6943f616.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e3d5e8614af5032d160e069c3765cb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abe654ad8064e9ec3782ecbb5129e6ae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dbb7bb18b13909752f97ed9b5b1d767.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d3e6bb3b58a784e7513bf338c93a115.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aa78a4f75a63cc0ebff64af4db3b1ff.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a74c3961d22855ddc4965d3b324e4a7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b91756f12a03ee5cd78a1cb42cfa9d4a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e4ede9bdfd00345f08fefeb9c969e38.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d00f6d479b8fc383d8cbad3855276d7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010ee67d19047c4ff1fd033a64df8839.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8ffee685722c704b68c51fb3e8b24e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/259e78ac19e57b0df4d9b46e0caa0a6d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791137fb53d2fb151534225a5e17a9e1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f00eed1be5beb56400adfd41b815ea.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37043bd37346f3d51ee45f34e7ce0a43.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e425ed69f7cd04eff7da1513c842086b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7511c7a4601ed01ab96bf99497072314.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55edc1af20e949dc7405614dba543eee.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fefec410ba830bb8a5ae2292e6abf87.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c67eaaeab8c0bb44083ae3e51507bc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e514cceb6750c953a673dbd7107c9a2f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdbc9848513ec3c318eaee21a5246c1b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a707b541f6ec14cd3b971ab8bab93f33.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f2f6b3c22a594281d62b3352408c08.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c8cb8e1a4eec232f68a46cd11ac62e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1e8c5f0b6e49cbc5977103e9f216061.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6b553c3f0f3f1351183f24589fec5f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d52c63d9e0f2ddb3636fc0872db1e2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c1a651bbf62538b14bad2000700183f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1927c66f49837aba9336c620510a7d1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1187,386 +1187,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>16629</v>
+        <v>15899</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>37.5</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>18371</v>
+        <v>15981</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>39.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>18647</v>
+        <v>16629</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.8</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>22187</v>
+        <v>18371</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>42.75</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>24549</v>
+        <v>18647</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>67.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>29773</v>
+        <v>22187</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>0.8</v>
+        <v>42.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>34524</v>
+        <v>24549</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>4.25</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>36740</v>
+        <v>29773</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>1.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>36894</v>
+        <v>34524</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" t="s">
         <v>29</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>20.0</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>45254</v>
+        <v>36740</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>48941</v>
+        <v>36894</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>34</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>56120</v>
+        <v>45254</v>
       </c>
       <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
         <v>36</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>18.9</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>56571</v>
+        <v>48941</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>2.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>58957</v>
+        <v>56120</v>
       </c>
       <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>61582</v>
+        <v>56571</v>
       </c>
       <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" t="s">
         <v>42</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>61766</v>
+        <v>58957</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>45</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>63.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>62909</v>
+        <v>61582</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>63920</v>
+        <v>61766</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19" t="s">
         <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>3.78</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>65276</v>
+        <v>62909</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>89.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>67379</v>
+        <v>63920</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>53</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>4.8</v>
+        <v>4.78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>