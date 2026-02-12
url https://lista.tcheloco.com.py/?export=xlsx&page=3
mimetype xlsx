--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -14,215 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 17:51</t>
-[...5 lines deleted...]
-    <t>Seguran�a</t>
+    <t>Lista gerada no: 12/02/2026 09:15</t>
+  </si>
+  <si>
+    <t>PANELA DE ARROZ 2.8L R600 110V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>PC FONE MICROFONE SATELLITE AE-335</t>
-[...2 lines deleted...]
-    <t>Fones P/Pc</t>
+    <t>WATERPIK WP-100W  110V (ULTRA)</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>CABO  AUDIO-VIDEO PARA CAMERA SAM S630 / 760 / 860</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>FITA PARA LIMPADORA 8MM SONY</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>ADAPTADOR USB SATELLITE (2X1)  AL-10</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MORE FITNESS MF-09NB - 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS MANUAL MF-225</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>AUTO FALANTE ROADSTAR RS-12SW - 12 POLEGADAS - 2500W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE  ROADSTAR RS-6909   6X9  480W  (240WRMS)</t>
+  </si>
+  <si>
+    <t>BATERIA CASIO NP-60 (BAK) GENERICA</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-140</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>KIT XENON HID HB-3/12000K/9005</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK 32GB Z50 - MINI - PRETO E VERMELHO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600D     3500W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 6001 - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR BRITANIA 2P - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MALETA P/NOTEBOOK A-KP40 15.4" SATELLITE</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MAQUINA PANASONIC - ER-224</t>
-[...89 lines deleted...]
-    <t>PANELA DE ARROZ BRITANIA BRPA5 - 110V</t>
+    <t>BABA ELETRONICA M-FITNES MF-863 AZUL 2V</t>
+  </si>
+  <si>
+    <t>Baba Eletronica</t>
+  </si>
+  <si>
+    <t>OMELETEIRA BRITANIA 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>BRITANIA</t>
-[...26 lines deleted...]
-    <t>SANDISK</t>
+    <t>BINA CONVERTER KXT-1CD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8ffee685722c704b68c51fb3e8b24e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/259e78ac19e57b0df4d9b46e0caa0a6d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791137fb53d2fb151534225a5e17a9e1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f00eed1be5beb56400adfd41b815ea.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37043bd37346f3d51ee45f34e7ce0a43.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e425ed69f7cd04eff7da1513c842086b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7511c7a4601ed01ab96bf99497072314.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55edc1af20e949dc7405614dba543eee.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fefec410ba830bb8a5ae2292e6abf87.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c67eaaeab8c0bb44083ae3e51507bc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e514cceb6750c953a673dbd7107c9a2f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdbc9848513ec3c318eaee21a5246c1b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a707b541f6ec14cd3b971ab8bab93f33.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9f2f6b3c22a594281d62b3352408c08.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c8cb8e1a4eec232f68a46cd11ac62e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1e8c5f0b6e49cbc5977103e9f216061.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6b553c3f0f3f1351183f24589fec5f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d52c63d9e0f2ddb3636fc0872db1e2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c1a651bbf62538b14bad2000700183f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1927c66f49837aba9336c620510a7d1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed0fe8f30b851b1bbcc97106a66d1410.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7a5fc256b25ff63d04a03cc1054f772.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34872bf8629ffa2beeaade060622783.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad430321d0d89b0463dc7326025ec87.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4891ea9eedd9fe2dac797f28227517f9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86740538bf07851c0428f3d3e4c156ab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0c4b210c5c958ef24ee9b969c7dcaa0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0e8c34a392df415dbc182f709b14d6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79fe0cef56292b81eff26e537ab09db.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a7681648caf81fe341d9e3b5cc72fd9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96d36e597997d9ee5cf0e3dc932439f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251421055a6daa4b8fac4e58aaa276f2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3214b18c565448e2237a587f6969dbb0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75cfa4020fc499446fad101247aebd08.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f4a1d42318d1d3320911f63bb5e134.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8af6ce8a3d9df4efe2755d1d46baeb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a83272519fc15b1516554cac53a7ba.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a20862d47cd812f8baabfdd82613c80f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9879f82e71455bab554c0598a20a5b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a1522dff4e9265bf5518cf58dcf9caa.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1187,386 +1184,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>15899</v>
+        <v>22187</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.99</v>
+        <v>42.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>15981</v>
+        <v>24549</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.8</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>16629</v>
+        <v>29773</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>37.5</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>18371</v>
+        <v>34524</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>39.0</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>18647</v>
+        <v>36740</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>2.8</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>22187</v>
+        <v>36894</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>42.75</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>24549</v>
+        <v>45254</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>67.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>29773</v>
+        <v>48941</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>0.8</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>34524</v>
+        <v>56120</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>4.25</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>36740</v>
+        <v>56571</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>1.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>36894</v>
+        <v>61582</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>45254</v>
+        <v>62909</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>48941</v>
+        <v>63920</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>23.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>56120</v>
+        <v>65276</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>18.9</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>56571</v>
+        <v>67379</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>2.5</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>58957</v>
+        <v>69175</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>25.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>61582</v>
+        <v>69298</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>61766</v>
+        <v>69991</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="F19" s="3">
-        <v>63.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>62909</v>
+        <v>70072</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>63920</v>
+        <v>70935</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>4.78</v>
+        <v>1.6</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>