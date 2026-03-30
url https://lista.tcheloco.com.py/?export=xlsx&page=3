--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -34,62 +34,77 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 09:15</t>
+    <t>Lista gerada no: 30/03/2026 09:11</t>
+  </si>
+  <si>
+    <t>TEL VOYAGER VR-678  (EXTRA)</t>
+  </si>
+  <si>
+    <t>Comunica��es</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 40ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
   </si>
   <si>
     <t>PANELA DE ARROZ 2.8L R600 110V</t>
   </si>
   <si>
     <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>WATERPIK WP-100W  110V (ULTRA)</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>CABO  AUDIO-VIDEO PARA CAMERA SAM S630 / 760 / 860</t>
   </si>
   <si>
     <t>Acess. p/camera digital</t>
   </si>
   <si>
     <t>SAMSUNG</t>
   </si>
   <si>
     <t>FITA PARA LIMPADORA 8MM SONY</t>
   </si>
   <si>
     <t>SONY</t>
   </si>
   <si>
     <t>ADAPTADOR USB SATELLITE (2X1)  AL-10</t>
@@ -109,117 +124,102 @@
   <si>
     <t>MEDIDOR DE PRESS�O MORE FITNESS MANUAL MF-225</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
     <t>AUTO FALANTE ROADSTAR RS-12SW - 12 POLEGADAS - 2500W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>ALTO  FALANTE  ROADSTAR RS-6909   6X9  480W  (240WRMS)</t>
   </si>
   <si>
     <t>BATERIA CASIO NP-60 (BAK) GENERICA</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
+    <t>PENDRIVE SANDISK 16GB Z50 - MINI - PRETO E VERMELHO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
     <t>DESPERTADOR CASIO TQ-140</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>KIT XENON HID HB-3/12000K/9005</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>PENDRIVE SANDISK 32GB Z50 - MINI - PRETO E VERMELHO</t>
   </si>
   <si>
-    <t>Pen Drives</t>
-[...4 lines deleted...]
-  <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600D     3500W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 6001 - 12 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>MINI PROCESSADOR BRITANIA 2P - 220V</t>
   </si>
   <si>
     <t>Multiprocessadores</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>MALETA P/NOTEBOOK A-KP40 15.4" SATELLITE</t>
-[...7 lines deleted...]
-  <si>
     <t>BABA ELETRONICA M-FITNES MF-863 AZUL 2V</t>
   </si>
   <si>
     <t>Baba Eletronica</t>
-  </si>
-[...7 lines deleted...]
-    <t>BINA CONVERTER KXT-1CD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed0fe8f30b851b1bbcc97106a66d1410.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7a5fc256b25ff63d04a03cc1054f772.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34872bf8629ffa2beeaade060622783.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad430321d0d89b0463dc7326025ec87.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4891ea9eedd9fe2dac797f28227517f9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86740538bf07851c0428f3d3e4c156ab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0c4b210c5c958ef24ee9b969c7dcaa0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0e8c34a392df415dbc182f709b14d6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79fe0cef56292b81eff26e537ab09db.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a7681648caf81fe341d9e3b5cc72fd9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96d36e597997d9ee5cf0e3dc932439f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251421055a6daa4b8fac4e58aaa276f2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3214b18c565448e2237a587f6969dbb0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75cfa4020fc499446fad101247aebd08.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f4a1d42318d1d3320911f63bb5e134.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8af6ce8a3d9df4efe2755d1d46baeb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a83272519fc15b1516554cac53a7ba.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a20862d47cd812f8baabfdd82613c80f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9879f82e71455bab554c0598a20a5b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a1522dff4e9265bf5518cf58dcf9caa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/758c7489cdf0868d946f344cf33ea750.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba1edadc618ebf0f455ac130c2797174.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c49371765a7dc3281604f6a5570d1002.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279a60fcd47fc1d8fc9011f949b6191f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ea36bd8e772979816071b4e1530c25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20b5c9d48496b7338dbad11cd3e239a8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32453f2c84876c4e7c469a719b218c7a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f202bc58641986f5ce1098de0bce2fa6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20678edf5a2cdaf5bed78c4ccd947da1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8497a1d08ee827f5e5be87467e1bcf4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76069afa950c74582aa6e02429d7d90b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75725a6b1871a5012d16c62769541436.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68286a3b87864d8c9df2648e60650d62.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3af3bcd0b06e76abac053340a45cd390.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de4fa1a8ecab84a64920f109ebff16b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b91497ff5f5350f8ec12f56ecfabdd40.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db386dd39b93210dc7e8199107a8ea7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd873239f6eb63701e263621cf76867.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5fa7b50f297ca31f9c0ebaf125fd6bb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d8db8e0e382486192c134219351df7f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1184,386 +1184,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>22187</v>
+        <v>18371</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>42.75</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>24549</v>
+        <v>18647</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>67.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>29773</v>
+        <v>22187</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>0.8</v>
+        <v>42.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>34524</v>
+        <v>24549</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>4.25</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>36740</v>
+        <v>29773</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>1.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>36894</v>
+        <v>34524</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>20.0</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>45254</v>
+        <v>36740</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>48941</v>
+        <v>36894</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>56120</v>
+        <v>45254</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>18.9</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>56571</v>
+        <v>48941</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>2.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>61582</v>
+        <v>56120</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>32</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>62909</v>
+        <v>56571</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>63920</v>
+        <v>59541</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>7.5</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>65276</v>
+        <v>61582</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>89.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>67379</v>
+        <v>62909</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>4.8</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>69175</v>
+        <v>63920</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>69298</v>
+        <v>65276</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="F18" s="3">
-        <v>15.5</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>69991</v>
+        <v>67379</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>70072</v>
+        <v>69175</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>70935</v>
+        <v>69991</v>
       </c>
       <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
         <v>53</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>1.6</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>