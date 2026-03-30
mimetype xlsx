--- v3 (2026-03-30)
+++ v4 (2026-03-30)
@@ -14,71 +14,80 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 09:11</t>
+    <t>Lista gerada no: 30/03/2026 10:48</t>
+  </si>
+  <si>
+    <t>MAQUINA PANASONIC - ER-224</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
   </si>
   <si>
     <t>TEL VOYAGER VR-678  (EXTRA)</t>
   </si>
   <si>
     <t>Comunica��es</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>SPRAY DE PIMENTA 40ML</t>
   </si>
   <si>
     <t>Seguran�a</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>PANELA DE ARROZ 2.8L R600 110V</t>
   </si>
   <si>
     <t>Panelas Eletricas/ Arroz</t>
   </si>
@@ -170,56 +179,50 @@
     <t>PENDRIVE SANDISK 32GB Z50 - MINI - PRETO E VERMELHO</t>
   </si>
   <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600D     3500W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 6001 - 12 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>MINI PROCESSADOR BRITANIA 2P - 220V</t>
   </si>
   <si>
     <t>Multiprocessadores</t>
   </si>
   <si>
     <t>BRITANIA</t>
-  </si>
-[...4 lines deleted...]
-    <t>Baba Eletronica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/758c7489cdf0868d946f344cf33ea750.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba1edadc618ebf0f455ac130c2797174.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c49371765a7dc3281604f6a5570d1002.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279a60fcd47fc1d8fc9011f949b6191f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ea36bd8e772979816071b4e1530c25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20b5c9d48496b7338dbad11cd3e239a8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32453f2c84876c4e7c469a719b218c7a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f202bc58641986f5ce1098de0bce2fa6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20678edf5a2cdaf5bed78c4ccd947da1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8497a1d08ee827f5e5be87467e1bcf4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76069afa950c74582aa6e02429d7d90b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75725a6b1871a5012d16c62769541436.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68286a3b87864d8c9df2648e60650d62.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3af3bcd0b06e76abac053340a45cd390.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de4fa1a8ecab84a64920f109ebff16b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b91497ff5f5350f8ec12f56ecfabdd40.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db386dd39b93210dc7e8199107a8ea7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd873239f6eb63701e263621cf76867.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5fa7b50f297ca31f9c0ebaf125fd6bb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d8db8e0e382486192c134219351df7f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d62c9dfbe200065b93464602c26a9898.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/957a50a78ca01db6b6f345430954ca51.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03da8704002e272260a3d58e3f7ef1bf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ffb49dff8608a35f2f0d0886b400338.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b517f6ae961ed5741375bd9d66f834.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177d68e3383825fc8dec00962cb79ebc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a32234f86229d89b14a186d23b188a65.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e29e34e29fabba8be31d0ca2b65840d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1075005bdb4e474a80126abced96536b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d85f9b41a8422b3918a357be9a37ee.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/865a9dc8000907d812eed972169be1cb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b76b46768b31e89f251f14675b715b97.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd3453273c725048ada3786649c1b61.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84a73d4b722193e81a489b1b843389a3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5cfe76e2adca57bda1ecb611bd3bd5d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28a91644a71bdc4315a574868a6af630.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba9b59e570608b320926e3df3e1eae78.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c660c9a8c3fe905fffa25d83f04c4a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffbc0fdb534d3dde127af926dc38e2b6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b28a34445806ca2c5fa58ac637e09a7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1184,386 +1187,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>18371</v>
+        <v>16629</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>39.0</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>18647</v>
+        <v>18371</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.8</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>22187</v>
+        <v>18647</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>42.75</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>24549</v>
+        <v>22187</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>66.0</v>
+        <v>42.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>29773</v>
+        <v>24549</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>0.8</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>34524</v>
+        <v>29773</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>4.25</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>36740</v>
+        <v>34524</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>1.0</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>36894</v>
+        <v>36740</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>45254</v>
+        <v>36894</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>48941</v>
+        <v>45254</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>56120</v>
+        <v>48941</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>18.9</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>56571</v>
+        <v>56120</v>
       </c>
       <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>2.5</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>59541</v>
+        <v>56571</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>5.9</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>61582</v>
+        <v>59541</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>62909</v>
+        <v>61582</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>63920</v>
+        <v>62909</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>6.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>65276</v>
+        <v>63920</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>89.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>67379</v>
+        <v>65276</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F19" s="3">
-        <v>4.8</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>69175</v>
+        <v>67379</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
         <v>50</v>
       </c>
       <c r="E20" t="s">
         <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>18.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>69991</v>
+        <v>69175</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>