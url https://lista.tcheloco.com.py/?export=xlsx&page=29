--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,209 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 01:16</t>
-[...2 lines deleted...]
-    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 220V</t>
+    <t>Lista gerada no: 29/12/2025 17:32</t>
+  </si>
+  <si>
+    <t>CAPACETE FOSTON</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX82LA PLUS - CIENTIFICA - ROSA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18360 - CABECA LOCA - 220V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATELLITE - A-KP73 - 15.6 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>VENTILADOR MONDIAL V-61 - COLUNA - 40CM - 220V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CABO CARREGADOR USB - IPHONE - ECOPOWER - EP-6057</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>DEPILADOR PHILIPS BRE255 - SATINELLE - SECO - LAVAVEL</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>ROTEADOR XIAOMI MI ROUTER 4A GIGA VERSION</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL PLANETARIA BP-03-B - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 220V</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROME C-37 - INOX - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROME C-37 / INOXIDAVEL / 110V</t>
+  </si>
+  <si>
+    <t>C�MERA HD DAHUA DH-HAC-T1A21P 2.8 MM ILUMINADOR (FLL) DIA/NOITE (DM)</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>PAPA BOLINHAS SATE A-HB24   USB</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SECADOR MEGA STAR SC226  220V COM DIFUSOR 3600W</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...7 lines deleted...]
-  <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>ALISADOR BRITANIA CERAMIC ARGAN - BIVOLT</t>
-[...35 lines deleted...]
-    <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
+    <t>CAMERA IP ROADSTAR RS-1000SH - 5 SENSORES - BRANCO</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...74 lines deleted...]
-    <t>Acess�rio para patinete</t>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-1050 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-1053 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
+  </si>
+  <si>
+    <t>DEPILADOR ONIDA MINI - ON-2133 - BIVOLT</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>KIT LED C7 - H3 - 36W - 6000 LUMENS - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>C7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eedb04183d69dc08b20f4955ca1144c7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27728e255b7a5de0be803ed4be284a21.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e6a39479d43bc9415e1e18dfe29818.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6d214b7d731fdaaf0350fabe2370b15.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6c4db9b792f963c59f38880c6b3fcfc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a26f1fe70fd633f4c2f3b0298aba8e1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3b13db9a9c8b45ef9130ca461803f9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab806e84af152b77323de6bf3aa7213f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bad5b5d3054f403e6516537f7799b6a3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fce08fb51b8e267c890502fd203c2bbc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af37caa6d831bea3858d5d1ab85fcabe.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4ca478661567cea60be13c72fdb4922.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f2a0a5eec930f570504f2d59d4997e8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc2bb16ae62c2a16ee475cb7f87d0af7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/265a39a51632759575d2567515295a11.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e81dee9f31d4ee48e768097140325602.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945b1b1a3c5b6297ceb2600e0a9c6517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1da486a1d7f5ec3788bca1f20d6dcd88.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c26ef45dd942386f549e7b44e71d391.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f491adedfe883354687f29f3d812e98.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4081fb739c52f905d918dfe7bcb8cb93.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f27b22eed030edc2d884270d134064.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/849676b22f77a24e6ca58a8a6e0034a7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d037e3ecc62ffdaf896d769b451fe86c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd492ab93dfb16a72758970b918def7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8353e7aca367fe06f5c864772b344a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782b39cb53a64f5c8670b428d49e2662.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8b8e67cfd86b6b2b66e695323fe3456.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe400a992738246a08ea5bed3c8a579.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/044e0b75f08927e41ac1f83fcb0704e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6548fe2b112162a6866056d9977e8455.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/571e4d1e044960d2901c55e585cc9a02.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e2217e8b6f903c56a4f8e2ecf7a9a8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ebdcc2fc23abc2e78c40a71f81f24b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9badd99558d1c516af9471fcf1b43c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f0e78acaf1b9bc30aded3cef6b6c3d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bac58993826b7e7d993e207a57f3005.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a690fd7056774de0fcc6c859d371180c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e42611f4a59f9d91d8d023d9eacd3dea.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c080c9a6f12966bdf87a41f757fdca0.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>438704</v>
+        <v>444989</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>438872</v>
+        <v>444996</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>48.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>438988</v>
+        <v>445214</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.75</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>439077</v>
+        <v>445412</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>47.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>439091</v>
+        <v>445924</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>439138</v>
+        <v>445979</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>2.45</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>439374</v>
+        <v>446020</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>26</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>32.0</v>
+        <v>30.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>439459</v>
+        <v>446228</v>
       </c>
       <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
         <v>28</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>29</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>102.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>439817</v>
+        <v>446297</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>24.5</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>439824</v>
+        <v>446358</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>18.3</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>439831</v>
+        <v>446365</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>18.3</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>439855</v>
+        <v>446419</v>
       </c>
       <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>439862</v>
+        <v>446600</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>18.0</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>440028</v>
+        <v>446952</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>440134</v>
+        <v>447089</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>71.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>440202</v>
+        <v>447331</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>90.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>440325</v>
+        <v>447805</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>2.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>440509</v>
+        <v>447812</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
+        <v>48</v>
+      </c>
+      <c r="E19" t="s">
         <v>46</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>27.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>440714</v>
+        <v>448321</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>440745</v>
+        <v>448444</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>