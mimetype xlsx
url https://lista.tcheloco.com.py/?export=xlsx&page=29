--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,215 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 17:32</t>
-[...11 lines deleted...]
-    <t>CALCULADORA CASIO FX82LA PLUS - CIENTIFICA - ROSA</t>
+    <t>Lista gerada no: 13/02/2026 04:05</t>
+  </si>
+  <si>
+    <t>TV 32'' SMART LED ECOPOWER EP-TV032 / WIFI / DGT</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRER  ELETRICA MONDIAL - AF-30I - 3.5 LITROS - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE ACABAMENTO MONDIAL - MA-01 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ARO  SATELLITE LED A-MK03 - 10 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ARO  SATELLITE LED A-MK04 - TRIPODE RING LIGHT - 10 POLEGADAS</t>
+  </si>
+  <si>
+    <t>FONE ECOPOWER EP-H137 - BLUETOOTH - AIRPODS</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>M�QUINA DE BARBEAR BAK BK-389 RECARG�VEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA230 QUENTE/FRIO - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR PORT�TIL ECOPOWER EP-110 RECARREGAVEL - 2V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>CALCULADOR TRULY 836B-12</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
-    <t>CASIO</t>
-[...47 lines deleted...]
-    <t>Roteadores</t>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>ANDROID BOX XIAOMI MI TV STICK MDZ-24-AA FULL HD</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>BATEDEIRA MONDIAL PLANETARIA BP-03-B - 220V</t>
-[...17 lines deleted...]
-    <t>C�MERA HD DAHUA DH-HAC-T1A21P 2.8 MM ILUMINADOR (FLL) DIA/NOITE (DM)</t>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  32GB 100M</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>RAQUETE ELET. GECKO   MATA MOSCA LTD-008</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MINI MIXER ECOPOWER EP-2997 / A PILHA</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  64GB 100M</t>
+  </si>
+  <si>
+    <t>C�MERA IP ECOPOWER EP-C009 HD 3.0MP WIFI/BRANCO</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO HS18 SMART/WIFI/HD/PROFIS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA HD TUCANO COLOR MODEL-320 3.6MM INTERIOR</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
-    <t>DAHUA</t>
-[...47 lines deleted...]
-    <t>C7</t>
+    <t>DVR TUCANO  KIT  8CH/ 8-CAM S/FIO   WF08</t>
+  </si>
+  <si>
+    <t>SEGURANCA</t>
+  </si>
+  <si>
+    <t>CARREGADOR LITERNA CAMERA PARA BATERIA 18650</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4081fb739c52f905d918dfe7bcb8cb93.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f27b22eed030edc2d884270d134064.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/849676b22f77a24e6ca58a8a6e0034a7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d037e3ecc62ffdaf896d769b451fe86c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd492ab93dfb16a72758970b918def7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b8353e7aca367fe06f5c864772b344a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782b39cb53a64f5c8670b428d49e2662.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8b8e67cfd86b6b2b66e695323fe3456.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe400a992738246a08ea5bed3c8a579.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/044e0b75f08927e41ac1f83fcb0704e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6548fe2b112162a6866056d9977e8455.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/571e4d1e044960d2901c55e585cc9a02.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e2217e8b6f903c56a4f8e2ecf7a9a8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ebdcc2fc23abc2e78c40a71f81f24b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9badd99558d1c516af9471fcf1b43c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f0e78acaf1b9bc30aded3cef6b6c3d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bac58993826b7e7d993e207a57f3005.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a690fd7056774de0fcc6c859d371180c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e42611f4a59f9d91d8d023d9eacd3dea.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c080c9a6f12966bdf87a41f757fdca0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c1fbf40f4bb1968b72ed951bd4a7d1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dc013c49800d426ff59e5d538a2dfb8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387f400c8ac273c896b63a64ae4a7480.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fd058186f0a3b2423ee64d5f7940e51.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4f13d3f1bce1313d097053abcfacab1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3921ce8db5b80ec543f6d30642eb7d19.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b03263ba21a4b725ccaf19ac2ffab3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fde24628cfb152153fd401cc8b3a0c39.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a83be49fb1b4d2d177a131b96880c6b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63656d2326a35623e85a950a0870917.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d5cdc3ef6b81fc2cb43b578191740be.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4501999cfc96724a9d325e555522da.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0ccabb723f95b7f0d3ba7689a5c367.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/192af5f134545530f519ae0f4562ec45.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66f59501e47845c3043763469a860cae.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1c8b939b4442edda523adfd4bdc31c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32143646df37c0161dc5b2ffc1191dc3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1716dd8da5cfcb7b0d28f7a69c73022b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b41bb6373fbe4b2611592d898af101.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2216095eb6528e5ee03654da6a7def48.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>444989</v>
+        <v>450461</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>444996</v>
+        <v>450621</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>445214</v>
+        <v>450638</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>24.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>445412</v>
+        <v>450720</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>445924</v>
+        <v>450737</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>32.0</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>445979</v>
+        <v>450751</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>1.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>446020</v>
+        <v>450942</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>30.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>446228</v>
+        <v>451024</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>446297</v>
+        <v>451123</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>76.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>446358</v>
+        <v>451239</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>25.0</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>446365</v>
+        <v>451321</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>34</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>446419</v>
+        <v>451598</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>30.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>446600</v>
+        <v>451642</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>12.8</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>446952</v>
+        <v>451697</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>6.6</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>447089</v>
+        <v>451741</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>12.45</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>447331</v>
+        <v>451789</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>59.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>447805</v>
+        <v>451932</v>
       </c>
       <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E18" t="s">
         <v>47</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>447812</v>
+        <v>451956</v>
       </c>
       <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
         <v>49</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>13.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>448321</v>
+        <v>451963</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>6.6</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>448444</v>
+        <v>451970</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>