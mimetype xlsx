--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,221 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 23:41</t>
-[...20 lines deleted...]
-    <t>ALISADOR  ROADSTAR RS-240HS - 80W - 110V</t>
+    <t>Lista gerada no: 29/12/2025 14:25</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ECOPOWER EP-3002 / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>ALISADOR BRITANIA CERAMIC ARGAN - BIVOLT</t>
   </si>
   <si>
     <t>Alizadores</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...23 lines deleted...]
-    <t>Seguran�a</t>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>HD SSD KINGSTON - 480GB - SA400S37/480G</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2365  USB / TF/ BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>CABO RCA 5 METROS - COM REMOTE STORM - PRETO</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>GRILL MONDIAL MASTER PRESS PG-01 - 110V</t>
-[...23 lines deleted...]
-    <t>RADIO CAR SATELLITE AU339B - USB - SD - BLUETOOTH</t>
+    <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA ECOPOWER EP-8708 - ANDROID 9 - HONDA CRV 17/19 - 9 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR TUCANO CNB-69009 - 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9190 - 8600W - 110V</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 TUCANO - TC-D200 - PRETO COM ROSA - 220V/50-60HZ</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ALISADOR E ONDULADOR TUCANO TC-D116 - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>SPEKAER ECOPOWER EP-2369 KARAOKE/FM/SD/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MONDIAL AF-55 5.5L 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SECADOR MING HUI MH-2288 - 110V</t>
+  </si>
+  <si>
+    <t>RADIO CAR PIONEER DMH-G225BT - USB - BLUETOOTH - CONTROLE</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
-    <t>TRANSMISSOR ECOPOWER EP-11 - BLUETOOTH/2 USB/ 1 USB-C/MICRO SD</t>
-[...22 lines deleted...]
-  <si>
     <t>PIONEER</t>
   </si>
   <si>
-    <t>ADAPTADOR DE TOMADA 2 PINOS UNIVERSAL PADRAO BRASIL</t>
-[...32 lines deleted...]
-    <t>Esportes e Fitness</t>
+    <t>DISPLAY PATINETE S8</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
   </si>
   <si>
     <t>FOSTON</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSC40ABW COLUNA 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYUNDAI HY-FD30ABW - MESA - 12 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYUNDAI HY-FD40ABW - MESA - 16 POLEGADAS - 110V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/192138e8b1612c132c989d862fad2049.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21927a4d3312d069fd43dad326bb1b1b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9baaf62130323bee5dfb1ad8213717d4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3861701b7296d1adce0e14d65bf4565.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70120ae7984066d2c48a1451e7efabf8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5eb14dfa56b6edea87cbdc9cc787b83.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07801c230b18492d6664703512432b86.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef8c15fdf6c73fb8e738eab70b3c66cc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457fa60dcb0d938da6cd853ddb47be79.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ede62af0c7dff590eeebc478d22745c3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e00d365d73830adf60183d1077e5707c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37c4817452fc15b662c86c2cdf748f05.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4585f76d15c4583e12790f2d9661b0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d70ddbae96174bbc5222a90c3041c1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b7a19101632f02d88815f84423a0e91.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b7bb033af1ee87075bc4db76a990e5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3594f4b9e073e373ee004c2e1ef39b6b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd1ef9a9d85364ff8c9a10c95cc3a513.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7b50c4ef8ac13bfd72e89293a6ae3c3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/338e24677a678bf1078fbd515bebd80d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd6c5840ba357d9b8059a6d26602e5bd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c25682df605ef64344abc913b64dbe.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efa44555c6236e22ef930e0553887d6e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2859db8ca73e4aac28d653b117e8ec.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e60e600650c3afcfd866b122310e2483.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0b3912e3519a9a97f02ef611efc0237.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb956cad039407ebcb4f18f6ed68a67c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844023239c2eb550cd919a885e35b16c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf126fd5dbcde4f82b1e0b50fbcf835.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16ccc7f9e97fc659e712f417c7778ae.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/756493a40035660bf3d4dae2580b71fd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3fa67c0ea6bc56ff91359cfecff4b0d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5700633b7d7fa23686183581b8d47be6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfc342abd33bdab50ea95287976688d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316cec67fa7043d660d5fc6cb45536c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5807baea24658cafe46e2912b0c8a37b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f14f62aaeb3260f682e740d9fa3747.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/686d4422238406fb770fd8b87500b342.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/954f58118f856899351e0b7a52879c45.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508c342ace432cbc754d8a47dd4b3770.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1162,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>429016</v>
+        <v>438605</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.9</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>429672</v>
+        <v>438698</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>429764</v>
+        <v>438988</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>430463</v>
+        <v>439077</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>6.25</v>
+        <v>55.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>430739</v>
+        <v>439091</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>49.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>430791</v>
+        <v>439138</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>431972</v>
+        <v>439374</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>26</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>25.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>431989</v>
+        <v>439459</v>
       </c>
       <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
         <v>28</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>25.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>432108</v>
+        <v>439817</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>9.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>432313</v>
+        <v>439831</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>9.5</v>
+        <v>18.3</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>433297</v>
+        <v>439855</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>4.8</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>433303</v>
+        <v>439862</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>433488</v>
+        <v>440028</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>433549</v>
+        <v>440134</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>17.75</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>433556</v>
+        <v>440325</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
-        <v>1.1</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>433662</v>
+        <v>440646</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>25.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>433679</v>
+        <v>440714</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>100.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>434409</v>
+        <v>440790</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>0.5</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>434454</v>
+        <v>440806</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>435024</v>
+        <v>440813</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>17.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>