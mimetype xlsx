--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,206 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 14:25</t>
-[...5 lines deleted...]
-    <t>Jarras Eletricas</t>
+    <t>Lista gerada no: 13/02/2026 02:16</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8825 110V  GRILL</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8862 / 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA  MEGASTAR TX-8863 110V</t>
+  </si>
+  <si>
+    <t>REFLETOR LED - FLOOD (FINO) - 100W - 220v</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV ONIDA - ON-009 - 26 A 55 POLEGADAS - GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL  2611 (01) SUPER LED</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
+    <t>SECADOR TUCANO VIAGEM - 2000W - BIVOLT - PRETO</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL 2610 (01) SUPER LED</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8218 - LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>COOLER PARA NOTEBOOK SATELLITE - A-CP20</t>
+  </si>
+  <si>
+    <t>Cooler P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PULSEIRA SMARTWATCH 42/44MM - BRANCO/LILAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>PULSEIRA REPELENTE (ANTI-MOSQUITO) MOD 02</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-2809 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>CAPACETE FOSTON</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX82LA PLUS - CIENTIFICA - ROSA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATELLITE - A-KP73 - 15.6 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>CABO CARREGADOR USB - IPHONE - ECOPOWER - EP-6057</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>ROTEADOR XIAOMI MI ROUTER 4A GIGA VERSION</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 220V</t>
+  </si>
+  <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>ALISADOR BRITANIA CERAMIC ARGAN - BIVOLT</t>
-[...113 lines deleted...]
-    <t>VENTILADOR HYUNDAI HY-FD40ABW - MESA - 16 POLEGADAS - 110V</t>
+    <t>CAFETEIRA MONDIAL DOLCE AROME C-37 / INOXIDAVEL / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd6c5840ba357d9b8059a6d26602e5bd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75c25682df605ef64344abc913b64dbe.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efa44555c6236e22ef930e0553887d6e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2859db8ca73e4aac28d653b117e8ec.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e60e600650c3afcfd866b122310e2483.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0b3912e3519a9a97f02ef611efc0237.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb956cad039407ebcb4f18f6ed68a67c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844023239c2eb550cd919a885e35b16c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf126fd5dbcde4f82b1e0b50fbcf835.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16ccc7f9e97fc659e712f417c7778ae.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/756493a40035660bf3d4dae2580b71fd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3fa67c0ea6bc56ff91359cfecff4b0d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5700633b7d7fa23686183581b8d47be6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfc342abd33bdab50ea95287976688d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7316cec67fa7043d660d5fc6cb45536c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5807baea24658cafe46e2912b0c8a37b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f14f62aaeb3260f682e740d9fa3747.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/686d4422238406fb770fd8b87500b342.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/954f58118f856899351e0b7a52879c45.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508c342ace432cbc754d8a47dd4b3770.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d6abd457859b917abbd0310abc14a3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3324e8712db729d04b624f4a92af466a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0535f925581977aec1512e5fa0afecae.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ae10b3a852748674faa376da6d1f6a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da45036c5545be6701bb8560fa670fec.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d30c809ef7042b948a58424a29ff5ee.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62b1b7805b56078041019a0aaf52cf9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000fa19ac1743645ab8fea06591abf82.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ccd124d316ebd00b746ddb8902a48c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb5df40ed2dd6dbf5965db2ca8a05df.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e3db1437c3e8cb396c6e65a1e1111d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8fe11445ee01827a615a6dc5b4816a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5696e13f0e17e6d10ab37c2f98085b1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb9b34b1613fe9811a8188596e0b83fd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b261153e64779f288a57bf78667e22.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa9c70ff41c2936cc34c9d0ad82c51e0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25a7194b498b9e1fa1b1f170b05712e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d8e1499ee656d424b078e023b5df19e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd88206238cc4ca6547dea1206ba8ac9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8ca0adf937ffb3a532d8fed773fbb6.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>438605</v>
+        <v>441278</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>438698</v>
+        <v>441285</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>19.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>438988</v>
+        <v>441292</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>13.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>439077</v>
+        <v>441315</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>55.6</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>439091</v>
+        <v>441452</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>439138</v>
+        <v>441612</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>2.45</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>439374</v>
+        <v>442176</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>32.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>439459</v>
+        <v>442985</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>102.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>439817</v>
+        <v>443197</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>24.5</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>439831</v>
+        <v>443623</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>18.3</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>439855</v>
+        <v>444422</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>22.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>439862</v>
+        <v>444712</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>440028</v>
+        <v>444781</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>440134</v>
+        <v>444989</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>71.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>440325</v>
+        <v>444996</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>2.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>440646</v>
+        <v>445412</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>145.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>440714</v>
+        <v>445979</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>19.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>440790</v>
+        <v>446228</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>440806</v>
+        <v>446358</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>440813</v>
+        <v>446419</v>
       </c>
       <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>17.0</v>
+        <v>30.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>