--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,212 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 02:16</t>
+    <t>Lista gerada no: 31/03/2026 05:24</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 TUCANO - TC-D200 - PRETO COM ROSA - 220V/50-60HZ</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SPEKAER ECOPOWER EP-2369 KARAOKE/FM/SD/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SECADOR MING HUI MH-2288 - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO CAR PIONEER DMH-G225BT - USB - BLUETOOTH - CONTROLE</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSC40ABW COLUNA 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE HY-FD30ABW - MESA - 12 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYUNDAI HY-FD40ABW - MESA - 16 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR ECOPOWER EP-2706 - 220V/60HZ</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO ECOPOWER EP-2704 - MANUAL</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA  MEGASTAR TX-8826 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
   <si>
     <t>SANDUICHEIRA MEGASTAR TX-8825 110V  GRILL</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>SANDUICHEIRA MEGASTAR TX-8862 / 220V</t>
   </si>
   <si>
-    <t>Sanduicheiras / Tostadores</t>
-[...1 lines deleted...]
-  <si>
     <t>SANDUICHEIRA  MEGASTAR TX-8863 110V</t>
   </si>
   <si>
     <t>REFLETOR LED - FLOOD (FINO) - 100W - 220v</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPORTE PARA TV ONIDA - ON-009 - 26 A 55 POLEGADAS - GIRATORIO</t>
   </si>
   <si>
     <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>LANTERNA ECOPOWER RECARREGAVEL  2611 (01) SUPER LED</t>
   </si>
   <si>
     <t>Lanternas</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
+    <t>ALTO FALANTE JBL CLUBWS1000 - 10" - 800W - SLIM</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
   </si>
   <si>
     <t>SECADOR TUCANO VIAGEM - 2000W - BIVOLT - PRETO</t>
   </si>
   <si>
-    <t>Secadores</t>
-[...4 lines deleted...]
-  <si>
     <t>LANTERNA ECOPOWER RECARREGAVEL 2610 (01) SUPER LED</t>
   </si>
   <si>
     <t>LANTERNA ECOPOWER EP-8218 - LEDS - BIVOLT</t>
   </si>
   <si>
     <t>Ilumina��o</t>
-  </si>
-[...76 lines deleted...]
-    <t>Cafeteiras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d6abd457859b917abbd0310abc14a3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3324e8712db729d04b624f4a92af466a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0535f925581977aec1512e5fa0afecae.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ae10b3a852748674faa376da6d1f6a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da45036c5545be6701bb8560fa670fec.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d30c809ef7042b948a58424a29ff5ee.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b62b1b7805b56078041019a0aaf52cf9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000fa19ac1743645ab8fea06591abf82.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ccd124d316ebd00b746ddb8902a48c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb5df40ed2dd6dbf5965db2ca8a05df.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e3db1437c3e8cb396c6e65a1e1111d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f8fe11445ee01827a615a6dc5b4816a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5696e13f0e17e6d10ab37c2f98085b1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb9b34b1613fe9811a8188596e0b83fd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b261153e64779f288a57bf78667e22.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa9c70ff41c2936cc34c9d0ad82c51e0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a25a7194b498b9e1fa1b1f170b05712e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d8e1499ee656d424b078e023b5df19e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd88206238cc4ca6547dea1206ba8ac9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8ca0adf937ffb3a532d8fed773fbb6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b5f2971882d7079aa2a981bb19d43a4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6ef1041244188f77a3665e140001bc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913d1ded8dc6f061b9066adb58cc899b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d735d9c8ded972ef9ac4de0b5b26fd4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7d880a3dfc09435bb19ea0e9751b43f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a1a9c7121d22e1cb828359c804b10b8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36992aad2f32dc279341fa524344e80f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af2e77b9020a0c4d27c995f8d0459a62.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b157646283e6f3148034dcf29d5d46a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b88245fa793157c60c72234b203e4cc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae17c12142224fa38f46b2a02cf178c6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fabf70c889d3f433a22758daca83cc5b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c122050fb8ec303f41c3532dffecae4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d321a2a2af11304a61ddc15727fce85.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab57befe18eaf1bb010708a528ee2cef.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ddfd83a8381b9d81ee9b0b79e50facb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c9bce957908f48b0963c40b7cdf52d1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b0009770acbbfb134da1ccf997ed69d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738a16118ecec5fef08e6f4335ceaf6d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd547de0cfc3018bbd018a3232590f2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1184,386 +1172,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>441278</v>
+        <v>439855</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>441285</v>
+        <v>440028</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>441292</v>
+        <v>440325</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>441315</v>
+        <v>440646</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.5</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>441452</v>
+        <v>440790</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>441612</v>
+        <v>440806</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>442176</v>
+        <v>440813</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>9.75</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>442985</v>
+        <v>441056</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>443197</v>
+        <v>441070</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>3.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>443623</v>
+        <v>441261</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>444422</v>
+        <v>441278</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>444712</v>
+        <v>441285</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>0.99</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>444781</v>
+        <v>441292</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>444989</v>
+        <v>441315</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>444996</v>
+        <v>441452</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>39</v>
+      </c>
+      <c r="E16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>445412</v>
+        <v>441612</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>445979</v>
+        <v>441735</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>1.5</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>446228</v>
+        <v>442176</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>446358</v>
+        <v>442985</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>25.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>446419</v>
+        <v>443197</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>30.0</v>
+        <v>3.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>