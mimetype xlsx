--- v0 (2025-12-29)
+++ v1 (2026-02-13)
@@ -14,203 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 14:08</t>
-[...5 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 13/02/2026 02:16</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>HD SSD KINGSTON - 480GB - SA400S37/480G</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2365  USB / TF/ BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MEMORIA CLASS 10 MICR SD KINGST 128GB 100M/S</t>
-[...11 lines deleted...]
-    <t>Secadores</t>
+    <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>ESCOVA 2 EM 1 TUCANO - TC-RT10 - BIVOLT</t>
-[...26 lines deleted...]
-    <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL - MF-641 - BRACO</t>
+    <t>MULTIMIDIA ECOPOWER EP-8708 - ANDROID 9 - HONDA CRV 17/19 - 9 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR TUCANO CNB-69009 - 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9190 - 8600W - 220V</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9190 - 8600W - 110V</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 TUCANO - TC-D200 - PRETO COM ROSA - 220V/50-60HZ</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>SPEKAER ECOPOWER EP-2369 KARAOKE/FM/SD/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SECADOR MING HUI MH-2288 - 110V</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>DISPLAY PATINETE S8</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>ACELERADOR PATINETE FOSTON S8</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSC40ABW COLUNA 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE HY-FD30ABW - MESA - 12 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYUNDAI HY-FD40ABW - MESA - 16 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>KIT COMBO GABINETE SATELLITE - KIT-761 - ESPANHOL</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR ECOPOWER EP-2706 - 220V/60HZ</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO ECOPOWER EP-2704 - MANUAL</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
-    <t>MORE FITNESS</t>
-[...68 lines deleted...]
-    <t>LANTERNA ECOPOWER EP-8226 C/SINALIZA��O - BIVOLT</t>
+    <t>SANDUICHEIRA  MEGASTAR TX-8826 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb03c18b7fd383a60a223162bcfc9d1a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349bd77a83399be1fd5ff09417866463.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c96b6a7bf7f824a480c1615572fddfbf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a581e0d00b2886fecfe39352d901dfad.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84245a5a47ad7bec7a8c08a8e8643f70.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2c3e552e556e89c0db1e074d47f7e7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c44567fea4b75096e5b89724f68d878.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea2333199c25c762ab267915dcda855d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c2712bf80dc08f912474c2fa26dafe.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6553c9264cbe80ab104e487aaccaf0d0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb667e03ab14582c5863fee8d0fc308d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cecea4518f73cf67f92e91452b8d70d7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c7fd90e8530854146be1398af1a1a9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93f1a5316a621414fa0bf465d9890e95.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/925ed28b349b3935dc2075bd4a211303.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51374369bda9d38c974397ffb22df342.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63bea5004a5e533ff9b61af4f7e1ad62.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df20dd5f4da27546491b675d761a7c35.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0380fb6454783efd7362d363d1d8316.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21d29b562ff5a7725b452a6325aabda7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8551b97885ca9ca6c55c7bdc1915fa0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2938dfbf0ddfb051a0f3e3904627e0ee.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aadd31aaae7ed84cc33be7e237032c9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def761fe2178bd7bfae22d58fc798346.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1941522f13f8533d3f63a95514fe51f1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfb9f6c26d905ab8c481c9414bac967.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e60afe0c1bb84c10859485993714e9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f39719dafc83c5a30fc112b226cc07.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca180931a875faa2dfab631394693916.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a2bdaf46ca060de0d8c793c0145654.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c843e562202594c65219941f78a5a0d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b76a7e462acd6d0d5aa8a322a72358.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e377e4c97e4b11b52af855a601a23b77.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9815c3f57b7a47df245a9cdf93b9dec3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b78907d7cf3204c0a1d09e3d80a430.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dc05dd965b542419b027929e071dbe.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c98f6176e470501d350649c798197b7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1b4d5c745c0a5ff407ff9f9924efbbf.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1550a329bbb6996ea5c62dc22aa886f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6694eeeda23a96e064a02530d3f8f8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>435994</v>
+        <v>438704</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>436175</v>
+        <v>439077</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.28</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>436328</v>
+        <v>439091</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>18.9</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>436359</v>
+        <v>439374</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>5.8</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>436533</v>
+        <v>439459</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>436588</v>
+        <v>439817</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>1.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>436861</v>
+        <v>439824</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>36.0</v>
+        <v>18.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>436946</v>
+        <v>439831</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>15.0</v>
+        <v>18.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>437059</v>
+        <v>439855</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>8.6</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>437073</v>
+        <v>440028</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>20.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>437080</v>
+        <v>440325</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>437349</v>
+        <v>440714</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>3.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>437356</v>
+        <v>440745</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>437363</v>
+        <v>440790</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>3.5</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>437516</v>
+        <v>440806</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
         <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>1.75</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>437585</v>
+        <v>440813</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>438209</v>
+        <v>440936</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
         <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>8.8</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>438322</v>
+        <v>441056</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>0.8</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>438490</v>
+        <v>441070</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>438513</v>
+        <v>441261</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>