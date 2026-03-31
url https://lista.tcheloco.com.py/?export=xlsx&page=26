--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,200 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 02:16</t>
+    <t>Lista gerada no: 31/03/2026 05:16</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8222  - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8225 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>AMPLIFICADOR CONECTOR CCTV - VB-BP20</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA A-P23 RECARREGAVEL / 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-99-FB - 3 VELOCIDADES - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>PC TECLADO E MOUSE SEM FIO - SATELLITE - AK-725G - PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER 6012  USB T-C    1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABECA ECOPOWER EP-1381 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8226 C/SINALIZA��O - BIVOLT</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ECOPOWER EP-3002 / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 220V</t>
   </si>
   <si>
-    <t>Secadores</t>
-[...2 lines deleted...]
-    <t>MONDIAL</t>
+    <t>ALISADOR BRITANIA CERAMIC ARGAN - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
   </si>
   <si>
     <t>HD SSD KINGSTON - 480GB - SA400S37/480G</t>
   </si>
   <si>
     <t>Memoria/Pendrive/HD</t>
   </si>
   <si>
     <t>KINGSTON</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-2365  USB / TF/ BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
+    <t>CABO RCA 5 METROS - COM REMOTE STORM - PRETO</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
   </si>
   <si>
     <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>MULTIMIDIA ECOPOWER EP-8708 - ANDROID 9 - HONDA CRV 17/19 - 9 POLEGADAS</t>
   </si>
   <si>
     <t>Multimidias</t>
   </si>
   <si>
     <t>NEBULIZADOR TUCANO CNB-69009 - 110V</t>
   </si>
   <si>
     <t>Nebulizadores</t>
   </si>
   <si>
-    <t>SECADOR TUCANO TC-9190 - 8600W - 220V</t>
-[...1 lines deleted...]
-  <si>
     <t>SECADOR TUCANO TC-9190 - 8600W - 110V</t>
-  </si>
-[...73 lines deleted...]
-    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8551b97885ca9ca6c55c7bdc1915fa0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2938dfbf0ddfb051a0f3e3904627e0ee.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aadd31aaae7ed84cc33be7e237032c9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def761fe2178bd7bfae22d58fc798346.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1941522f13f8533d3f63a95514fe51f1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfb9f6c26d905ab8c481c9414bac967.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e60afe0c1bb84c10859485993714e9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f39719dafc83c5a30fc112b226cc07.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca180931a875faa2dfab631394693916.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a2bdaf46ca060de0d8c793c0145654.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c843e562202594c65219941f78a5a0d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b76a7e462acd6d0d5aa8a322a72358.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e377e4c97e4b11b52af855a601a23b77.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9815c3f57b7a47df245a9cdf93b9dec3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b78907d7cf3204c0a1d09e3d80a430.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dc05dd965b542419b027929e071dbe.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c98f6176e470501d350649c798197b7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1b4d5c745c0a5ff407ff9f9924efbbf.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1550a329bbb6996ea5c62dc22aa886f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a6694eeeda23a96e064a02530d3f8f8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85a823ff86da51328bfca1475a82f8cc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7474fe7800b32cb0a3e48705f858f041.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f7be87ab8e47b501d2415742674323c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8942f4974d06058c7d04b1994eef03fd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b5c20470691c31b7ecc6a5fe3a6531.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ff8d2945c66363758db6c7a1f6c4554.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c2521ac8773d8dc2fe062d317670adc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1ee684a5faed03fcd4a44348d4d64da.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7bab635b809fd55b7e82811d01770eb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f346c363caca5955278666a7b29bdce.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25254bafce29db74e1eeea8af813bce1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3981f09db3fb0d635a6ca1f2de707f58.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/963fe186334ba194b9d16078b2fa8b19.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7a444e6d60e223867972feb026ff921.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a47d8e8d55384bde482675f28c12b83.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85664f86868ce5ffbf46babfd81d240f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85fb3e0fdbe357f23eac4a82cbcfc974.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4fdbae5932712b647b0bb730a3f89fd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca84c5b5620fdf08409e1f93b6204a18.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40eb1900fb60def9a4eaae0e0d02597d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1142,416 +1148,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>438704</v>
+        <v>437356</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>439077</v>
+        <v>437363</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>90.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>439091</v>
+        <v>437516</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>439374</v>
+        <v>437585</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>32.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>439459</v>
+        <v>437660</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>102.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>439817</v>
+        <v>438209</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>24.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>439824</v>
+        <v>438322</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>18.3</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>439831</v>
+        <v>438490</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>18.3</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>439855</v>
+        <v>438513</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>22.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>440028</v>
+        <v>438605</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>440325</v>
+        <v>438698</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>2.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>440714</v>
+        <v>438704</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>19.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>440745</v>
+        <v>438988</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>440790</v>
+        <v>439077</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>440806</v>
+        <v>439091</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>440813</v>
+        <v>439138</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>17.0</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>440936</v>
+        <v>439374</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>34.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>441056</v>
+        <v>439459</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>22.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>441070</v>
+        <v>439817</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E20" t="s">
         <v>46</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>441261</v>
+        <v>439831</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>18.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>