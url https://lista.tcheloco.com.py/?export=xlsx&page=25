--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,209 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 22:16</t>
-[...5 lines deleted...]
-    <t>M�dulos</t>
+    <t>Lista gerada no: 29/12/2025 12:40</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER TS-G1310F - 5 POLEGADAS - 230W - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MEGASTAR HT563 - BRACO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CALCULADORA CITIZEN SLD-100 - 8 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CITIZEN</t>
+  </si>
+  <si>
+    <t>ALISADOR  ROADSTAR RS-240HS - 80W - 110V</t>
+  </si>
+  <si>
+    <t>Alizadores</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
-    <t>LAMAPADA LED TASHIBRA SPOT - 3W - EMBUTIR - REDONDO - BRANCO</t>
-[...2 lines deleted...]
-    <t>Ilumina��o</t>
+    <t>RECEPTOR SATELITE GLOBALSAT GS-260 - ACM - VOD - IPVT - IKS</t>
+  </si>
+  <si>
+    <t>Satelital</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
+  </si>
+  <si>
+    <t>ALARME PARA RESIDENCIA YATING - AAX4 - 2 CONTROLE</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>GRILL MONDIAL MASTER PRESS PG-01 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>GRILL MONDIAL MASTER PRESS PG-01 / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASCHIBRA - EMBUTIR - 24W - QUADRADO - BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
   </si>
   <si>
     <t>TASHIBRA</t>
   </si>
   <si>
-    <t>LAMPADA LED TASCHIBRA TUBO - 20 W - 120CM - BRANCO</t>
-[...17 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>RADIO CAR SATELLITE AU339B - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>DVR DAHUA DH-XVR1B16 - 1080P - 16 CANAIS</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>ORANGE</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR ECOPOWER EP-11 - BLUETOOTH/2 USB/ 1 USB-C/MICRO SD</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>ALTO FALANTE ECOPOWER EP-6103 - 4 POLEGADAS - 600W</t>
-[...92 lines deleted...]
-    <t>SATE</t>
+    <t>TRANSMISSOR ECOPOWER EP-12 - BLUETOOTH/2 USB/1 USB-C</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-26R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>ADAPTADOR DE TOMADA 2 PINOS UNIVERSAL PADRAO BRASIL</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 110V</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL ESPRESSO COFFEE CREAM PREMIUM / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER TS-A250S4 - 1300W - BOBINA SIMPLES - 10 POLEGADAS</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS WALITA - RI-2110 - 2 VELOCIDADES - 220V</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 MACHO</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bada2f47a2d3ee6263319faae022c9e9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6f7c67d980c4e2a73071f795732d77.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c9e567a82fe6562da5a59d28777b11.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c079418c49e6f3468ee0d34d3778d19.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/744402e5e3dec48a3cf59d28acfcf385.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4750c8b80a923e388fe6c2ddb933a3da.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2caca641300142698dbc1bf05c4b3b6d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bb5311da0aba93ff054f7f4d9a79df8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa35c07f110e2d66cd0e97b209a9264a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ee21c090f9e49a3e8f848b43d374c81.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19554c63ac9fe077662301cee59704a6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c6971bc483df624ec7659e9e8189ff6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbc7b6d772cd83af3271680a5411120c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b8baec7673ca037c0a844e42ca55b4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d82942378ea1b43e41c877f814190ec.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084a4c2fc7305b3a0e820cb2e8a953b2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34012e4fdb1427998d56bf0b549092d2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4e8b0abbe091686613f7c8502d796d2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0023908f01632be746e2e2c8ae9d1b08.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53caaecdb13f35bbdfd1e93fdfdf4496.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249182b0e252410608c5e452010f26ff.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c304917c81ea665af6708815476825a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d70aedd791afeb0f0be0011a7c48c55.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1680904b656676587942578958f2428.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929dbc13d220e4026b2ad5031877f96f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250e35dfa4473b68af6bec1892b0fa2b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a49fa7d9b88ba004b27bb5046b95f8a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bc92d1bcf7ebc60eee0a2dd960d208.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4ccf48d8edef53efd872e43b61b507.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef13e1adc7b743355f7d1664e6fd8f1e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361c89ac352270fac4d9c52e28f9393c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970b40362ce7cd2150e7875572828c4c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a788b3df98283f893a5385ea7bb465e9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25558cf5960db5be50db7e6d5f44c737.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e25653909b12418daf4a449cb91493.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad005bc90dc9709c9a0f7a95a946755e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6adedd5f04df46efd63ee7eb17c45cdc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16317d28504931438c05cc4a977ba1dd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3e87c4da3f69fe4c7ecca5be2c2241.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f690bc436b82fde2d45c84286a0b1b5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -371,51 +380,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1150,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>417037</v>
+        <v>428828</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>87.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>417808</v>
+        <v>429016</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>417983</v>
+        <v>429672</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.75</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>417990</v>
+        <v>429764</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>418850</v>
+        <v>430739</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>419147</v>
+        <v>430791</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>419222</v>
+        <v>431972</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>419529</v>
+        <v>431989</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>60.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>419604</v>
+        <v>432108</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>419666</v>
+        <v>432313</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>419871</v>
+        <v>432559</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>420334</v>
+        <v>433297</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>421072</v>
+        <v>433303</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>5.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>421089</v>
+        <v>433488</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E15" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>5.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>421140</v>
+        <v>433556</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>421485</v>
+        <v>433662</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>9.74</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>421676</v>
+        <v>433679</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>370.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>421720</v>
+        <v>433778</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="E19" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>422000</v>
+        <v>434003</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>5.25</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>422628</v>
+        <v>434409</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>0.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>