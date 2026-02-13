--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,218 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 12:40</t>
-[...59 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>Lista gerada no: 13/02/2026 00:35</t>
+  </si>
+  <si>
+    <t>PNEU PARA PATINETE FOSTON FS-B08 - MACICO</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MICROFONE PROFISSIONAL TUCANO SH-200</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7068 - UNIVERSAL - MICRO USB V8 / TIPO C- USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7070 - UNIVERSAL - MICRO USB V8 - USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASHIBRA E40 - 80W - TKL440 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>DEPILADOR PROSPER - P4502 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-7702 - 6000W - ION - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-7702 - 6000W - ION - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8221 - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8222  - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8225 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>AMPLIFICADOR CONECTOR CCTV - VB-BP20</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA A-P23 RECARREGAVEL / 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BIKE FOSTON P160 ELETRICA   ARO 16</t>
+  </si>
+  <si>
+    <t>ESPORTES E FITNESS</t>
+  </si>
+  <si>
+    <t>PC TECLADO E MOUSE SEM FIO - SATELLITE - AK-725G - PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER 6012  USB T-C    1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABECA ECOPOWER EP-1381 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8226 C/SINALIZA��O - BIVOLT</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ECOPOWER EP-3002 / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
   </si>
   <si>
     <t>MONDIAL</t>
-  </si>
-[...82 lines deleted...]
-    <t>VISIONBRAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249182b0e252410608c5e452010f26ff.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c304917c81ea665af6708815476825a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d70aedd791afeb0f0be0011a7c48c55.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1680904b656676587942578958f2428.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929dbc13d220e4026b2ad5031877f96f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250e35dfa4473b68af6bec1892b0fa2b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a49fa7d9b88ba004b27bb5046b95f8a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bc92d1bcf7ebc60eee0a2dd960d208.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4ccf48d8edef53efd872e43b61b507.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef13e1adc7b743355f7d1664e6fd8f1e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361c89ac352270fac4d9c52e28f9393c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/970b40362ce7cd2150e7875572828c4c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a788b3df98283f893a5385ea7bb465e9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25558cf5960db5be50db7e6d5f44c737.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e25653909b12418daf4a449cb91493.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad005bc90dc9709c9a0f7a95a946755e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6adedd5f04df46efd63ee7eb17c45cdc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16317d28504931438c05cc4a977ba1dd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3e87c4da3f69fe4c7ecca5be2c2241.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f690bc436b82fde2d45c84286a0b1b5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe276c9b9cd8dca7f817db78ed90f802.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6dcb740657ee465c1fac5d886eb0c3d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a2ce7423498bc7f4368c392506092bc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac2c3399a505ae1e73e23524568aac26.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3155179d6657b3da2e9de31b4543c469.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b01534b40d28cfc0f07ee4e9c2378231.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e986c1a157a7282f1f84fea28417ec8d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ef6a0eaa32318cee1db9f57ad00a9a0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb29d5f29499d2c5dbb9cd108c4979bd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea18ac9c70a16c10204c2a3669b75eee.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12064afc6437e131c8b4495bf2015a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971fcb167ffd0716772f66ea66152bd9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7d53b2a52f13f5284a0f8eebc63734.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/979c499f63a8d506188b184cbe5fccaa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c2becddc8d90e4bf068540d0d7d7a9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58a2e597829e1e2498114ee5744e1443.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2663aca3424eb72dd507834ed28ae11.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae595cc288830a9d18010014ee4bb925.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a46c31fa15d94beaad60be42b80ce5b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887923a793dbe8a89e0100558bbf52c3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>428828</v>
+        <v>436410</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>429016</v>
+        <v>436533</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.9</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>429672</v>
+        <v>436571</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>1.3</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>429764</v>
+        <v>436588</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>430739</v>
+        <v>436861</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>47.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>430791</v>
+        <v>437059</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>431972</v>
+        <v>437073</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>431989</v>
+        <v>437080</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>432108</v>
+        <v>437349</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>9.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>432313</v>
+        <v>437356</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>9.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>432559</v>
+        <v>437363</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>65.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>433297</v>
+        <v>437516</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>4.8</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>433303</v>
+        <v>437585</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>433488</v>
+        <v>437684</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>433556</v>
+        <v>438209</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>1.1</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>433662</v>
+        <v>438322</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>25.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>433679</v>
+        <v>438490</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>100.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>433778</v>
+        <v>438513</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>51.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>434003</v>
+        <v>438605</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>28.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>434409</v>
+        <v>438698</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>0.5</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>