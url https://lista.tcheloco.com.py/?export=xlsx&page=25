--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,203 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 00:35</t>
+    <t>Lista gerada no: 31/03/2026 03:22</t>
+  </si>
+  <si>
+    <t>ADAPTADOR DE TOMADA 2 PINOS UNIVERSAL PADRAO BRASIL</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL ESPRESSO COFFEE CREAM PREMIUM / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS WALITA - RI-2110 - 2 VELOCIDADES - 220V</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 MACHO</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL AR CONDICIONADO ECOPOWER EP-8612</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2309 - USB - TF - BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD KINGST 128GB 100M/S</t>
+  </si>
+  <si>
+    <t>MEMORIAS/PEN DRIVE/HD'S</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO</t>
   </si>
   <si>
     <t>PNEU PARA PATINETE FOSTON FS-B08 - MACICO</t>
   </si>
   <si>
     <t>Acess�rio para patinete</t>
   </si>
   <si>
     <t>FOSTON</t>
   </si>
   <si>
     <t>MICROFONE PROFISSIONAL TUCANO SH-200</t>
   </si>
   <si>
     <t>Microfones</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...1 lines deleted...]
-  <si>
     <t>CARREGADOR ECOPOWER EP-7068 - UNIVERSAL - MICRO USB V8 / TIPO C- USB - BIVOLT</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>CARREGADOR ECOPOWER EP-7070 - UNIVERSAL - MICRO USB V8 - USB - BIVOLT</t>
   </si>
   <si>
     <t>Fontes</t>
   </si>
   <si>
     <t>LAMPADA LED TASHIBRA E40 - 80W - TKL440 - BRANCA</t>
   </si>
   <si>
     <t>Lampadas E27</t>
   </si>
   <si>
     <t>TASHIBRA</t>
   </si>
   <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL - MF-641 - BRACO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
     <t>DEPILADOR PROSPER - P4502 - RECARREGAVEL - BIVOLT</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>SECADOR PROSPER P-7702 - 6000W - ION - 110V - PRETO</t>
   </si>
   <si>
     <t>SECADOR PROSPER P-7702 - 6000W - ION - 220V - PRETO</t>
   </si>
   <si>
-    <t>Secadores</t>
-[...1 lines deleted...]
-  <si>
     <t>LANTERNA ECOPOWER EP-8221 - BIVOLT - RECARREGAVEL</t>
   </si>
   <si>
     <t>Lanternas</t>
-  </si>
-[...64 lines deleted...]
-    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe276c9b9cd8dca7f817db78ed90f802.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6dcb740657ee465c1fac5d886eb0c3d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a2ce7423498bc7f4368c392506092bc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac2c3399a505ae1e73e23524568aac26.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3155179d6657b3da2e9de31b4543c469.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b01534b40d28cfc0f07ee4e9c2378231.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e986c1a157a7282f1f84fea28417ec8d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ef6a0eaa32318cee1db9f57ad00a9a0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb29d5f29499d2c5dbb9cd108c4979bd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea18ac9c70a16c10204c2a3669b75eee.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12064afc6437e131c8b4495bf2015a11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971fcb167ffd0716772f66ea66152bd9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee7d53b2a52f13f5284a0f8eebc63734.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/979c499f63a8d506188b184cbe5fccaa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c2becddc8d90e4bf068540d0d7d7a9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58a2e597829e1e2498114ee5744e1443.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2663aca3424eb72dd507834ed28ae11.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae595cc288830a9d18010014ee4bb925.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a46c31fa15d94beaad60be42b80ce5b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/887923a793dbe8a89e0100558bbf52c3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1375fba231836b5224946b190e86037.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e394b36f6b68b8273c898ff94a4631.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c62593892fd1e2e79474b58db97ec6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e58b30e80ceed34090672a3df36b34b4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2adc78d6a92472d89a35bc8b2174deec.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac3e4a97681957a675817bd6cf59492.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b4e137a87e2bb5bf25879fec928cfa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d77bb34b074cde011b652e878a8a25c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef8cc3dc24be3ae6ce28c8251494db63.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f69e2c237fbcedaee57a4de3e6f6e41.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3690b5098cc4f74d3eee5739550d726.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6424f45ca7ad8ac3a6409ed06d212e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60de123e631556f975d15a82fd2016e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e16fe44eb23ca12f7c6b1cc35d8b56d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104b36f29d01ec7bdbcae6018161d8be.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91ced90ca24500b17cb175bb8e51a5e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca89c5ca00306312d5942455ff884ff6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f40236c6ea141cef61e62807ce1154f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cea370be8eaba0187158988e91adf59.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab21915cf822b7a75e4314cd7d84d11.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1146,415 +1155,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>436410</v>
+        <v>433556</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>436533</v>
+        <v>433662</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>22.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>436571</v>
+        <v>433679</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>1.9</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>436588</v>
+        <v>434003</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>1.5</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>436861</v>
+        <v>434409</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>36.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>437059</v>
+        <v>434454</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>8.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>437073</v>
+        <v>435994</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>437080</v>
+        <v>436175</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>20.0</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>437349</v>
+        <v>436328</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>3.5</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>437356</v>
+        <v>436335</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>437363</v>
+        <v>436410</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>3.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>437516</v>
+        <v>436533</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>1.75</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>437585</v>
+        <v>436571</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>437684</v>
+        <v>436588</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F15" s="3">
-        <v>410.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>438209</v>
+        <v>436861</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>8.8</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>438322</v>
+        <v>436946</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>0.8</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>438490</v>
+        <v>437059</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>438513</v>
+        <v>437073</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>438605</v>
+        <v>437080</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>438698</v>
+        <v>437349</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>3.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>