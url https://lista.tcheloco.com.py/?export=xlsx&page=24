--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,209 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 22:17</t>
-[...5 lines deleted...]
-    <t>Cabos USB</t>
+    <t>Lista gerada no: 29/12/2025 12:19</t>
+  </si>
+  <si>
+    <t>LAMPIAO CAFINI CNL-9108 - SOLAR - VENTILADOR - LANTERNA - LUZ</t>
+  </si>
+  <si>
+    <t>Lampioes</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>REPETIDOR DE SINAL WIFI TP-LINK - TL-855 - EXTENSOR - 2 ANTENAS - WIFI</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>PC TECLADO SATELLITE USB - AK-837 - MULTIMIDIA</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER -P1081 - 8 POLEGADAS - MICROFONE - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO LG 24000 BTU / 220V / 50-60HZ / DUAL INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>SENSOR DE ALARME DOOR VISIONBRAS - VB-PS120</t>
+  </si>
+  <si>
+    <t>Alarme residencial</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA ELETRICA MONDIAL PP-04 - 110V - BRANCO</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA ELETRICA MONDIAL PP-04 - 220V - BRANCO</t>
+  </si>
+  <si>
+    <t>Pipoqueira</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV - TV SATELLITE - MINI - AK-723G</t>
+  </si>
+  <si>
+    <t>Controles Smart</t>
+  </si>
+  <si>
+    <t>DVR TUCANO KIT - 4 CANAIS - 4 CAMERAS - SEM FIO</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-24R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-25R</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA FREE HOME - FR-1902 - INOX -110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7058 - 1 USB - V8 - 2.1 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CALCURADA CASIO HR-8RC - BOBINA - 12 DIGITOS</t>
-[...125 lines deleted...]
-    <t>Churrasqueiras</t>
+    <t>CARREGADOR ECOPOWER - EP-7053 - TIPO C - 1 USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MAQUINA MONDIAL ACABAMENTO 6 EM 1 - BG-04 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>WATERPIK SR-1000W - 110V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>ALIMENTADOR AUTOMATICO PARA CAES - GATOS - PILHAS</t>
+  </si>
+  <si>
+    <t>Pet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a387b0d3ac318891e39bd9727326c58.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9913ca999491b56afc1730ef990555d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0329cf73348d8543709ed60421862eba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b39e0dfd4ce0d8d310fc0d9da895c8b0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f21433d2dfd20a2141b9f63f9b0dc2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5e485edd90d116a21825b56ee658e1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800a73628e25c5193c58ec1b68ad935c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aefcc584bec5c248a70a0a2798ef3a14.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f27f2a6114cf03b52563b4759bd260.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91bf803850f11decb8d31adc91de0cf1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a5bcea579c9a730540e29ec59f4597.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ba385a60b399ad36655d9fc0dd3f3cd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf60c0bcd426cdfbe92aae51543b0c6a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f566d486cf376ca4d0e4ff920ea6d9be.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b043156b32ab5a8ee982ae4b224ef0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1ae8471a069124d5b958ded842a5242.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b39dda5626613947114f458f42dfb3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d671ac9dd272dada6a63219a212a41d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da59b684c5f35561809f3bf94515cd1a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ef4507c97b24746775911164f16dafc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6142f153c782c0e0ab8bbef5adcd3b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69a254d5ed6620456b56c3aae6c4acb7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800bf0cb1f43ec375fe9d6fd635edfee.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cde9e6b1b87fc010b9aa7a2e1bcbc27a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec1485d7d9dc971827e7120875b0fe7e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c00ed21bc08040797c317e7033e92b91.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99a6ad61d2fd1d57621735fb2d0216b8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41020cef3c49ea28e2375b1151b76d49.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97eef34c8b1e35056fd56f6d1b3d0e7c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fbe39a68a54c102ef3f620c05c4749f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee8d4b95833788ba2cd26078164e697.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6a182192333375d3029e0f198054fc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d39933ff3f077d88ab3167e364d9e7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48f3d8f4732b17ae7ccf7a62add35e71.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee60d15a8e1211fffdbf88247d3ea124.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e6a89c390b4ee38bf7429abf59b36c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/827770be2e7784fe81e303e44e7a22f6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beff7f36aa9f846ec8e6e1a4ef8631fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a456447f0d1b42141885c49cb0e7ac13.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e674a618b05b7e65c582743f4b5458.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1152,415 +1161,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>408998</v>
+        <v>422000</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.3</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>409599</v>
+        <v>422222</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>25.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>410038</v>
+        <v>422628</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>7.25</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>410045</v>
+        <v>422796</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>410069</v>
+        <v>423007</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>685.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>410458</v>
+        <v>423854</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>9.75</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>410663</v>
+        <v>423861</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>1.45</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>410946</v>
+        <v>423878</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>411790</v>
+        <v>424110</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>4.6</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>411868</v>
+        <v>424264</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>4.9</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>412148</v>
+        <v>424516</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>24.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>412292</v>
+        <v>424523</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>412742</v>
+        <v>424684</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>9.75</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>412896</v>
+        <v>424691</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>413268</v>
+        <v>424868</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>414319</v>
+        <v>426350</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>33.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>414500</v>
+        <v>426404</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>414586</v>
+        <v>426657</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>414746</v>
+        <v>426947</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>20.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>415958</v>
+        <v>427937</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>55.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>