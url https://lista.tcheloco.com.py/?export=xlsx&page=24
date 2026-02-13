--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,218 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 12:19</t>
-[...5 lines deleted...]
-    <t>Lampioes</t>
+    <t>Lista gerada no: 13/02/2026 00:40</t>
+  </si>
+  <si>
+    <t>MAQUINA WAHL COMPLETE CONFIDENCE - 5546S</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>GRILL MONDIAL MASTER PRESS PG-01 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>GRILL MONDIAL MASTER PRESS PG-01 / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-1200Bi TURBO/INOX/BLACK/220V</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASCHIBRA - EMBUTIR - 24W - QUADRADO - BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>RADIO CAR SATELLITE AU339B - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR ECOPOWER EP-11 - BLUETOOTH/2 USB/ 1 USB-C/MICRO SD</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR ECOPOWER EP-12 - BLUETOOTH/2 USB/1 USB-C</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-26R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>ADAPTADOR DE TOMADA 2 PINOS UNIVERSAL PADRAO BRASIL</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>REPETIDOR DE SINAL WIFI TP-LINK - TL-855 - EXTENSOR - 2 ANTENAS - WIFI</t>
-[...17 lines deleted...]
-    <t>SPEAKER PROSPER -P1081 - 8 POLEGADAS - MICROFONE - BLUETOOTH</t>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 110V</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL ESPRESSO COFFEE CREAM PREMIUM / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS WALITA - RI-2110 - 2 VELOCIDADES - 220V</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 MACHO</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>BATERIA PARA PATINETE 10.400mAh S8/S9 PRO</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>CADEADO PARA BICICLETA FOSTON - COM SEGREDO</t>
+  </si>
+  <si>
+    <t>Esportes e Fitness</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2309 - USB - TF - BLT</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>PROSPER</t>
-[...44 lines deleted...]
-    <t>Kit DVR</t>
+    <t>MEMORIA CLASS 10 MICR SD KINGST 128GB 100M/S</t>
+  </si>
+  <si>
+    <t>MEMORIAS/PEN DRIVE/HD'S</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>APRESENTADOR SATELLITE SEM FIO - LR-24R</t>
-[...59 lines deleted...]
-    <t>Pet</t>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6142f153c782c0e0ab8bbef5adcd3b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69a254d5ed6620456b56c3aae6c4acb7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800bf0cb1f43ec375fe9d6fd635edfee.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cde9e6b1b87fc010b9aa7a2e1bcbc27a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec1485d7d9dc971827e7120875b0fe7e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c00ed21bc08040797c317e7033e92b91.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99a6ad61d2fd1d57621735fb2d0216b8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41020cef3c49ea28e2375b1151b76d49.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97eef34c8b1e35056fd56f6d1b3d0e7c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fbe39a68a54c102ef3f620c05c4749f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee8d4b95833788ba2cd26078164e697.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6a182192333375d3029e0f198054fc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d39933ff3f077d88ab3167e364d9e7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48f3d8f4732b17ae7ccf7a62add35e71.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee60d15a8e1211fffdbf88247d3ea124.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e6a89c390b4ee38bf7429abf59b36c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/827770be2e7784fe81e303e44e7a22f6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beff7f36aa9f846ec8e6e1a4ef8631fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a456447f0d1b42141885c49cb0e7ac13.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e674a618b05b7e65c582743f4b5458.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d156fd005aec84241974c870a1fdf1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc4a3a3e9744b06e713cdfaed0eb9bec.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f0b836a859a53c1d00cbfe977f0f552.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f32b06395a3bbe056fc4decdd3730069.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77fa6fb54c7815710643968cd2dd837a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738f213a2ca0ccafc474dc01c3cda511.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853daeb31736c2106d7a94d51eb97bb9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf40f34867f61808028ee4ce2b4ac92.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f33a918e5145f12cfeeb2d079eba9905.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ecda5b083869b2b011541d44ddff13.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d8ef93481da63cc634a01777d0e4115.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d7ed4f2e3b85984ec18dc855e710b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed0b1c1fa08e5108e07e1922205210ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f1b07335e055a5409354c3063a38db.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d65b3719069de435b8a99c2245073b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac2b70acdae021d10e403c9e5c5fca7c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2670ac00cbe940407a9f17f00dad09.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037ee92b85a2170fb9b436c3c5be6927.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4035ebe47d64d68d1a00a83b501f549.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdac86282a2054703cbb2a3e1b2cc588.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>422000</v>
+        <v>431224</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.25</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>422222</v>
+        <v>431972</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>422628</v>
+        <v>431989</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>9.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>422796</v>
+        <v>432030</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>32.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>423007</v>
+        <v>432108</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>685.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>423854</v>
+        <v>432313</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12.6</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>423861</v>
+        <v>433297</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>423878</v>
+        <v>433303</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>424110</v>
+        <v>433488</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>4.95</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>424264</v>
+        <v>433556</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>118.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>424516</v>
+        <v>433662</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>424523</v>
+        <v>433679</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>424684</v>
+        <v>434003</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>23.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>424691</v>
+        <v>434409</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>20.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>424868</v>
+        <v>434652</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="F16" s="3">
-        <v>23.5</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>426350</v>
+        <v>435024</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>1.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>426404</v>
+        <v>435994</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="F18" s="3">
-        <v>1.6</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>426657</v>
+        <v>436175</v>
       </c>
       <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
+        <v>48</v>
+      </c>
+      <c r="E19" t="s">
         <v>49</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>23.0</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>426947</v>
+        <v>436328</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>52</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>53.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>427937</v>
+        <v>436335</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>55.0</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>