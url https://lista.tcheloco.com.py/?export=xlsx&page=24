--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,212 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 00:40</t>
+    <t>Lista gerada no: 31/03/2026 03:37</t>
+  </si>
+  <si>
+    <t>MAQUINA MONDIAL ACABAMENTO 6 EM 1 - BG-04 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>WATERPIK SR-1000W - 110V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER UNIVERSAL - 1 USB - EP-7066 - 3.0 AMP</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ALIMENTADOR AUTOMATICO PARA CAES - GATOS - PILHAS</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER TS-G1310F - 5 POLEGADAS - 230W - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MEGASTAR HT563 - BRACO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ALISADOR  ROADSTAR RS-240HS - 80W - 110V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV SATELLITE - AK-724G</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ALARME PARA RESIDENCIA YATING - AAX4 - 2 CONTROLE</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
   </si>
   <si>
     <t>MAQUINA WAHL COMPLETE CONFIDENCE - 5546S</t>
   </si>
   <si>
     <t>Depiladores</t>
   </si>
   <si>
     <t>WAHL</t>
   </si>
   <si>
+    <t>ESCOVA GIRATORIA ONIDA - ON-1047 - 3 EM 1 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
     <t>GRILL MONDIAL MASTER PRESS PG-01 - 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...7 lines deleted...]
-  <si>
     <t>LIQUIDIFICADOR MONDIAL L-1200Bi TURBO/INOX/BLACK/220V</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
-    <t>LAMPADA LED TASCHIBRA - EMBUTIR - 24W - QUADRADO - BRANCO</t>
-[...7 lines deleted...]
-  <si>
     <t>RADIO CAR SATELLITE AU339B - USB - SD - BLUETOOTH</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
-    <t>SATE</t>
+    <t>DVR DAHUA DH-XVR1B16 - 1080P - 16 CANAIS</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>ORANGE</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO ECOPOWER EP-2720 - PULSO</t>
   </si>
   <si>
     <t>TRANSMISSOR ECOPOWER EP-11 - BLUETOOTH/2 USB/ 1 USB-C/MICRO SD</t>
   </si>
   <si>
     <t>Transmissores</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>TRANSMISSOR ECOPOWER EP-12 - BLUETOOTH/2 USB/1 USB-C</t>
   </si>
   <si>
     <t>APRESENTADOR SATELLITE SEM FIO - LR-26R</t>
   </si>
   <si>
     <t>Apresentador de Slides</t>
   </si>
   <si>
-    <t>ADAPTADOR DE TOMADA 2 PINOS UNIVERSAL PADRAO BRASIL</t>
-[...71 lines deleted...]
-    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO</t>
+    <t>ALTO FALANTE PIONEER - TS-G1010F - 190W - 2 VIAS - 4 POLEGADAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d156fd005aec84241974c870a1fdf1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc4a3a3e9744b06e713cdfaed0eb9bec.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f0b836a859a53c1d00cbfe977f0f552.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f32b06395a3bbe056fc4decdd3730069.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77fa6fb54c7815710643968cd2dd837a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738f213a2ca0ccafc474dc01c3cda511.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/853daeb31736c2106d7a94d51eb97bb9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf40f34867f61808028ee4ce2b4ac92.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f33a918e5145f12cfeeb2d079eba9905.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ecda5b083869b2b011541d44ddff13.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d8ef93481da63cc634a01777d0e4115.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d7ed4f2e3b85984ec18dc855e710b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed0b1c1fa08e5108e07e1922205210ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f1b07335e055a5409354c3063a38db.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20d65b3719069de435b8a99c2245073b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac2b70acdae021d10e403c9e5c5fca7c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2670ac00cbe940407a9f17f00dad09.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037ee92b85a2170fb9b436c3c5be6927.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4035ebe47d64d68d1a00a83b501f549.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdac86282a2054703cbb2a3e1b2cc588.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc17399a218d5aa7d6d3db61c0e374f8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3ac14ff3261873b93174fc80c2d90c7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/883e7f064167f10349d18bd562257af8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b05c99003f8f65a04fc38f83aa02f76.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049cf095e7d75d1f1344be95128b5545.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0716527cd7a6680289902dd0a5000f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9634eabaede2a8ee1b7bac66010eba9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cb111c9f25ceaeafc9a0676eee67287.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ed5b10c6716a082dbc4b8f012bcb73.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98b5f1eb898ebb9a926fc31b519c42a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccd6194eacbe17b1c751dfa1961811c3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80e758fb9dd910796eb5641d95987af.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ade996e66e8a3f0805c70c2a1556bea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/695b18ba392ecbc64cdf5b59a5ce4425.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ee70f7b0a8d963972b7eb78d984823b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90a39caa48eb56495cec19c85bc4a602.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d36c34301a445521050126b256dcb6ef.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec3e513465e21eddd591fb3b2a639bd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2a7f1111bc29310b65c359568f29dbf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99f9b7bf9dfdd06f36b24fa5eaea1ae2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1154,416 +1157,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>431224</v>
+        <v>426657</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>431972</v>
+        <v>426947</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>25.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>431989</v>
+        <v>427357</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>25.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>432030</v>
+        <v>427937</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>35.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>432108</v>
+        <v>428828</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>9.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>432313</v>
+        <v>429016</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>9.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>433297</v>
+        <v>429764</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>4.8</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>433303</v>
+        <v>430463</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>433488</v>
+        <v>430791</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>433556</v>
+        <v>431224</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F11" s="3">
-        <v>1.1</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>433662</v>
+        <v>431729</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>433679</v>
+        <v>431972</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>100.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>434003</v>
+        <v>432030</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>28.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>434409</v>
+        <v>432313</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>0.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>434652</v>
+        <v>432559</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="F16" s="3">
-        <v>78.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>435024</v>
+        <v>433068</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>435994</v>
+        <v>433297</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>25.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>436175</v>
+        <v>433303</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>17.3</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>436328</v>
+        <v>433488</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="F20" s="3">
-        <v>18.9</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>436335</v>
+        <v>433549</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F21" s="3">
-        <v>19.0</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>