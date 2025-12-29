--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,82 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 21:00</t>
+    <t>Lista gerada no: 29/12/2025 10:44</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD014 - AZUL</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z50 - 128GB - MINI - PRETO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO BAK BK-500W - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>PEN DRIVE BLUETOOTH UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>GARRAFA FUN E FUN - TAMPA FLIP FLOP - 1 LITRO</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINHEIRO BILL COUNTER - 220V</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>GARRAFA FLIP FLOP FUN E FUN - 430 ML - TAMPA</t>
+  </si>
+  <si>
+    <t>C�MERA DE RE UNIVERSAL RODICAR HD RC-186</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>RODICAR</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER  6035 - TIPO C  - TIPO C -  60W</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CALCURADA CASIO HR-8RC - BOBINA - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2623 - 1+1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2627 - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS - MF-393 - DIGITAL - PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>LED PISCA T20 - 2 POLO - AUTOMOTIVO</t>
+  </si>
+  <si>
+    <t>Ilumina��o Automotiva</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2620 - BARRA LAMPIAO - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS MOX MO-CB738 - AA/AAA/9V/2V - SEM PILHA - CARTELA</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO INFRAVERMELHO - ORELHA - MOX - MO-T280</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-605 - BLUETOOTH - USB - SD - RADIO FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO HR - 100RC - COM BOBINA - PRETA</t>
+  </si>
+  <si>
+    <t>FONTE CARREGADOR PARA PATINETE FOSTON S09/S09 PRO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -96,50 +239,659 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a0ca3563cefd1476c33b1f9bce3f530.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cc038312c239ee7c5df0f821efd7ca.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a8273752056bbfb4263fd16540bd4b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eac3493b6fe83202061a29bd69cbcd2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da29c56758d15383359ba244f0ec3598.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4069c93419bb37f65d0008886e8f7f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ad941d2ec02b35fb63cfabed1e8b4f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5887c6ba305bfaa302d38356bcefaded.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f63497a640240faabc981e5fa71d7866.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a191f558f32506dcf2c897a10555cc7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b520324db8dfbd4aaefb64afdeb85787.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c015cebf7d3f03af0f533da587d0c966.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5472ef099d67f2d8d2cb3936addd2683.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfdf7c3d990f27fbb865f1c57dabb393.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640258ab32bd61a873bc1c2426b96870.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c406b51b7bd95c925b4b6e26410b29.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec47ca1e0a2742af34f2243bbbcc1bed.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d9f0f1fa3a2502e6d2080e895c39f48.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4744d62d5bd0c8af5a9595b372ba9564.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5200723786f65fd9fbaa3c0697466fe.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -384,100 +1136,441 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1"/>
+  <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
+    <row r="2" spans="1:7" customHeight="1" ht="52">
+      <c r="A2">
+        <v>403085</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" s="3">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" customHeight="1" ht="52">
+      <c r="A3">
+        <v>403603</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" s="3">
+        <v>8.59</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" customHeight="1" ht="52">
+      <c r="A4">
+        <v>404112</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="3">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" customHeight="1" ht="52">
+      <c r="A5">
+        <v>404129</v>
+      </c>
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" s="3">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" customHeight="1" ht="52">
+      <c r="A6">
+        <v>404211</v>
+      </c>
+      <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" s="3">
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" customHeight="1" ht="52">
+      <c r="A7">
+        <v>405706</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" s="3">
+        <v>60.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" customHeight="1" ht="52">
+      <c r="A8">
+        <v>407878</v>
+      </c>
+      <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F8" s="3">
+        <v>1.9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" customHeight="1" ht="52">
+      <c r="A9">
+        <v>408493</v>
+      </c>
+      <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9" s="3">
+        <v>4.75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" customHeight="1" ht="52">
+      <c r="A10">
+        <v>408998</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" s="3">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" customHeight="1" ht="52">
+      <c r="A11">
+        <v>409599</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" s="3">
+        <v>25.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" customHeight="1" ht="52">
+      <c r="A12">
+        <v>410038</v>
+      </c>
+      <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="3">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" customHeight="1" ht="52">
+      <c r="A13">
+        <v>410069</v>
+      </c>
+      <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
+        <v>36</v>
+      </c>
+      <c r="E13" t="s">
+        <v>29</v>
+      </c>
+      <c r="F13" s="3">
+        <v>9.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" customHeight="1" ht="52">
+      <c r="A14">
+        <v>410458</v>
+      </c>
+      <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" s="3">
+        <v>9.75</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" customHeight="1" ht="52">
+      <c r="A15">
+        <v>410663</v>
+      </c>
+      <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" t="s">
+        <v>18</v>
+      </c>
+      <c r="F15" s="3">
+        <v>1.45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" customHeight="1" ht="52">
+      <c r="A16">
+        <v>410946</v>
+      </c>
+      <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" t="s">
+        <v>29</v>
+      </c>
+      <c r="F16" s="3">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" customHeight="1" ht="52">
+      <c r="A17">
+        <v>411790</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>45</v>
+      </c>
+      <c r="F17" s="3">
+        <v>4.6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" customHeight="1" ht="52">
+      <c r="A18">
+        <v>411868</v>
+      </c>
+      <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" t="s">
+        <v>45</v>
+      </c>
+      <c r="F18" s="3">
+        <v>4.9</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" customHeight="1" ht="52">
+      <c r="A19">
+        <v>413268</v>
+      </c>
+      <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
+        <v>29</v>
+      </c>
+      <c r="F19" s="3">
+        <v>11.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" customHeight="1" ht="52">
+      <c r="A20">
+        <v>414319</v>
+      </c>
+      <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" t="s">
+        <v>32</v>
+      </c>
+      <c r="F20" s="3">
+        <v>33.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" customHeight="1" ht="52">
+      <c r="A21">
+        <v>414401</v>
+      </c>
+      <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
+        <v>53</v>
+      </c>
+      <c r="F21" s="3">
+        <v>15.0</v>
+      </c>
+    </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>