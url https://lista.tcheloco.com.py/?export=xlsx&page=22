--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,212 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 10:44</t>
-[...5 lines deleted...]
-    <t>Mouse</t>
+    <t>Lista gerada no: 12/02/2026 23:02</t>
+  </si>
+  <si>
+    <t>SPEAKER SATELLITE AS-2151 - USB - SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>PENDRIVE SANDISK Z50 - 128GB - MINI - PRETO</t>
-[...2 lines deleted...]
-    <t>Pen Drives</t>
+    <t>LANTERNA DE CABE�A ECOPOWER - EP-1383 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CONVERSOR DIGITAL PARA CARRO - ROADSTAR - RS1121</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>KIT DE CHURRASCO COM MALETA - 5 PE�AS - S395</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7011 7" BLUETOOTH GPS USB</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>LAMAPADA LED TASHIBRA SPOT - 3W - EMBUTIR - REDONDO - BRANCO</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASCHIBRA TUBO - 20 W - 120CM - BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASCHIBRA TUBO - 10 W - 60CM - BRANCO</t>
+  </si>
+  <si>
+    <t>PROJETOR DE LED NATAL - CX AZUL - ESTRELA - BIVOLT</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-602PET - 220V-50HZ</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-136 - BATERIA - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MAQUINA ONIDA - ON-2186 - CORTA CABELO - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS MANUAL - MF-233</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP HB4 - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP H3 - LED - 12/24V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSA PET ONIDA - ON-P2 - KIT - BIVOLT</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICRO SD - SANDISK - 128GB - 100M/S</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
   </si>
   <si>
     <t>SANDISK</t>
   </si>
   <si>
-    <t>FOGAO ELETRICO BAK BK-500W - 110V</t>
-[...119 lines deleted...]
-    <t>FOSTON</t>
+    <t>AR CONDICIONADO MITSUO - 12000BTU - QUENTE E FRIO - 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>SPEAKER FUSCA - BLUETOOTH - LED - RADIO FM - USB - TF</t>
+  </si>
+  <si>
+    <t>LAMPIAO CAFINI CNL-9108 - SOLAR - VENTILADOR - LANTERNA - LUZ</t>
+  </si>
+  <si>
+    <t>Lampioes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a0ca3563cefd1476c33b1f9bce3f530.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cc038312c239ee7c5df0f821efd7ca.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a8273752056bbfb4263fd16540bd4b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eac3493b6fe83202061a29bd69cbcd2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da29c56758d15383359ba244f0ec3598.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4069c93419bb37f65d0008886e8f7f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ad941d2ec02b35fb63cfabed1e8b4f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5887c6ba305bfaa302d38356bcefaded.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f63497a640240faabc981e5fa71d7866.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a191f558f32506dcf2c897a10555cc7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b520324db8dfbd4aaefb64afdeb85787.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c015cebf7d3f03af0f533da587d0c966.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5472ef099d67f2d8d2cb3936addd2683.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfdf7c3d990f27fbb865f1c57dabb393.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/640258ab32bd61a873bc1c2426b96870.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c406b51b7bd95c925b4b6e26410b29.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec47ca1e0a2742af34f2243bbbcc1bed.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d9f0f1fa3a2502e6d2080e895c39f48.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4744d62d5bd0c8af5a9595b372ba9564.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5200723786f65fd9fbaa3c0697466fe.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/034684fdf71018a1431e7d62c65a95c8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9709e7a4a83eea95676ce8a77a41fa7e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b320e76cafb38222e42b6ea362af189.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5ccf880e780d68f417c29444575819.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7addd3a93ef6d1f68fc5139337af3926.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e83df5a848b5e56434b6badbc28e329.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673aeedf0509f3f212d19930cc2f03f6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cfdfca04365e2d304abead12af0a92a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32654af39d09f49f037a8eb6ea9ac1e5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b576a8b1f0130cea8cd4e9ae066422f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958e3e2ad48a2d56175e303723cf3580.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60440bf80d8a64cac49347c96de3bda4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37063ff94c9192f0e37c5f61695ab98c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c829e42346bc07f566cfe222dc4a09.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542c7fcb29777a097d403a4c9268c227.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae53e208a4b468cee3281c4cc637c3e3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b38c76b2772b3c1a97f3fd9ce38f047.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97bbf13baa52739782dfbdcdb12e2fbe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f82f71954e6bfbbee75c89dd6fe9c29b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63ee0f843b79ed1626e9ff02c20c70f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -494,51 +485,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1153,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>403085</v>
+        <v>414500</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.3</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>403603</v>
+        <v>414586</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.59</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>404112</v>
+        <v>414746</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>404129</v>
+        <v>415958</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>2.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>404211</v>
+        <v>416269</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>3.75</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>405706</v>
+        <v>417808</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>60.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>407878</v>
+        <v>417983</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>1.9</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>408493</v>
+        <v>417990</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>4.75</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>408998</v>
+        <v>418850</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>1.3</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>409599</v>
+        <v>419604</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>25.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>410038</v>
+        <v>419666</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>7.25</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>410069</v>
+        <v>419871</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>410458</v>
+        <v>420334</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>9.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>410663</v>
+        <v>421089</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>1.45</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>410946</v>
+        <v>421140</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>411790</v>
+        <v>421355</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>4.6</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>411868</v>
+        <v>421485</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>4.9</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>413268</v>
+        <v>421676</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>414319</v>
+        <v>421720</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="E20" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>33.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>414401</v>
+        <v>422000</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>5.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>