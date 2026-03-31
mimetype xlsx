--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,203 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 23:02</t>
+    <t>Lista gerada no: 31/03/2026 01:36</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS - MF-393 - DIGITAL - PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>LED PISCA T20 - 2 POLO - AUTOMOTIVO</t>
+  </si>
+  <si>
+    <t>Ilumina��o Automotiva</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2620 - BARRA LAMPIAO - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS MOX MO-CB738 - AA/AAA/9V/2V - SEM PILHA - CARTELA</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO INFRAVERMELHO - ORELHA - MOX - MO-T280</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR PHILIPS - CABELO - BARBA - HC-3520 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO  ECOPOWER EP-M106</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>FERRO MEGASTAR PA220A A SECO / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-605 - BLUETOOTH - USB - SD - RADIO FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO HR - 100RC - COM BOBINA - PRETA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>FONTE CARREGADOR PARA PATINETE FOSTON S09/S09 PRO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
   <si>
     <t>SPEAKER SATELLITE AS-2151 - USB - SD - RADIO FM - BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>LANTERNA DE CABE�A ECOPOWER - EP-1383 - RECARREGAVEL</t>
   </si>
   <si>
     <t>Lanternas P/Cabe�a</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>CONVERSOR DIGITAL PARA CARRO - ROADSTAR - RS1121</t>
   </si>
   <si>
-    <t>Automotivo</t>
-[...1 lines deleted...]
-  <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>KIT DE CHURRASCO COM MALETA - 5 PE�AS - S395</t>
   </si>
   <si>
     <t>Churrasqueiras</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>RADIO CAR ECOPOWER EP-7011 7" BLUETOOTH GPS USB</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
     <t>LAMAPADA LED TASHIBRA SPOT - 3W - EMBUTIR - REDONDO - BRANCO</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>TASHIBRA</t>
   </si>
   <si>
     <t>LAMPADA LED TASCHIBRA TUBO - 20 W - 120CM - BRANCO</t>
   </si>
   <si>
     <t>Lampadas T8</t>
   </si>
   <si>
     <t>LAMPADA LED TASCHIBRA TUBO - 10 W - 60CM - BRANCO</t>
   </si>
   <si>
     <t>PROJETOR DE LED NATAL - CX AZUL - ESTRELA - BIVOLT</t>
-  </si>
-[...67 lines deleted...]
-    <t>Lampioes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/034684fdf71018a1431e7d62c65a95c8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9709e7a4a83eea95676ce8a77a41fa7e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b320e76cafb38222e42b6ea362af189.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed5ccf880e780d68f417c29444575819.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7addd3a93ef6d1f68fc5139337af3926.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e83df5a848b5e56434b6badbc28e329.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673aeedf0509f3f212d19930cc2f03f6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cfdfca04365e2d304abead12af0a92a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32654af39d09f49f037a8eb6ea9ac1e5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b576a8b1f0130cea8cd4e9ae066422f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958e3e2ad48a2d56175e303723cf3580.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60440bf80d8a64cac49347c96de3bda4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37063ff94c9192f0e37c5f61695ab98c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c829e42346bc07f566cfe222dc4a09.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542c7fcb29777a097d403a4c9268c227.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae53e208a4b468cee3281c4cc637c3e3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b38c76b2772b3c1a97f3fd9ce38f047.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97bbf13baa52739782dfbdcdb12e2fbe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f82f71954e6bfbbee75c89dd6fe9c29b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63ee0f843b79ed1626e9ff02c20c70f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50d1ad622b454442987f590ec93a5d22.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cacbe46dc735132cf509c4e60dadafa.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a819c7de62adee4fdb99cdf0f86b7dba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1f750065929f52be8b73e1691e5ec77.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/385999e0a2c6467bbf513e3c15fcd31a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59543b3f5c37595fc5799a5c0823eec1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a68cf6183c00d56cd0b2d6b6a50c748.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/296fe0f373ceb755f70b044ced0bf46b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/881f3baaeb0c03043cb2b89ec8c1c1f2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9636d353af9cbc00aed833568fd3a226.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a29638d22cfa572fa8bbfdddf47caa5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ea8ea4090ee5e52048489a6d60d91f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/906bbd583e4d10062eb6d43aa6b14751.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f44391862c9d9e03265ff5a8ba0bd264.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412014424923e63399ec051f272b257f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02467835e5e023d907727c63f200da59.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e823367629a56a6ad6b6e19758c665b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19509e85200c648dacff1b5077cdcb5e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d37d7e27e75f705c2ee2233b8e13283.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/036573533bcaf33fe41df90d4b484084.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -485,381 +497,381 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="790575" cy="590550"/>
-    <xdr:pic>
-[...328 lines deleted...]
-    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -1144,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>414500</v>
+        <v>410458</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>414586</v>
+        <v>410663</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>414746</v>
+        <v>410946</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>415958</v>
+        <v>411790</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>416269</v>
+        <v>411868</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>52.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>417808</v>
+        <v>412117</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>417983</v>
+        <v>412292</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>2.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>417990</v>
+        <v>412742</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>3.5</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>418850</v>
+        <v>413268</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>419604</v>
+        <v>414319</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>419666</v>
+        <v>414401</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>9.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>419871</v>
+        <v>414500</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>420334</v>
+        <v>414586</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>421089</v>
+        <v>414746</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>5.5</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>421140</v>
+        <v>415958</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>421355</v>
+        <v>416269</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>421485</v>
+        <v>417808</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>19.99</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>421676</v>
+        <v>417983</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>370.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>421720</v>
+        <v>417990</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>422000</v>
+        <v>418850</v>
       </c>
       <c r="C21" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" t="s">
         <v>49</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>5.25</v>
+        <v>15.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>