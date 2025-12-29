--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,221 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 19:08</t>
-[...29 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>Lista gerada no: 29/12/2025 08:57</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2311 - USB - SD - RADIO FM</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V ECOPOWER EP 7036 MICRO USB</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>MICROSYSTEM MEGASTAR MP-1842BT - CD - BLUETOOTH - USB - BIVOLT</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>SANDUICHEIRA GRILL ONIDA ON-458 / BRANCA / 110V</t>
-[...2 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>RADIO ECOPOWER EP-F121 - BATERIA - USB - SD</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER UNIVERSAL PARA IPHONE EP-7052 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V ECOPOWER  EP 7061 IPHONE</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-602 BLUETOOTH/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>RASTREADOR GPS TRACKER 303 - GSM - 4 BANDAS - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA CCTV TUCANO COLOR - 3.6MM - MODELO 520</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>FERRO HAMILTON BEACH DURATHON 19701 / 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>HAMILTON BEACH</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR DE FRUTAS HAMILTON BEACH - FRESH MIX - 66333 - 110V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>RAQUETE ELETRICA MATA MOSCA ECOPOWER EP-8200</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-219 - 3500W - 110V - 220V - VIAGEM</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>SANDUICHEIRA GRILL ONIDA ON-458 / BRANCA / 220V</t>
-[...92 lines deleted...]
-    <t>Filtro de Linha</t>
+    <t>SECADOR TUCANO TC-8600 - QUENTE E FRIO - 6000W - 110-220V</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO - TQ-228</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CAIXA PIONEER TS-WX130EA - SUBWOOFER SLIM - 160W - AMPLIFICADO</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S301 BLUETOOTH 10" 2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FR2650 - COM BOBINA - BIVOLT</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE A-PAD01 - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>FILTRO DE LINHA SATELLITE A-R055 - 5 METROS</t>
-[...5 lines deleted...]
-    <t>Fone com fio</t>
+    <t>PC MOUSEPAD SATELLITE - A-PAD012 - VERMELHO</t>
+  </si>
+  <si>
+    <t>Saude</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50256e793b1f992c79dd1e1e8bb71103.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f69367682e24748bd5bdd22043b1eaa.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d673d1434738a8976c19c3343f91dbf5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21659400fd5e239198fd96fcef5412e5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ec5057d63d4a65d58d9f84ec6f7ef7e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c8fc3d4739bf99e4d3d8d7ecaf7aa0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13bbf0add96b72f3ea1ab459cbe0bbcf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdf24e48ec1b03953f7461503a356561.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1feecfefad12a2595de05dd94528267.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6006f079fafa189a779f052987a076.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e375377eda8926e769e58c9d9234e870.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d922d0561c9e679c6b7d9a81b8380af.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96a4e8e9343d9c281a89635566b1277.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f0641f7c28b17d77fc07b5d5ca0041.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fead6ec8315f4d845916c9ccfdcefe4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1658893b1f6a07bbfe2fdce1e8c70cf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22d8e42e5c8fcbc5f31c9a852e0fba98.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/688fd9b5e06e3f1801bcdbcabfa83b38.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70fb445b2a1980c1553417b26819bdb7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c93667ade0d5404de8717888da8a6e3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1706c85efcc78e6cad6e835652a8a6bb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42979aa8cbe5b5d8165107d9e2d8904f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a21084614616fa1e949b1a036ef087c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d251f0e741cb88bd6b55d351a9cd82b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576066fd2e044d53abe51dc37b8e68e9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226b71be72dc84084f18f1eb6e43fc49.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20570a759d377a0bcf249e74a7f2727d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6597f4feb990c524f5874d5a8e3c479.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e51305a8a11b9bb940f1b65f16ceea8e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/047d33d515cfdbf7be26672bcfb843e5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b71fe98c392fd8311ef5bea97099b56.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c009c15ddc599d02361eaf9b481ecc3c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7bccebe07a4710d94f3f177857876f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac13edcec5114cb347b626e860fa3d2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d89a839674c46e7ed65b833761620390.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f74cca2688e9720e0890df9c8c5d2ce.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bfa3afa8759d96814a6d9699f686711.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3668cee1f69c16d6f39febf1259bee.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/772647026f87fab44db0278706779b3f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa0b033b605e4a6183b2da3c4333d93a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -413,351 +395,351 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="" descr=""/>
-[...268 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1162,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>380584</v>
+        <v>393089</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>382724</v>
+        <v>393119</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>383127</v>
+        <v>393218</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>37.5</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>384643</v>
+        <v>393294</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>9.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>384742</v>
+        <v>395014</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>384759</v>
+        <v>395106</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>22.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>384995</v>
+        <v>395908</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>175.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>385459</v>
+        <v>396677</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
         <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>385497</v>
+        <v>396714</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>385763</v>
+        <v>397155</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>3.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>385909</v>
+        <v>397209</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>132.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>386142</v>
+        <v>397605</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>386371</v>
+        <v>397957</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>32.5</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>386517</v>
+        <v>398213</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>1.5</v>
+        <v>21.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>386579</v>
+        <v>398664</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>387156</v>
+        <v>400169</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>5.75</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>388092</v>
+        <v>400909</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>67.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>388627</v>
+        <v>402958</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>63.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>388634</v>
+        <v>403061</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>5.75</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>389563</v>
+        <v>403078</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>2.5</v>
+        <v>1.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>