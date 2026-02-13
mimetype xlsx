--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,203 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 08:57</t>
-[...2 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2311 - USB - SD - RADIO FM</t>
+    <t>Lista gerada no: 12/02/2026 21:19</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD014 - AZUL</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z50 - 128GB - MINI - PRETO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>PEN DRIVE BLUETOOTH UNIVERSAL</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>GARRAFA FUN E FUN - TAMPA FLIP FLOP - 1 LITRO</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINHEIRO BILL COUNTER - 220V</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>GARRAFA FLIP FLOP FUN E FUN - 430 ML - TAMPA</t>
+  </si>
+  <si>
+    <t>C�MERA DE RE UNIVERSAL RODICAR HD RC-186</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>RODICAR</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER  6035 - TIPO C  - TIPO C -  60W</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CARREGADOR  12V ECOPOWER EP 7036 MICRO USB</t>
-[...5 lines deleted...]
-    <t>MICROSYSTEM MEGASTAR MP-1842BT - CD - BLUETOOTH - USB - BIVOLT</t>
+    <t>CALCURADA CASIO HR-8RC - BOBINA - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2623 - 1+1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS - MF-393 - DIGITAL - PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>LED PISCA T20 - 2 POLO - AUTOMOTIVO</t>
+  </si>
+  <si>
+    <t>Ilumina��o Automotiva</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2620 - BARRA LAMPIAO - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS MOX MO-CB738 - AA/AAA/9V/2V - SEM PILHA - CARTELA</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO INFRAVERMELHO - ORELHA - MOX - MO-T280</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR PHILIPS - CABELO - BARBA - HC-3520 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO  ECOPOWER EP-M106</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>FERRO MEGASTAR PA220A A SECO / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F121 - BATERIA - USB - SD</t>
-[...14 lines deleted...]
-    <t>RADIO CAR ECOPOWER EP-602 BLUETOOTH/USB/SD/FM</t>
+    <t>RADIO CAR ECOPOWER EP-605 - BLUETOOTH - USB - SD - RADIO FM</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
-    <t>RASTREADOR GPS TRACKER 303 - GSM - 4 BANDAS - SEM GARANTIA</t>
-[...86 lines deleted...]
-    <t>Saude</t>
+    <t>CALCULADORA CASIO HR - 100RC - COM BOBINA - PRETA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1706c85efcc78e6cad6e835652a8a6bb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42979aa8cbe5b5d8165107d9e2d8904f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a21084614616fa1e949b1a036ef087c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d251f0e741cb88bd6b55d351a9cd82b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576066fd2e044d53abe51dc37b8e68e9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226b71be72dc84084f18f1eb6e43fc49.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20570a759d377a0bcf249e74a7f2727d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6597f4feb990c524f5874d5a8e3c479.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e51305a8a11b9bb940f1b65f16ceea8e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/047d33d515cfdbf7be26672bcfb843e5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b71fe98c392fd8311ef5bea97099b56.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c009c15ddc599d02361eaf9b481ecc3c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7bccebe07a4710d94f3f177857876f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac13edcec5114cb347b626e860fa3d2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d89a839674c46e7ed65b833761620390.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f74cca2688e9720e0890df9c8c5d2ce.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bfa3afa8759d96814a6d9699f686711.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3668cee1f69c16d6f39febf1259bee.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/772647026f87fab44db0278706779b3f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa0b033b605e4a6183b2da3c4333d93a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445688ede869f21f10d43f12339074f3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48df856cb8bc3921d3b06fafb63da2d6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386c1dde3b3fc2a5b12c8ba0384cd01.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df3b24ff99315218fcf5ef4828e9b0f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/906db316b7f7c676ed334f96b76e46c9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3d84950801d297a3c442ada950bb71.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1865fac67c3f5c243dbb59a07b8219f5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b54d8f6ec3b4f2661f08938324b37d61.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d7b001f4fa523100c2517faedbf6f4c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6459bdc773c3b4c31fc4a69852ef7553.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee61626e7d0ec5d47b0e438ad72a7dee.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547a74a243658315913e72e20e98ee7e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44896994adeeabf76487d2399a2923e4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bbb5d24c916d4b3d01d7518534e7d7a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1c128b9ac9413cde4b94d7f97e24a5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0de954ad1df36d9792588d2885d5c57.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394be2d1a61f04204800aad9de765690.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae94af9032fa1774faa22f1454808acb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0defc3976a1d5f9e0a65ea44027552.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3578f886faa60c84c897f1dced48c0ff.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -665,81 +677,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1144,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>393089</v>
+        <v>403085</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>393119</v>
+        <v>403603</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>12.25</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>393218</v>
+        <v>404129</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>33.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>393294</v>
+        <v>404211</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>395014</v>
+        <v>405706</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>1.6</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>395106</v>
+        <v>407878</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>1.8</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>395908</v>
+        <v>408493</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>396677</v>
+        <v>408998</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>25.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>396714</v>
+        <v>409599</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>13.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>397155</v>
+        <v>410038</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>23.5</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>397209</v>
+        <v>410458</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>22.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>397605</v>
+        <v>410663</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>397957</v>
+        <v>410946</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>11.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>398213</v>
+        <v>411790</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>21.75</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>398664</v>
+        <v>411868</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>7.8</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>400169</v>
+        <v>412117</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>129.0</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>400909</v>
+        <v>412292</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F18" s="3">
-        <v>120.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>402958</v>
+        <v>412742</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>63.6</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>403061</v>
+        <v>413268</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="F20" s="3">
-        <v>1.3</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>403078</v>
+        <v>414319</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="F21" s="3">
-        <v>1.3</v>
+        <v>33.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>