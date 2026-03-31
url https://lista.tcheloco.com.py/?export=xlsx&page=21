--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,215 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 21:19</t>
+    <t>Lista gerada no: 30/03/2026 23:45</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-8600 - QUENTE E FRIO - 6000W - 110-220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO - TQ-228</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CAPACETE PARA BIKE FOSTON SP4 - COM VISEIRA</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S301 BLUETOOTH 10" 2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR DOG PROSPER P-1700 - 110V-220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FR2650 - COM BOBINA - BIVOLT</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE A-PAD01 - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD012 - VERMELHO</t>
+  </si>
+  <si>
+    <t>Saude</t>
   </si>
   <si>
     <t>PC MOUSEPAD SATELLITE - A-PAD014 - AZUL</t>
   </si>
   <si>
-    <t>Mouse</t>
-[...4 lines deleted...]
-  <si>
     <t>PENDRIVE SANDISK Z50 - 128GB - MINI - PRETO</t>
   </si>
   <si>
     <t>Pen Drives</t>
   </si>
   <si>
     <t>SANDISK</t>
   </si>
   <si>
     <t>PEN DRIVE BLUETOOTH UNIVERSAL</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>GARRAFA FUN E FUN - TAMPA FLIP FLOP - 1 LITRO</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
     <t>MAQUINA DE CONTAR DINHEIRO BILL COUNTER - 220V</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>GARRAFA FLIP FLOP FUN E FUN - 430 ML - TAMPA</t>
   </si>
   <si>
+    <t>PC FONE SATELLITE - MICROFONE - AE-263 - PARA GAMER</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
     <t>C�MERA DE RE UNIVERSAL RODICAR HD RC-186</t>
   </si>
   <si>
     <t>Cameras de R�</t>
   </si>
   <si>
     <t>RODICAR</t>
   </si>
   <si>
     <t>CABO USB ECOPOWER  6035 - TIPO C  - TIPO C -  60W</t>
   </si>
   <si>
     <t>Cabos USB</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>CALCURADA CASIO HR-8RC - BOBINA - 12 DIGITOS</t>
   </si>
   <si>
-    <t>Calculadoras</t>
-[...4 lines deleted...]
-  <si>
     <t>LANTERNA ECOPOWER EP-2623 - 1+1 LED - BIVOLT</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESSAO MORE FITNESS - MF-393 - DIGITAL - PULSO</t>
-[...65 lines deleted...]
-    <t>CALCULADORA CASIO HR - 100RC - COM BOBINA - PRETA</t>
+    <t>LANTERNA ECOPOWER EP-2625 - 1+2 LEDS - BIVOLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,123 +233,123 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445688ede869f21f10d43f12339074f3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48df856cb8bc3921d3b06fafb63da2d6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9386c1dde3b3fc2a5b12c8ba0384cd01.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df3b24ff99315218fcf5ef4828e9b0f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/906db316b7f7c676ed334f96b76e46c9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3d84950801d297a3c442ada950bb71.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1865fac67c3f5c243dbb59a07b8219f5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b54d8f6ec3b4f2661f08938324b37d61.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d7b001f4fa523100c2517faedbf6f4c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6459bdc773c3b4c31fc4a69852ef7553.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee61626e7d0ec5d47b0e438ad72a7dee.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547a74a243658315913e72e20e98ee7e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44896994adeeabf76487d2399a2923e4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bbb5d24c916d4b3d01d7518534e7d7a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1c128b9ac9413cde4b94d7f97e24a5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0de954ad1df36d9792588d2885d5c57.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394be2d1a61f04204800aad9de765690.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae94af9032fa1774faa22f1454808acb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0defc3976a1d5f9e0a65ea44027552.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3578f886faa60c84c897f1dced48c0ff.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4981704bde585d4c1a64e484aa8b09da.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45df41c741b5208a25d262cd8d4d9f86.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0446dafdd40b1eb1588e22dc2b63027e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e900b97124fa9424eda1df2a1652323b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a21a030aa36c676d98daba0ef3cc0e0f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68267e0ef5e24a1387fcc081e79247ce.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c107a1c092d353d851f8668b759c2e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667d1f1089827f7d63b0e90bee45583e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35cb029e1cb3f582d21eee382b4fe035.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2087d6b2364497ecee9bfd5d6f6da29.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d82f5a8e1d1d3f77e0351b8cceb8258c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a39995e7a49b0ef43d941c0417eb655.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac76fdf1bff5fcec33b763bb2a8f703.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b537e9a0dbcf0b9b2b4c7cf31d7b13.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0c12f0e3166d80aa6bac18f2c60e801.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c459a8fd7a329e783d3b0d1c571a96ad.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b7c808c1d6fb0865916b7f9999dd581.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7daff105c8904f47f64562e2a0b0b757.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e20ee2435e0c4bf3856713148c190245.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c3be72190c23e434be0003c3223b59.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1156,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>403085</v>
+        <v>398213</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.3</v>
+        <v>21.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>403603</v>
+        <v>398664</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.25</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>404129</v>
+        <v>400800</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>404211</v>
+        <v>400909</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.75</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>405706</v>
+        <v>401326</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>55.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>407878</v>
+        <v>402958</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>1.9</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>408493</v>
+        <v>403061</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>4.75</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>408998</v>
+        <v>403078</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="3">
         <v>1.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>409599</v>
+        <v>403085</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>410038</v>
+        <v>403603</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>7.25</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>410458</v>
+        <v>404129</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="F12" s="3">
-        <v>9.75</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>410663</v>
+        <v>404211</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F13" s="3">
-        <v>1.45</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>410946</v>
+        <v>405706</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>411790</v>
+        <v>407878</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F15" s="3">
-        <v>4.6</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>411868</v>
+        <v>408486</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>4.9</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>412117</v>
+        <v>408493</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>26.5</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>412292</v>
+        <v>408998</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>412742</v>
+        <v>409599</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>9.75</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>413268</v>
+        <v>410038</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>414319</v>
+        <v>410045</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>33.5</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>