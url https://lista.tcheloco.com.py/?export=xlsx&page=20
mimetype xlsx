--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -34,198 +34,198 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 19:32</t>
-[...5 lines deleted...]
-    <t>Panelas Eletricas/ Arroz</t>
+    <t>Lista gerada no: 29/12/2025 08:58</t>
+  </si>
+  <si>
+    <t>KIT XENON LED HB3 - C6 - 36W - 3800LM - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>C6</t>
+  </si>
+  <si>
+    <t>BALANCA DE BANHO MEGASTAR CR-3320</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>GRILL MEGASTAR BA-14A / 220V</t>
-[...14 lines deleted...]
-    <t>TOSTADOR WESTINGHOUSE WKTT203 - 2 PAES - 110V</t>
+    <t>SANDUICHEIRA GRILL ONIDA ON-458 / BRANCA / 110V</t>
   </si>
   <si>
     <t>Sanduicheiras / Tostadores</t>
   </si>
   <si>
-    <t>WESTINGHOUSE</t>
-[...5 lines deleted...]
-    <t>Lanternas Police</t>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1988 - INOX - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>BALAO INFLABLE LED</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO JBL T110 / PRETO</t>
+    <t>SPEAKER ECOPOWER EP-S302 BLUETOOTH    12" 2V</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA PET WAHL TOSAR - 9160-1716 - BRANCO - 220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>HD SSD KINGSTON 240GB - SA400S37</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>LED DE TETO   PLACA  AJUSTAVEL UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Led de Teto</t>
+  </si>
+  <si>
+    <t>GLOBAL</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-061 - 3200W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-088 - 110/220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>REMOVERDOR DE CRAVOS E ESPINHAS TUCANO - 9001R - ROSA</t>
+  </si>
+  <si>
+    <t>FASIZ</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELLITE A-R053 - 3 METROS</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELLITE A-R055 - 5 METROS</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HP-V339B / BRANCO</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
-    <t>JBL</t>
-[...92 lines deleted...]
-    <t>Sa�de Bucal</t>
+    <t>INVERSOR TUCANO - 12V PARA 110V - 150W - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
   </si>
   <si>
     <t>TUCANO</t>
+  </si>
+  <si>
+    <t>INVERSOR TUCANO - 12V PARA 220V - 150W - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>FITNESS SUSPEN�AO DE TREINAMENTOS</t>
+  </si>
+  <si>
+    <t>ESPORTES E FITNESS</t>
+  </si>
+  <si>
+    <t>VISIONEER</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WAP - 1400W - 1.2 LITROS - VERMELHO - 110V</t>
+  </si>
+  <si>
+    <t>WAP</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7003 - BLUETOOTH - USB - SD - 6.2 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f783b618880894c6269bb866d6e53e3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2ca646b4b16e18b979062fa01e3052f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d9a3c557aa0f38f5e9610bc1a19caef.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace77c935d17fb671d8e920345a7fcb4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c8c73413e16745db648aaf4a23a4e4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d475f17b936825398dc31f265cf2ead3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c93239c6d664bac1a638a2aa5ed46d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0881f87a56307aa78b046d2ae4ad0871.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fc4d21a6addde4b208afc2d13933e0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a74716c1258f8b83e1daa2b59f8ddce9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c875cefb09deb664fae710989bded67.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2237b3f354235fb05e7117b674de758f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492e2d8ce09b4ee7c67bd118b5161629.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb2ac33b7b20145a70966b986d518ca.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958c796b1e5c2a9a44da299c4896221b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/565941e8e923fa3e56a0394c0d59653b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8f5b303b981c56e96f58f06486c9ad.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0740705edc22a5b6f2fb366b8d37d4b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4d0e48764bc756ded5320aa8025d06.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab193cc95db4e16280d3f4a7f8b37248.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e88bfa34c5afe2da8afefa7a6c03a2dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a320f57be7d38163978c5ccdec37f4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb1b4b50d6f6d9f46fa3b75c4c3e077.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b329780eac08ebb89a6d2ca7d88d61b1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a5151b8210861201a0e5bba57548c1f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba16707275e7e1936f16d40764f63318.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32870446544d336ae245880ea42b43d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/347af553338b00937cea52e221b9f6c1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a2e5034ab7c20a2f85c7b6fc21bdae1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f9fb36b12390aa104796898f36a62d3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f53e9583401a078dc64ca28bb89518.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b90fad9d3d3dd460f8e806c521723e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdbe5a18ef66491e17ce3202b2fabb5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21fd2413db2ff1d2e20c81041b2c74c1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb95ba983e6aa716de2013a60e2f3c37.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48aeccf15243f0a1069fafb3ee5e8f1f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a02a50110fa0df49312b4efae7ca9e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab19c1c01f02e9236abb01e0410cd40.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bbf99640e3b8f79d5e831c8b0df50c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd12c3425ee3136893a8a4a38d60816c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,414 +1159,414 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>367479</v>
+        <v>382724</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>369992</v>
+        <v>384643</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>22.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>371124</v>
+        <v>384742</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>371339</v>
+        <v>385459</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>373050</v>
+        <v>385763</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>13.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>373296</v>
+        <v>385909</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>373302</v>
+        <v>385961</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>373319</v>
+        <v>386371</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>373500</v>
+        <v>386517</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>374033</v>
+        <v>386579</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>374101</v>
+        <v>386586</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>55.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>375528</v>
+        <v>387156</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>376297</v>
+        <v>388627</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>7.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>376907</v>
+        <v>388634</v>
       </c>
       <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
         <v>40</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>377201</v>
+        <v>389563</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>378147</v>
+        <v>389594</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>17.5</v>
+        <v>13.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>378451</v>
+        <v>389600</v>
       </c>
       <c r="C18" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" t="s">
         <v>46</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>47</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>378963</v>
+        <v>391528</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>15.75</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>379885</v>
+        <v>392044</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>2.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>380331</v>
+        <v>392853</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="F21" s="3">
         <v>39.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>