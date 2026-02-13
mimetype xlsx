--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,218 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 08:58</t>
-[...14 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>Lista gerada no: 12/02/2026 21:18</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V ECOPOWER EP 7036 MICRO USB</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MICROSYSTEM MEGASTAR MP-1842BT - CD - BLUETOOTH - USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Som</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>SANDUICHEIRA GRILL ONIDA ON-458 / BRANCA / 110V</t>
-[...2 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>RADIO ECOPOWER EP-F121 - BATERIA - USB - SD</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK WN-725N - WIRELESS - PEN DRIVE USB</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V ECOPOWER  EP 7061 IPHONE</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-602 BLUETOOTH/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>RASTREADOR GPS TRACKER 303 - GSM - 4 BANDAS - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA CCTV TUCANO COLOR - 3.6MM - MODELO 520</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>FERRO HAMILTON BEACH DURATHON 19701 / 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>HAMILTON BEACH</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR DE FRUTAS HAMILTON BEACH - FRESH MIX - 66333 - 110V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>RAQUETE ELETRICA MATA MOSCA ECOPOWER EP-8200</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-219 - 3500W - 110V - 220V - VIAGEM</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR MEGASTAR KC-1988 - INOX - 220V</t>
-[...23 lines deleted...]
-    <t>MAQUINA PET WAHL TOSAR - 9160-1716 - BRANCO - 220V</t>
+    <t>SECADOR TUCANO TC-8600 - QUENTE E FRIO - 6000W - 110-220V</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO - TQ-228</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CAPACETE PARA BIKE FOSTON SP3 - LED</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S301 BLUETOOTH 10" 2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR DOG PROSPER P-1700 - 110V-220V</t>
   </si>
   <si>
     <t>Pet</t>
   </si>
   <si>
-    <t>WAHL</t>
-[...41 lines deleted...]
-    <t>Filtro de Linha</t>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FR2650 - COM BOBINA - BIVOLT</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE A-PAD01 - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>FILTRO DE LINHA SATELLITE A-R055 - 5 METROS</t>
-[...38 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>PC MOUSEPAD SATELLITE - A-PAD012 - VERMELHO</t>
+  </si>
+  <si>
+    <t>Saude</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e88bfa34c5afe2da8afefa7a6c03a2dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a320f57be7d38163978c5ccdec37f4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb1b4b50d6f6d9f46fa3b75c4c3e077.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b329780eac08ebb89a6d2ca7d88d61b1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a5151b8210861201a0e5bba57548c1f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba16707275e7e1936f16d40764f63318.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32870446544d336ae245880ea42b43d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/347af553338b00937cea52e221b9f6c1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a2e5034ab7c20a2f85c7b6fc21bdae1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f9fb36b12390aa104796898f36a62d3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f53e9583401a078dc64ca28bb89518.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b90fad9d3d3dd460f8e806c521723e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdbe5a18ef66491e17ce3202b2fabb5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21fd2413db2ff1d2e20c81041b2c74c1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb95ba983e6aa716de2013a60e2f3c37.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48aeccf15243f0a1069fafb3ee5e8f1f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a02a50110fa0df49312b4efae7ca9e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab19c1c01f02e9236abb01e0410cd40.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bbf99640e3b8f79d5e831c8b0df50c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd12c3425ee3136893a8a4a38d60816c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ab6ac4db1bef8d4d447a4f46382e792.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86e5e4076605c5ee050fea2aea8ed92e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ef7b747b6c746172ed10a37e12f99c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a6a969e6f6085f11e3330ebf7ced52.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cf394dd5fcca8579a3c14f4fbe9c577.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66e7ebd4a04b20f9598421548cb4816.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0e5a71c3c352555516b55ec70a8175.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbc8f2582d7997f4d6cb664ab7a302aa.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe06519cbb9a41e07563367a5857b467.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e825d4052d009003e00642331fdf041.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa346be89f1ed46236fbc80e1b91245.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8de99c7a22cf40b55f180ee79f2dc87b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/529e8effdae5a06049a42b6ef3f5a421.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5f2610c3f83bf15ede668b404c8865.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ffbf1d397eb3c012d1e6978aab933f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b652656840c7bb9f097875e7f3b391.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2dc09a39fb59fdc26d236415d203de2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c3a7b58b793cd0e91503c1789bf2787.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e0b60c74567bbb01bf433b14f7784e0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fafd1a4bb207a0d7297d42a041c6436.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -650,81 +647,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1159,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>382724</v>
+        <v>393119</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>384643</v>
+        <v>393218</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>9.5</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>384742</v>
+        <v>393294</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>22.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>385459</v>
+        <v>394451</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>385763</v>
+        <v>395106</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>3.5</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>385909</v>
+        <v>395908</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>132.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>385961</v>
+        <v>396677</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>386371</v>
+        <v>396714</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>37.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>386517</v>
+        <v>397155</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>1.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>386579</v>
+        <v>397209</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>386586</v>
+        <v>397605</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>19.75</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>387156</v>
+        <v>397957</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
         <v>36</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>5.75</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>388627</v>
+        <v>398213</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>21.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>388634</v>
+        <v>398664</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>5.75</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>389563</v>
+        <v>400794</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>2.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>389594</v>
+        <v>400909</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>13.3</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>389600</v>
+        <v>401326</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>13.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>391528</v>
+        <v>402958</v>
       </c>
       <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
         <v>49</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>64.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>392044</v>
+        <v>403061</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
         <v>52</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>33.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>392853</v>
+        <v>403078</v>
       </c>
       <c r="C21" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" t="s">
         <v>54</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>39.0</v>
+        <v>1.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>