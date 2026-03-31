--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,215 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 21:18</t>
+    <t>Lista gerada no: 30/03/2026 23:40</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELLITE A-R053 - 3 METROS</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELLITE A-R055 - 5 METROS</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HP-V339B / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>INVERSOR TUCANO - 12V PARA 110V - 150W - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>INVERSOR TUCANO - 12V PARA 220V - 150W - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>FITNESS SUSPEN�AO DE TREINAMENTOS</t>
+  </si>
+  <si>
+    <t>ESPORTES E FITNESS</t>
+  </si>
+  <si>
+    <t>VISIONEER</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WAP - 1400W - 1.2 LITROS - VERMELHO - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>WAP</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER TS-G1620F - 300W - 6 POLEGADAS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7003 - BLUETOOTH - USB - SD - 6.2 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2311 - USB - SD - RADIO FM</t>
+  </si>
+  <si>
+    <t>Som</t>
   </si>
   <si>
     <t>CARREGADOR  12V ECOPOWER EP 7036 MICRO USB</t>
   </si>
   <si>
     <t>Carregadores 12V</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>MICROSYSTEM MEGASTAR MP-1842BT - CD - BLUETOOTH - USB - BIVOLT</t>
   </si>
   <si>
-    <t>Som</t>
-[...4 lines deleted...]
-  <si>
     <t>RADIO ECOPOWER EP-F121 - BATERIA - USB - SD</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
-    <t>PC ROUTER TP-LINK WN-725N - WIRELESS - PEN DRIVE USB</t>
-[...7 lines deleted...]
-  <si>
     <t>CARREGADOR  12V ECOPOWER  EP 7061 IPHONE</t>
   </si>
   <si>
     <t>RADIO CAR ECOPOWER EP-602 BLUETOOTH/USB/SD/FM</t>
   </si>
   <si>
-    <t>Automotivo</t>
-[...1 lines deleted...]
-  <si>
     <t>RASTREADOR GPS TRACKER 303 - GSM - 4 BANDAS - SEM GARANTIA</t>
   </si>
   <si>
     <t>Rastreadores Veicular</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CAMERA CCTV TUCANO COLOR - 3.6MM - MODELO 520</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...1 lines deleted...]
-  <si>
     <t>FERRO HAMILTON BEACH DURATHON 19701 / 110V</t>
   </si>
   <si>
     <t>Ferros</t>
   </si>
   <si>
     <t>HAMILTON BEACH</t>
   </si>
   <si>
     <t>ESPREMEDOR DE FRUTAS HAMILTON BEACH - FRESH MIX - 66333 - 110V</t>
   </si>
   <si>
     <t>Espremedor /  Extrator de Frutas</t>
   </si>
   <si>
     <t>RAQUETE ELETRICA MATA MOSCA ECOPOWER EP-8200</t>
   </si>
   <si>
     <t>Diversos</t>
-  </si>
-[...61 lines deleted...]
-    <t>Saude</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ab6ac4db1bef8d4d447a4f46382e792.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86e5e4076605c5ee050fea2aea8ed92e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ef7b747b6c746172ed10a37e12f99c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a6a969e6f6085f11e3330ebf7ced52.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cf394dd5fcca8579a3c14f4fbe9c577.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66e7ebd4a04b20f9598421548cb4816.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0e5a71c3c352555516b55ec70a8175.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbc8f2582d7997f4d6cb664ab7a302aa.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe06519cbb9a41e07563367a5857b467.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e825d4052d009003e00642331fdf041.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa346be89f1ed46236fbc80e1b91245.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8de99c7a22cf40b55f180ee79f2dc87b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/529e8effdae5a06049a42b6ef3f5a421.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5f2610c3f83bf15ede668b404c8865.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ffbf1d397eb3c012d1e6978aab933f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b652656840c7bb9f097875e7f3b391.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2dc09a39fb59fdc26d236415d203de2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c3a7b58b793cd0e91503c1789bf2787.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e0b60c74567bbb01bf433b14f7784e0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fafd1a4bb207a0d7297d42a041c6436.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68681d21d9894bba60745809dee88948.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ca487d0259f0bcb82a2206a6edfff8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2fc809cb12650cbd60bfb70e422383.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c784bf719bdf2a49df8016e5b3a5e4f7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99badde8d8019938e83c2e7f2cce149.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b96ef7e45fbb68770a15fcac0b317971.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87df6dc45bb47f8ef3ace167acaf3244.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bcabe65beadf3a17e3c0030afeb13e3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb655d1ee87bc8755188d014e8cb2cd5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b654cf01f157d68100f719f40e1f125e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d2cce955ed8d13133aea6720990f52a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7aa62832b9f5ccb77f3d620c2640149.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/676781498539a63e4f91b3d681ff663e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f799ec11e4d5a6f76049577eda40d9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b93893bb19dd7c29ed5fa81824e8b45a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c5dc285bf91a96d22351eb6cd41101.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c528144a2b7a79c6d8c137afa9dabe07.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37cdcfd904691875d882b5809a602cdd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df37dbd72530b827eb3457bbe6ceefd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72b48a610be0b3f4407bfdbd0c39c0dc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -647,81 +635,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1156,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>393119</v>
+        <v>388627</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.3</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>393218</v>
+        <v>388634</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>33.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>393294</v>
+        <v>389563</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>394451</v>
+        <v>389594</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>5.6</v>
+        <v>13.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>395106</v>
+        <v>389600</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>1.8</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>395908</v>
+        <v>391528</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>396677</v>
+        <v>392044</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>25.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>396714</v>
+        <v>392389</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>13.5</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>397155</v>
+        <v>392853</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>23.5</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>397209</v>
+        <v>393089</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>22.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>397605</v>
+        <v>393119</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>397957</v>
+        <v>393218</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>11.75</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>398213</v>
+        <v>393294</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>21.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>398664</v>
+        <v>395106</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="F15" s="3">
-        <v>7.8</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>400794</v>
+        <v>395908</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>400909</v>
+        <v>396677</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>120.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>401326</v>
+        <v>396714</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>21.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>402958</v>
+        <v>397155</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>64.6</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>403061</v>
+        <v>397209</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>1.3</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>403078</v>
+        <v>397605</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="F21" s="3">
-        <v>1.3</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>