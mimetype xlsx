--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,127 +14,133 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 07:21</t>
+    <t>Lista gerada no: 28/12/2025 17:51</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 837A - 12 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
   </si>
   <si>
-    <t>CALCULADORA TRULY 896 - 12 DIGITOS</t>
-[...1 lines deleted...]
-  <si>
     <t>LAMPADA XENON H4 12V 60/55W</t>
   </si>
   <si>
     <t>Kit Xenon LED</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER VR-95 PLUS ECHO - S/G</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 806 - 10 DIGITOS</t>
   </si>
   <si>
+    <t>BATERIA  TALKBOLT CIBER-SHAT 53615</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
     <t>MEDIDOR DE PRESION ARTERIAL M.FITNES MANUAL MF-213</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
+    <t>CORNETA AUTOMOTIVO NEGRA  ( CORTA )</t>
+  </si>
+  <si>
+    <t>Cornetas</t>
+  </si>
+  <si>
     <t>TOMADA TELEFONE</t>
   </si>
   <si>
-    <t>Comunica��o</t>
-[...1 lines deleted...]
-  <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-5.1       4600W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>RADIO COMUNICADOR VOYAGER VR-9000MKII - S/G</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-368SE - PULSO COM MEM�RIA</t>
   </si>
   <si>
     <t>Med.Pressao de Pulso</t>
   </si>
   <si>
     <t>WATERPIK WP-360E  220V</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
@@ -145,69 +151,60 @@
   <si>
     <t>AUTOMOTIVO</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W COM DIFUSOR 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W C/DIFUSOR 220V</t>
   </si>
   <si>
     <t>TELEFONE PHILIPS VOIP-0801B - USB - SKYPE</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
+    <t>TWEETER AUTOMOTIVO ROADSTAR RS-325ST 4000W</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
     <t>TELA VOYAGER 702  USB/TV  7.0"  TETO</t>
   </si>
   <si>
     <t>Telas p/ Carro</t>
-  </si>
-[...13 lines deleted...]
-    <t>SATE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/839d8ca787c05c2848072dc254c9ef03.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e24a677ba4e415cd6b8cec5df88bbb6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff4f03724ad141060c83d04073a2fbd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61a10b96352a9a9052653c8c97bd6fe.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e960e145e6a7e07b6f11ae28851d17a9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f7f90dc37bc5d455a7c822ccadfc72.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/032792de220b8e699f7678cd15021d34.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/845dd701e557fb889006e7ba7dd6dc5e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6362ad6b71a9f02ebcc48fc9567ba3be.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30b24a1727045191b116d2006243b9c8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99bccc361ca6b5635593e6c647b14b6d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02ec462f55d3bb5ee83eb2f28d83fb31.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b32c45e9c4e334e3b6a80cc5247aab21.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a27f040e6920cbb2a43ebb23e8c5a24.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8da2aee085deb472dfa891330c07cc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc13bade66a0ccf0934b5abf59f091e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06db972d49c85faec1841ad886fb080e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a993651b957ea6d1f001ebfec11c66cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a083c81d20beecf018477f34124d11.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddacc2ba8acd02d50083b99ae3326884.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9ba5b5016527aa27a52b16ec969f0cf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297298dc27320f74f95dd19b063f5bcf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2e1b391d77453f6d0f86b8f1e78b64.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77542e4637f58c0c95bd53e7d958ff12.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d175741828bb77d3f62feb15402bf2f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9baf9036bcb2a362620ddf4a9a9ee781.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4261b719928fc5b3186e86324a66c2f2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2efc277f7e9a27da98114fd2c55326a1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e454cc26379885e8c5c7895d4242b835.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4734185f6a9954740db0e6c2fe6f1cc1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bf7d3d22a2e4cc74962479bbd15139.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486a6be6947a715d0f46de272d23e578.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7815ed7c7ceece1309d2b4b02fe7657c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a2d91af6107dc5d7bd44dac9e92d92.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3758419822cb7342010c07b1fa66db3a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c493e5b1dd3c63ccc92aad730760e6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a12455e8851ed1d390c0f15bf9cf748.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f31c3d0d70e6a8f4bb77090a37e77a40.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1042036341e87def77f40efe62c3bbb5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35ee44abc22e396137fdd434c2fbc855.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1223,335 +1220,335 @@
         <v>12</v>
       </c>
       <c r="F3" s="3">
         <v>152.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
         <v>5029</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>5036</v>
+        <v>5197</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>9.6</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>5197</v>
+        <v>5319</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>5319</v>
+        <v>6187</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>179.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>6187</v>
+        <v>6774</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>3.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>8112</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
         <v>8.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>9737</v>
+        <v>8280</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>0.35</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>10009</v>
+        <v>9737</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>89.0</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>11976</v>
+        <v>10009</v>
       </c>
       <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
         <v>28</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>249.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>12188</v>
+        <v>11976</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>12973</v>
+        <v>12188</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>52.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>14007</v>
+        <v>12973</v>
       </c>
       <c r="C15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" t="s">
         <v>34</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>35</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>14038</v>
+        <v>14007</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>14045</v>
+        <v>14038</v>
       </c>
       <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
         <v>39</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
         <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>15134</v>
+        <v>14045</v>
       </c>
       <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" t="s">
         <v>40</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>15516</v>
+        <v>15134</v>
       </c>
       <c r="C19" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" t="s">
         <v>43</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>44</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>15899</v>
+        <v>15349</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
         <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F20" s="3">
-        <v>2.99</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>15981</v>
+        <v>15516</v>
       </c>
       <c r="C21" t="s">
         <v>47</v>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>3.8</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>