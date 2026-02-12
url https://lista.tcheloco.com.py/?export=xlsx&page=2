--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -14,197 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 17:51</t>
-[...2 lines deleted...]
-    <t>CALCULADORA TRULY 837A - 12 DIGITOS</t>
+    <t>Lista gerada no: 12/02/2026 09:15</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
-    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
+    <t>LAMPADA XENON H4 12V 60/55W</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-95 PLUS ECHO - S/G</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
-    <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
-[...13 lines deleted...]
-  <si>
     <t>CALCULADORA TRULY 806 - 10 DIGITOS</t>
   </si>
   <si>
-    <t>BATERIA  TALKBOLT CIBER-SHAT 53615</t>
+    <t>CORNETA AUTOMOTIVO NEGRA  ( CORTA )</t>
+  </si>
+  <si>
+    <t>Cornetas</t>
+  </si>
+  <si>
+    <t>TOMADA TELEFONE</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESION ARTERIAL M.FITNES MANUAL MF-213</t>
-[...2 lines deleted...]
-    <t>Med.Pressao de Bra�o</t>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-5.1       4600W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>RADIO COMUNICADOR VOYAGER VR-9000MKII - S/G</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-368SE - PULSO COM MEM�RIA</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
-    <t>CORNETA AUTOMOTIVO NEGRA  ( CORTA )</t>
-[...25 lines deleted...]
-  <si>
     <t>WATERPIK WP-360E  220V</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>CROSSOVER ROADSTAR RS-90 4VIAS</t>
   </si>
   <si>
     <t>AUTOMOTIVO</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W COM DIFUSOR 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W C/DIFUSOR 220V</t>
   </si>
   <si>
     <t>TELEFONE PHILIPS VOIP-0801B - USB - SKYPE</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
-    <t>TWEETER AUTOMOTIVO ROADSTAR RS-325ST 4000W</t>
-[...4 lines deleted...]
-  <si>
     <t>TELA VOYAGER 702  USB/TV  7.0"  TETO</t>
   </si>
   <si>
     <t>Telas p/ Carro</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 60ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>PC FONE MICROFONE SATELLITE AE-335</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MAQUINA PANASONIC - ER-224</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>TEL VOYAGER VR-678  (EXTRA)</t>
+  </si>
+  <si>
+    <t>Comunica��es</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 40ML</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9ba5b5016527aa27a52b16ec969f0cf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297298dc27320f74f95dd19b063f5bcf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2e1b391d77453f6d0f86b8f1e78b64.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77542e4637f58c0c95bd53e7d958ff12.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d175741828bb77d3f62feb15402bf2f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9baf9036bcb2a362620ddf4a9a9ee781.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4261b719928fc5b3186e86324a66c2f2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2efc277f7e9a27da98114fd2c55326a1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e454cc26379885e8c5c7895d4242b835.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4734185f6a9954740db0e6c2fe6f1cc1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bf7d3d22a2e4cc74962479bbd15139.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/486a6be6947a715d0f46de272d23e578.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7815ed7c7ceece1309d2b4b02fe7657c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a2d91af6107dc5d7bd44dac9e92d92.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3758419822cb7342010c07b1fa66db3a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c493e5b1dd3c63ccc92aad730760e6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a12455e8851ed1d390c0f15bf9cf748.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f31c3d0d70e6a8f4bb77090a37e77a40.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1042036341e87def77f40efe62c3bbb5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35ee44abc22e396137fdd434c2fbc855.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa4893d5592b26b0c29d6d2fb982ab8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9b569582102ebfbc883a774223a5a3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a5c61486e2f98e199acac383a6b676c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7a775bc71d13f3820c6b7edb7cb77c4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec82096023af6f0ff22c3e72eb1b872.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084fb620d937e6868ca40ed647d1f898.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee860f3ca3533419edb50b8f5f60d1f4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e52e5322d2dd144825186638ffcaa5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1293b5541b091fd042883dfac6c90660.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc4df5b0d02a0e03301195f916c6574.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f621bbe579c665746c048c1d7aac4a0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/121c029aefccd3ff6f67f5f6d0c85001.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b7429f00d3fa812f6b738b8346fa728.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95875911c2475b15a9d17ba53c6aee81.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741f00aae4b4e41c0650b8d223373bce.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5c7f1cb3d82f0630a348c6a7ec3bf79.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf546b22875428c627c6c012eec29895.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5581421e8dc0e3736c379af94c1af9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6840d1b475d8140b4389dd6f8ac3b860.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2599de8babcefbdada23ccbfc609d71.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1169,386 +1181,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>3483</v>
+        <v>5029</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>3681</v>
+        <v>5197</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>152.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>5029</v>
+        <v>5319</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>5197</v>
+        <v>6187</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>2.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>5319</v>
+        <v>8280</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>179.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>6187</v>
+        <v>9737</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>3.5</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>6774</v>
+        <v>10009</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>8112</v>
+        <v>11976</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>8.75</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>8280</v>
+        <v>12188</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>1.1</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>9737</v>
+        <v>12973</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>0.35</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>10009</v>
+        <v>14007</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>89.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>11976</v>
+        <v>14038</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>249.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>12188</v>
+        <v>14045</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>12973</v>
+        <v>15134</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>52.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>14007</v>
+        <v>15516</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>14038</v>
+        <v>15899</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>14045</v>
+        <v>15981</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>15134</v>
+        <v>16629</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>15349</v>
+        <v>18371</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>9.75</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>15516</v>
+        <v>18647</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>2.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>