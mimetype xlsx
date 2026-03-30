--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,109 +14,112 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 09:15</t>
+    <t>Lista gerada no: 30/03/2026 09:11</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 837A - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
   </si>
   <si>
-    <t>Calculadoras</t>
-[...2 lines deleted...]
-    <t>TRULY</t>
+    <t>CALCULADORA TRULY 896 - 12 DIGITOS</t>
   </si>
   <si>
     <t>LAMPADA XENON H4 12V 60/55W</t>
   </si>
   <si>
     <t>Kit Xenon LED</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER VR-95 PLUS ECHO - S/G</t>
   </si>
   <si>
-    <t>Radios PX</t>
-[...4 lines deleted...]
-  <si>
     <t>CALCULADORA TRULY 806 - 10 DIGITOS</t>
   </si>
   <si>
-    <t>CORNETA AUTOMOTIVO NEGRA  ( CORTA )</t>
-[...4 lines deleted...]
-  <si>
     <t>TOMADA TELEFONE</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-5.1       4600W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>RADIO COMUNICADOR VOYAGER VR-9000MKII - S/G</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-368SE - PULSO COM MEM�RIA</t>
   </si>
   <si>
     <t>Med.Pressao de Pulso</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
@@ -136,87 +139,75 @@
   <si>
     <t>AUTOMOTIVO</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W COM DIFUSOR 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W C/DIFUSOR 220V</t>
   </si>
   <si>
     <t>TELEFONE PHILIPS VOIP-0801B - USB - SKYPE</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
+    <t>TWEETER AUTOMOTIVO ROADSTAR RS-325ST 4000W</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
     <t>TELA VOYAGER 702  USB/TV  7.0"  TETO</t>
   </si>
   <si>
     <t>Telas p/ Carro</t>
   </si>
   <si>
     <t>SPRAY DE PIMENTA 60ML</t>
   </si>
   <si>
     <t>Seguran�a</t>
   </si>
   <si>
     <t>PC FONE MICROFONE SATELLITE AE-335</t>
   </si>
   <si>
     <t>Fones P/Pc</t>
   </si>
   <si>
     <t>SATE</t>
-  </si>
-[...16 lines deleted...]
-    <t>SPRAY DE PIMENTA 40ML</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa4893d5592b26b0c29d6d2fb982ab8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9b569582102ebfbc883a774223a5a3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a5c61486e2f98e199acac383a6b676c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7a775bc71d13f3820c6b7edb7cb77c4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec82096023af6f0ff22c3e72eb1b872.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084fb620d937e6868ca40ed647d1f898.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee860f3ca3533419edb50b8f5f60d1f4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e52e5322d2dd144825186638ffcaa5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1293b5541b091fd042883dfac6c90660.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc4df5b0d02a0e03301195f916c6574.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f621bbe579c665746c048c1d7aac4a0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/121c029aefccd3ff6f67f5f6d0c85001.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b7429f00d3fa812f6b738b8346fa728.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95875911c2475b15a9d17ba53c6aee81.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741f00aae4b4e41c0650b8d223373bce.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5c7f1cb3d82f0630a348c6a7ec3bf79.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf546b22875428c627c6c012eec29895.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5581421e8dc0e3736c379af94c1af9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6840d1b475d8140b4389dd6f8ac3b860.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2599de8babcefbdada23ccbfc609d71.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7c5fa85268b2d3f9e5b387f609719c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546fa11feca5e09ca41d7b2bef1dd4d1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3fd9153dddfa929232397f0b2ebb5bc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d72b3910729b6e7c3508a38124b606d2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95df82662dc19bc4fc87de3c1da5660c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2754713be9def77a2588252ef8bbbbb9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6147d1aff08b7cb83692f099c70502.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edbaea94faf985756a2d018827c33b07.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fafbef157003122801a9268c7875382.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7990b72312e9d567f65f8b252b7252a4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43cc3c5972280ec766873da35d2816f7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c534539a1832276a448eb6e380fcd31f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/235de951fdae17e4086f7403282ebd94.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a45ac543d4f08f34c263a67d6df6cc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534d707b0a2eab6c5e7d5293b88fca68.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd4b40fb9fac642071433e198df8bc3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67fba7f1730fb770b2b17788894bffdd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fb8ec911ece3fe0ee5bdba35c3c769.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcecdf08bddc80256bf59083d01f445c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e5da2ade65efa3456e0d9aed623416.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1181,386 +1172,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>5029</v>
+        <v>3483</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>5197</v>
+        <v>3681</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>5319</v>
+        <v>5029</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>179.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>6187</v>
+        <v>5036</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>3.5</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>8280</v>
+        <v>5197</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.1</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>9737</v>
+        <v>5319</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>0.35</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>10009</v>
+        <v>6187</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>89.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>11976</v>
+        <v>9737</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>249.0</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>12188</v>
+        <v>10009</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>12973</v>
+        <v>11976</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>52.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>14007</v>
+        <v>12188</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>14038</v>
+        <v>12973</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>13.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>14045</v>
+        <v>14007</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>15134</v>
+        <v>14038</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>15516</v>
+        <v>14045</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>15899</v>
+        <v>15134</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>2.99</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>15981</v>
+        <v>15349</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>3.8</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>16629</v>
+        <v>15516</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>37.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>18371</v>
+        <v>15899</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F20" s="3">
-        <v>39.0</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>18647</v>
+        <v>15981</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>2.8</v>
+        <v>3.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>