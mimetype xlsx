--- v3 (2026-03-30)
+++ v4 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 09:11</t>
+    <t>Lista gerada no: 30/03/2026 10:48</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 837A - 12 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 896 - 12 DIGITOS</t>
   </si>
@@ -230,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7c5fa85268b2d3f9e5b387f609719c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546fa11feca5e09ca41d7b2bef1dd4d1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3fd9153dddfa929232397f0b2ebb5bc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d72b3910729b6e7c3508a38124b606d2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95df82662dc19bc4fc87de3c1da5660c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2754713be9def77a2588252ef8bbbbb9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6147d1aff08b7cb83692f099c70502.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edbaea94faf985756a2d018827c33b07.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fafbef157003122801a9268c7875382.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7990b72312e9d567f65f8b252b7252a4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43cc3c5972280ec766873da35d2816f7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c534539a1832276a448eb6e380fcd31f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/235de951fdae17e4086f7403282ebd94.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a45ac543d4f08f34c263a67d6df6cc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534d707b0a2eab6c5e7d5293b88fca68.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd4b40fb9fac642071433e198df8bc3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67fba7f1730fb770b2b17788894bffdd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fb8ec911ece3fe0ee5bdba35c3c769.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcecdf08bddc80256bf59083d01f445c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e5da2ade65efa3456e0d9aed623416.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13f306f822329329404bc6d06df7096.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f7195340f180f02a8d96ff23b0a5b10.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dec4163f4133bf5dfd81fb570bda59c6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a126c4fb3ae92433735b00d6b30e6b5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927e1c1cfc525a1823cbe135ab081f77.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c154e72f1d2d3c88e687485c601fbc1b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a8db98cd3cee472db9bb569b5c4d909.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa76933e221b87160e8a85f23698cb1a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d60d809c1998121fa641a01136aedb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbbfc55772728dcbc06e1f421b1b87d3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a29d4e9e049fd02088176f069612afcf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41ee1ec60850b8d2f46ed0a5c3b0c6b2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74e7d85820c4674c2c44cf6d1e7959d0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cddb8a6b47ef2eed15e037f2a7f6aaf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4328c9fb90ec3e82e4850bd4edd5f9fd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80c2dc49108d1305561fdbf32d2b9bfd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eac515fcc6f3e45eaffaaf1f9c6b1596.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a732d01c8728707c57cc9c78e0db5ff8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51595fbec676b0c6338f23b7e7d0b8b3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c8f0fd7006d96fecc7d2bf180a7ab4c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>