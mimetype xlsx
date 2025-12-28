--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,197 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 11:54</t>
-[...5 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 28/12/2025 19:27</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA TORRE A03U - 12 TOMADAS - 3 USB</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINERO PORTATIL 17580 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CELULAR BLU TANK II 2.4 T196 - DUAL SIM - PRETO/VERMELHO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED MOX MO-T55UHD  SMART/WF/DGT/AND</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>LAMPADA TUBO LED ECOPOWER EP-5904 - T8/2V/25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CELULAR LG G365 4G / 4B / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares LG</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HDW1200TRQP - 2.8M/2MP/INT</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>CABO MAXELL BRCCB-2M - USB-C / TIPO C - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>TENDA DOBRAVEL PRAIA/CAMPING - 2X2</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R113 - 3M</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>GARRAFA TERMICA LUO LU-4992 / 2.5L + COPO MATERO + BOMBA</t>
-[...29 lines deleted...]
-    <t>SOPRADOR BOLHA DE SABAO XO XO-V03 - AAX4</t>
+    <t>FRITADEIRA AIR FRYER RAF R.5399 - 7L+7L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8801</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8802</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8803</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7040 - 1 USB-C - 3.0A - 45W</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>VENTILADOR BIGSTAR FS-6003 - 18'' - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL DC-403 44MP / 16X / 2.4" / ROXO</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL DC-403 44MP / 16X / 2.4" / BRANCO</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA SATE A-DV918 - ROSA</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
-    <t>XO</t>
-[...77 lines deleted...]
-    <t>Copos</t>
+    <t>FILTRO DE LINHA SATE A-R382 - 2500W - 2M</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb41eff5389b54a8cdea1eaf60c03469.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a074ebbfedd32a9466c784a8e6cc9d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32aa3dc26e6ca52bd291a9d58f2b2c9a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b2c817f6a029ec12b7f4db872965d8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad364d9f513a02e5f09f15d3732c5ed5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9124ca3c0fbbfa3650ad67da9abaf66b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b4bcb910bff248ee829f2588143d67.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8b22720afcda3856af8d4bd76b6913f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d634e09a2daa4c22dd86a191a1dd7f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0eed3d9707eefca8953cf0a425b00fc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d30456827af3121ecb6cd1dc58f02c63.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a93bc1d6b937d9a0176c33facf72507.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e06324de620fe2fcdca1e61bc9086dfe.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007449b1f93afce44365c5afa2d95988.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dcfe25b41deaef97c6826292eeab0ca.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c88a86e1640c235470e3364d9dc24f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6e626a6d734d86eaddf969394e95696.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed598d483b71f8f32aee8f5d3b95d45f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/269f425a5b05a4491e5a99ae9e117e0c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/330d440ac40b52bd9039744650116ccb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6557dcb943b409bc3f0e32c1de82726a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36528c1a5ffdc5083419dd89681b2eed.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab61916626cf984ee46f94f552a2ae2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a70d5e165ab30a8106cf48cffbf3ff4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0316924f95a4cf78787bcfaa636ecff4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1019f9fbd5166e4e315f3145438ba5b5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1659e9f7d9aee0181e36c4e6271aeceb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f8ecebb84250f5d115d2145709f94c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928ab5a93420b4a2f621024465ade09e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4941ec5d218073b03236f63dde69557.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc407bd2255dea93b752a20961e53fe.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f249704567c4febc7b76d2bcc64c08.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389ace3e8b2a48948ee6de361b564b4a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835647fa5e8494110249dc5f3e660923.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715b562ce4b81f10a515351d8ce86810.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eefe064fc5ffa2db6716d7acd85e02bb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda2e2c2e7591dcc640aaea7f4eaf343.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b93efc727be5da58455f5d7e128603.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ed5617c76915d3d4101f5f471dd67a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19dd7f74bd1493fad3e76a1b579e277b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576260</v>
+        <v>581998</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576284</v>
+        <v>582001</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576291</v>
+        <v>582018</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>16.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576307</v>
+        <v>582025</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>21.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576314</v>
+        <v>582032</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>24.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576338</v>
+        <v>582049</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>63.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576345</v>
+        <v>582056</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576406</v>
+        <v>582063</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>380.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576444</v>
+        <v>582070</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>82.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576451</v>
+        <v>582087</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>82.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576468</v>
+        <v>582100</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576475</v>
+        <v>582179</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576505</v>
+        <v>582186</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>134.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576529</v>
+        <v>582193</v>
       </c>
       <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576536</v>
+        <v>582209</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576543</v>
+        <v>582216</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576550</v>
+        <v>582247</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>39.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576567</v>
+        <v>582254</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="F19" s="3">
-        <v>21.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576574</v>
+        <v>582261</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F20" s="3">
-        <v>29.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576628</v>
+        <v>582308</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F21" s="3">
-        <v>4.5</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>