--- v1 (2025-12-28)
+++ v2 (2026-02-14)
@@ -14,203 +14,113 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 19:27</t>
-[...11 lines deleted...]
-    <t>MAQUINA DE CONTAR DINERO PORTATIL 17580 - BIVOLT</t>
+    <t>Lista gerada no: 14/02/2026 13:55</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL TASSOS - 64MP/16X/2.4" - ROSA</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA + COPO MATERO LUSTAR 2.5L + 140ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15030 - PRATA</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>CELULAR BLU TANK II 2.4 T196 - DUAL SIM - PRETO/VERMELHO</t>
-[...113 lines deleted...]
-    <t>FILTRO DE LINHA SATE A-R382 - 2500W - 2M</t>
+    <t>CELULAR XIAOMI NOTE 15 - 128GB/6 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A17 A175F BR - 256GB/8 RAM - CINZA</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 - 256GB/8 RAM - AZUL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +143,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6557dcb943b409bc3f0e32c1de82726a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36528c1a5ffdc5083419dd89681b2eed.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dab61916626cf984ee46f94f552a2ae2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a70d5e165ab30a8106cf48cffbf3ff4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0316924f95a4cf78787bcfaa636ecff4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1019f9fbd5166e4e315f3145438ba5b5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1659e9f7d9aee0181e36c4e6271aeceb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f8ecebb84250f5d115d2145709f94c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/928ab5a93420b4a2f621024465ade09e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4941ec5d218073b03236f63dde69557.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc407bd2255dea93b752a20961e53fe.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1f249704567c4febc7b76d2bcc64c08.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389ace3e8b2a48948ee6de361b564b4a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835647fa5e8494110249dc5f3e660923.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/715b562ce4b81f10a515351d8ce86810.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eefe064fc5ffa2db6716d7acd85e02bb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fda2e2c2e7591dcc640aaea7f4eaf343.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b93efc727be5da58455f5d7e128603.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ed5617c76915d3d4101f5f471dd67a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19dd7f74bd1493fad3e76a1b579e277b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68bac5bfd815007b92329d693a47c78b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e0c4ddc3de92becdef7343d99eb774.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5729f15a8ef88f312144c1964a5c748.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c256b64abb69b3ffd20f9d095c8a0c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1ad97968cdf12c274dd9ebc08a7739.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f8d1d2358165ddedb16c1e6a532c4e4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -418,470 +328,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...418 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1135,426 +625,188 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581998</v>
+        <v>585880</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>582001</v>
+        <v>585897</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>582018</v>
+        <v>585910</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>16.9</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>582025</v>
+        <v>585996</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>276.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>582032</v>
+        <v>586016</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>582049</v>
+        <v>586023</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>25.0</v>
-[...237 lines deleted...]
-        <v>4.0</v>
+        <v>188.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>