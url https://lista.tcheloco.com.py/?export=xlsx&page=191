--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,194 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 11:54</t>
-[...2 lines deleted...]
-    <t>LCD WRITING TABLET 20" LUO LU-A86</t>
+    <t>Lista gerada no: 28/12/2025 19:45</t>
+  </si>
+  <si>
+    <t>HD SSD IMPERIUM X10 - 512GB - 2.5'' SATA SSD</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>IMPERIUM</t>
+  </si>
+  <si>
+    <t>PORTA TEMPEROS GIRATORIO SA23297 INOX/VIDRO - 20 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1972 - BLT/FM/AM/MP3</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2269  - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8757 - BT/USB 10.33"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8741 - BT/USB/ 10.1"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8754 BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>TV SMART 32'' SUNLIGHT - 22000 - 4K UHD</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>TV SMART LED 55'' SUNLIGHT - 22002 - 4K UHD</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' 165219B - AZUL/PRETO</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
+    <t>BIKE INFANTIL ARO 12'' 165219R - VERMELHO/PRETO</t>
+  </si>
+  <si>
+    <t>MIXER RAF R.9267 - 300W - BRANCO - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HEIKO 18000BTU - 220V/60HZ - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HEIKO</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R9 EDGE - PRATA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 2720 FLIP - 4G - DUAL SIM - CINZA</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>TABLET IPRO 7" TURBO VIII / 32GB / KIDS / NARANJA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8777 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>APARELHO GAME BOX CONSOLE PORTATIL LUO LU-SY15 - 666 JOGOS</t>
+  </si>
+  <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>LCD WRITING TABLET 10" LUO LU-A91</t>
-[...110 lines deleted...]
-    <t>SPEAKER PARTY KANDEXS YE-0262 - 8"X2 - BLT - AUX - MIC C/ FIO</t>
+    <t>CADEADO 75MM SHAN HUA - 20309 - UNID</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>CADEADO 50MM TRI-CIRCUIIT - 20307 - UNID</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae57a3d64bdc3cd3f8606ae24c67dbd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3efbbff2c3946e5af13a0f56be157778.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cc261ede10e4c38023488ab4edc8bc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e60209fc942a800f440bb338d5d93e9b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e85c2732ee179256bfa0e12b00cd2d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298996fc0aa3f91bec0f2f4c5d24d5f5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8430594aec15bc4f026feb0f269286e5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c55e65d5b28e0922d61c4b9b5c2340.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5811d89410a5027db8ed7372180a1f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9751da3efe26fd75e2a76d73f5cf5c35.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65540decfcc656e4ff4567ec236a6e3e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559d07b6e8daabee863c979dd6057904.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3968dbaead5eb3679f8f068e0422bfb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31b3b739b7ec6579153fce4e9d595c3e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b54e1671919cad79fcda0e1c5f01b755.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25eeb05353b81d3d980f065c6dc8b274.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4abcf65425246bd45acdaf35db4e15d3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3a0b51e1520b667b5fc989129727b2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b4a716cdd424d7e58124e2a6e5907fd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeff5e27f22356350eece441615f3fdd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d623150abadf7684fdf5ed5fa14c18e4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe5b40f3da72d79ced4691add1f9a821.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2eb90b236b7845f1b853b9e12eff743.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bacf0332a8a474f60029d1e7bdcc213a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf586fb0890ddb95552efc5db62601c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9130874b1aa536fe4fb0ee3d0f78838e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a38f51ebd45467a4fd174844d78820.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7713a02859b7c36a46c7a627b691c5d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a91f021a20bdf2f912f805d06de18273.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce22b60a603a32c1365a2b250c222ac0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad6c7e3719256a9a28586b527d062e90.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3708f22927f179d173f82ad68f991801.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3996d011bec83a893851bc07a57a857.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ba8b3df4cb277d89f77d8b2fbb0de9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f1f697f53b034670832ecb7be62b57.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c531af53d2eadff0687c4be2c242b37f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e382ffb49f34eaa288db2d3ca5462fe.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a226c59fbd7f82f8a04920e7d577fd05.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3253bf6a83958b7b176ec81f94703e7e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c97acf3f589d7be51a21ceea5a9fe3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576000</v>
+        <v>581738</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576017</v>
+        <v>581752</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576024</v>
+        <v>581769</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576031</v>
+        <v>581776</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>35.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576048</v>
+        <v>581783</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>15</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>158.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576062</v>
+        <v>581790</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>13.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576079</v>
+        <v>581806</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>35.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576086</v>
+        <v>581813</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>2.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576093</v>
+        <v>581837</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>23.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576109</v>
+        <v>581844</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576116</v>
+        <v>581851</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>576123</v>
+        <v>581882</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>142.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>576130</v>
+        <v>581899</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>142.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>576147</v>
+        <v>581912</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>576154</v>
+        <v>581936</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>39</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>576161</v>
+        <v>581943</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>576178</v>
+        <v>581950</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>6.6</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>576222</v>
+        <v>581967</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>9.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>576239</v>
+        <v>581974</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>27.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>576246</v>
+        <v>581981</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>28.0</v>
+        <v>1.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>