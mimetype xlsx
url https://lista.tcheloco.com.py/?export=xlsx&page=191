--- v1 (2025-12-28)
+++ v2 (2026-02-13)
@@ -14,203 +14,125 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 19:45</t>
-[...131 lines deleted...]
-    <t>CADEADO 50MM TRI-CIRCUIIT - 20307 - UNID</t>
+    <t>Lista gerada no: 13/02/2026 18:30</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R20G2B/70 - D*2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL TASSOS - 64MP/16X/2.4" - PRETO</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL TASSOS - 64MP/16X/2.4" - ROSA</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA + COPO MATERO LUSTAR 2.5L + 140ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15030 - PRATA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 - 128GB/6 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A17 A175F BR - 256GB/8 RAM - CINZA</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 - 256GB/8 RAM - AZUL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +155,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d623150abadf7684fdf5ed5fa14c18e4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe5b40f3da72d79ced4691add1f9a821.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2eb90b236b7845f1b853b9e12eff743.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bacf0332a8a474f60029d1e7bdcc213a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf586fb0890ddb95552efc5db62601c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9130874b1aa536fe4fb0ee3d0f78838e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a38f51ebd45467a4fd174844d78820.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7713a02859b7c36a46c7a627b691c5d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a91f021a20bdf2f912f805d06de18273.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce22b60a603a32c1365a2b250c222ac0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad6c7e3719256a9a28586b527d062e90.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3708f22927f179d173f82ad68f991801.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3996d011bec83a893851bc07a57a857.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ba8b3df4cb277d89f77d8b2fbb0de9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42f1f697f53b034670832ecb7be62b57.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c531af53d2eadff0687c4be2c242b37f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e382ffb49f34eaa288db2d3ca5462fe.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a226c59fbd7f82f8a04920e7d577fd05.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3253bf6a83958b7b176ec81f94703e7e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c97acf3f589d7be51a21ceea5a9fe3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4383217672d3ecd60a6beab0f36f2c27.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e485800d0b85e394e69a7968c07f7947.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905337eea85daf829018677bc03d9b6c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3c87520e3d8e8ee1430f5bab956dbc4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bef6bfa98c0a878dd2409f4d12ad638.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2f57c229e47e2d89f1bd6faeb0f4d6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5884936770c10e5227d61ee3ea39182.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a595df32ec900cec3ee57a58eefc4ea3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -478,410 +400,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...358 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1135,426 +697,222 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581738</v>
+        <v>585866</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>42.9</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>581752</v>
+        <v>585873</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.5</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>581769</v>
+        <v>585880</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>44.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>581776</v>
+        <v>585897</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>65.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>581783</v>
+        <v>585910</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>62.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>581790</v>
+        <v>585996</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>72.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581806</v>
+        <v>586016</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>25.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581813</v>
+        <v>586023</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>82.0</v>
-[...203 lines deleted...]
-        <v>1.5</v>
+        <v>188.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>