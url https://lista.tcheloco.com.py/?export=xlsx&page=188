--- v0 (2026-02-12)
+++ v1 (2026-03-30)
@@ -14,197 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 11:03</t>
-[...23 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 30/03/2026 11:01</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO WINNINGSTAR ST-9855 - 60L - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.528 MULTIF/CREPE MAKER - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-A68 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-A69 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-711-2 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABE�A POLICE TUCANO TC-1880 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR PARA CARRO TUCANO TC-H061 - MULTI</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR TUCANO TC-02 - 20000MAH - PRETO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR TUCANO TC-02 - 20000MAH - BRANCO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR TUCANO TC-03 - 20000MAH - SOLAR - PRETO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR TUCANO TC-03 - 20000MAH - SOLAR - BRANCO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C870 - 12000MAH</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C882 - 12000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C510 - 10000MAH/TURBO</t>
+  </si>
+  <si>
+    <t>BALAN�A PARA BANHO BRITANIA BBL-05TQ</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART GT 10 - 8 PULSEIRAS - REDONDO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CARREGADOR FONTE XIAOMI AD332EU - 33W - USB/TIPO-C - ORIGINAL</t>
-[...95 lines deleted...]
-    <t>BIKE ARO 26'' SA25848 - BRANCO</t>
+    <t>SAPATEIRA DOBRAVEL ACRILICO SATE N-202PP6</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SAPATEIRA DOBRAVEL ACRILICO SATE N-10351</t>
+  </si>
+  <si>
+    <t>ARMARIO DOBRAVEL SATE N1-3</t>
+  </si>
+  <si>
+    <t>ARMARIO DOBRAVEL SATE N1-4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca416df78f6261052f23d53a606f5e88.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e23574df3f193c67678308e229e0c9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a0d798a2dc32183e8c9575fc51674de.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a888ea180befd5f29f82d82e4e26d52d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f570aee7168a35489ad66d08716a04.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2afa07efaf4f39dd250d446e93d4eeea.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140826aee63ccc6bfda06087869dc3a3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4bd459f4ccb886904ad4b1bb8d42849.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22903e10ffce5b8dc1e24f2decc2b4cb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0642832fcaad6997c6c81a45ed3a401.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c3b3bb544a0e6e883155cb1427aca1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e2b6d4e8901f054cfbb8a11dc61864e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a27a37770d428e5fccf35ac0837ca874.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6305062e75f778c03a6590362ace325b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5052f7080eb0d8eb9dbbf7517da8cf8a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613d88b8935ca7726640953fc777c405.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/504b886016f07390692ee45f13a99cb6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60d5b446c1dcabaae9869e73a5a91db5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/714ff84f05de8125c16ba9bbe48590e5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed1dd4f2f88cb9e4982a13cd85169e45.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/584172926c69fc5a4961daab06b1f490.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca42486873810434c9081759c98599ac.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c9447167f6122c5ba11a8acafa2dd4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41167c456ff1153c653435479abc554e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47631a00d6d040e6f5f9d5192ef569d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c107bb298cba558fbafc63573bda2e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aae3759f6bb380d36c9e0e183114f8c2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85c3879953d09c4ab1ebdafe42e397db.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63413be719a48a99b2af14b8235cbaa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c049882388e7576a6bd2a2909005045.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d86df0a6f1aa8fc72d01130617caf44.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d4b6bae3a5aa34695e92ab06417426f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feb20c2829a4791d9898fcd50c5adea9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad30156f1dc67a300cc364de977a4f97.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72bbfe307e072ecfecbc6fb5ea15194.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ed2f9c025359c71c384ba98073bd044.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48fff8b9b7aaec507610b1ccbfea3de.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8bc0cb0043f699d80e6410855dbe51.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae71a6d4c283f944de04298827e84c2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058d68bc3f0ae210bf58613eb5f3a24a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1117,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>585217</v>
+        <v>588416</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>56.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>585231</v>
+        <v>588423</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>585248</v>
+        <v>588454</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>585255</v>
+        <v>588461</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>585262</v>
+        <v>588478</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>585323</v>
+        <v>588485</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>3.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>585354</v>
+        <v>588492</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>585361</v>
+        <v>588508</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>585378</v>
+        <v>588515</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>20.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>585408</v>
+        <v>588522</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>585415</v>
+        <v>588539</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>3.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>585439</v>
+        <v>588546</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>585446</v>
+        <v>588553</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>585453</v>
+        <v>588560</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>7.8</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>585460</v>
+        <v>588584</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F16" s="3">
-        <v>78.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>585477</v>
+        <v>588591</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
-        <v>197.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>585484</v>
+        <v>588614</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>52.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>585491</v>
+        <v>588621</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>62.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>585507</v>
+        <v>588638</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>115.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>585514</v>
+        <v>588645</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F21" s="3">
-        <v>115.0</v>
+        <v>78.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>