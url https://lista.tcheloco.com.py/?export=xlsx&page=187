--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,197 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 21:07</t>
-[...5 lines deleted...]
-    <t>Ferramentas</t>
+    <t>Lista gerada no: 12/02/2026 11:11</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6061</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>PARAFUSADEIRA DE IMPACTP SATE A-TK841 - BIVOLT</t>
-[...98 lines deleted...]
-    <t>Batedeiras</t>
+    <t>MOCHILA SMART LED SATE A-KP6071</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6096</t>
+  </si>
+  <si>
+    <t>BACIA BOWL SEM TAMPA OM2285 - 36CMX13CM</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ACKILISS ACL-7905 - 6.8L - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ACKILISS</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MOLIMIX ML-1200-B - A�ETETE - 1200W - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL ISDB SUNLIGHT 17566 - 5M</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MAQUINA DE FAZER GELO RAF R.0302 - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>BATEDEIRA RAF R.96637 - 110V</t>
-[...8 lines deleted...]
-    <t>NOBLEX</t>
+    <t>MODELADOR DE CACHOS PROSPER P-1120 - 16MM</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR DE MESA INOVA - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR INOVA SP-416 - KIT STUDIO</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR RAF R.2871 - 2 JARRAS - 3X1 - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>MOCHILA INFANTL 4X1 LANCH/ESTOJO/CARRINHO</t>
+  </si>
+  <si>
+    <t>MOCHILA INFANTIL 2X1 COM RODINHAS</t>
+  </si>
+  <si>
+    <t>TERMICA INFANTIL HUNTRIX 3607 - 650ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>BARBEADOR PHILISHAVE S-1881 - RECARREGAVEL/LAVAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>BARBEADOR PHILISHAVE S-2885 - RECARREGAVEL/LAVAVEL</t>
+  </si>
+  <si>
+    <t>BARBEADOR PHILISHAVE S-3882 - RECARREGAVEL/LAVAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR PELOS PHILIPS MG7940 - 15X1 - NARIZ/CABELO/BARBA/CORPO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA BICICLETA 19581 - DIANTEIRO/BUZINA</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a321cc81a5b9be21e9a9428961ba2d6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f716f1c9dda3c297a2c70ce658e71141.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be27b7af9988199855d9ba478e853cd0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7aee46bc4c6e1ba649b073c8a7ba140.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/643f723c4c7e675b408f222f04729a46.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea4a09d88dcc573544337240093824f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7211dd5e6af832087a3f1f8b4449b601.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ce3d85dc92c084e71f11b6ce0e8886.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/567c9c6a36f518e66fc820f39ee8b0d1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62254c46bddf41005bc17e3001b8c1c1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e2bc50f78561f8aa5215c2b494cfc99.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a259bc886017bc8d25c85cc563c94f9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12419f70f555ab14b8a43c60df12fa43.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06f643d651029c9de5ff491283942772.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225b00a21670b42dac08810f0782820d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e6a3c884b30bebdc82b5a29d16df26.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c603e66e0589a20ff6f7dbbcaf78a30.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f85afc21d2a5d04a8883a352d071178.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaab1ad5056f7f35191183d54aa83291.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694e5562ea64a2672c285af959eb9dee.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf898615c83864ec94e0f98c6f9ee8fb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c7db17fff5558df9fdb7985bcd143f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e086b8018eb2e3694dfbaf76f01fba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692e7302a9609f59807c45d4e86f0da1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b2d84861b7ceacd37dd7e84d870b52.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b602d7a8bcd732dfdef3d8373d4c4d86.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395348eef4e76f2a30790c781d32632c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1866fa823df600889a0871b9d491791.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9dd91a0b7dc03a57c6c82b21fc563e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a34c107f489973f41829bc57c7bc006.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f25a1aa61e2d31d4442c0b23d66df396.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a74e09584b19f2dddc30ee0f5a47d07.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a465a74df9d014fe53ef0d7967de6a6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/190accc11a9b782461eca40a9dadc235.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c126f4db981d2c59da499e4f7b740272.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/035f57c7c9a59d8d7c2e31daed823ea6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a720ffe7ba5991e7847c55edcc1d3cc3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfd1e0e3f054faaf6b83775f13f32772.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105dfd65e4575d47df16d576f8d1e02.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b2f378f5bcb751cd9b6ccde8d170f4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580533</v>
+        <v>584975</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580540</v>
+        <v>584982</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>25.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580595</v>
+        <v>584999</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>0.5</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580601</v>
+        <v>585033</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580618</v>
+        <v>585040</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>0.59</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580625</v>
+        <v>585057</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>0.62</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580632</v>
+        <v>585064</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>120.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580649</v>
+        <v>585071</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>182.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580656</v>
+        <v>585088</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>310.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580663</v>
+        <v>585095</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>399.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580670</v>
+        <v>585101</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>488.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580694</v>
+        <v>585125</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>83.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580700</v>
+        <v>585149</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>187.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580717</v>
+        <v>585156</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>217.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580748</v>
+        <v>585163</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>43.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580755</v>
+        <v>585187</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>42.0</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580762</v>
+        <v>585194</v>
       </c>
       <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E18" t="s">
         <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580779</v>
+        <v>585200</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580786</v>
+        <v>585217</v>
       </c>
       <c r="C20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" t="s">
         <v>45</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580854</v>
+        <v>585231</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21" t="s">
         <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="F21" s="3">
-        <v>405.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>