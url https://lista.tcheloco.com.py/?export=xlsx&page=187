--- v1 (2026-02-12)
+++ v2 (2026-02-12)
@@ -14,85 +14,82 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 11:11</t>
-[...2 lines deleted...]
-    <t>MOCHILA SMART LED SATE A-KP6061</t>
+    <t>Lista gerada no: 12/02/2026 12:21</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6071</t>
   </si>
   <si>
     <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MOCHILA SMART LED SATE A-KP6071</t>
-[...1 lines deleted...]
-  <si>
     <t>MOCHILA SMART LED SATE A-KP6096</t>
   </si>
   <si>
     <t>BACIA BOWL SEM TAMPA OM2285 - 36CMX13CM</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>JARRA ELETRICA ACKILISS ACL-7905 - 6.8L - 220V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>ACKILISS</t>
   </si>
   <si>
     <t>LIQUIDIFICADOR MOLIMIX ML-1200-B - A�ETETE - 1200W - 220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
@@ -116,50 +113,59 @@
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
     <t>MODELADOR DE CACHOS PROSPER P-1120 - 16MM</t>
   </si>
   <si>
     <t>MODELADORES</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>SUPORTE PARA CELULAR DE MESA INOVA - UNIVERSAL</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>INOVA</t>
   </si>
   <si>
     <t>SUPORTE PARA CELULAR INOVA SP-416 - KIT STUDIO</t>
+  </si>
+  <si>
+    <t>ACESSORIO PLACA AUTOPROPELIDOS PARA MOTO FOSTON</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
   <si>
     <t>LIQUIDIFICADOR RAF R.2871 - 2 JARRAS - 3X1 - 1000W - 220V</t>
   </si>
   <si>
     <t>MOCHILA INFANTL 4X1 LANCH/ESTOJO/CARRINHO</t>
   </si>
   <si>
     <t>MOCHILA INFANTIL 2X1 COM RODINHAS</t>
   </si>
   <si>
     <t>TERMICA INFANTIL HUNTRIX 3607 - 650ML</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
     <t>BARBEADOR PHILISHAVE S-1881 - RECARREGAVEL/LAVAVEL</t>
   </si>
   <si>
     <t>Barbeadores</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
@@ -224,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf898615c83864ec94e0f98c6f9ee8fb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c7db17fff5558df9fdb7985bcd143f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e086b8018eb2e3694dfbaf76f01fba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692e7302a9609f59807c45d4e86f0da1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b2d84861b7ceacd37dd7e84d870b52.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b602d7a8bcd732dfdef3d8373d4c4d86.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395348eef4e76f2a30790c781d32632c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1866fa823df600889a0871b9d491791.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9dd91a0b7dc03a57c6c82b21fc563e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a34c107f489973f41829bc57c7bc006.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f25a1aa61e2d31d4442c0b23d66df396.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a74e09584b19f2dddc30ee0f5a47d07.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a465a74df9d014fe53ef0d7967de6a6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/190accc11a9b782461eca40a9dadc235.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c126f4db981d2c59da499e4f7b740272.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/035f57c7c9a59d8d7c2e31daed823ea6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a720ffe7ba5991e7847c55edcc1d3cc3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfd1e0e3f054faaf6b83775f13f32772.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4105dfd65e4575d47df16d576f8d1e02.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b2f378f5bcb751cd9b6ccde8d170f4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5ca2ef5f33834cbba5a4a2b5fa426e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb5f5e6232e4ebddaba421d9358b5c7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48e8a1bb593d87db0d2b38b34bbb7184.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0f61b8f71c40ad29483e096ee9f0871.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5330fcb36122bb1fef74872e0dfe3fb1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c28ffbc0095bded0cf91bc6d7551c1f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2983326547f422debb759180ea54dc6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aa67357d98b518e285377d75861903f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9b60ca9296a3866bb039e89aa09587.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c552a841e5567296982d3711baea637.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69df587f8d3ab32ef27faf2cb309dc93.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3db695dce5316bfdccf24fbd834b2aa5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bca9a47ce9b381a0f33aca9158a61e3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c994bb5e6c4cef995b56a9d34a05688c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15aa1a0c87d4683f8f6cbaf8f0e89adf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d7fcd4a27c38761f24b19026bacf5a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa941b78d8f9f75e66e38d0bfaeb3d77.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6caaa6a98b7c255b1a49e700f90d14cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb189ef40b0f6d9a3320d147f47f44c8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a824310736a31bb7b715b992d34150.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1166,383 +1172,383 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>584975</v>
+        <v>584982</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>78.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>584982</v>
+        <v>584999</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>58.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>584999</v>
+        <v>585033</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>36.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>585033</v>
+        <v>585040</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>585040</v>
+        <v>585057</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>26.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>585057</v>
+        <v>585064</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>28.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>585064</v>
+        <v>585071</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>585071</v>
+        <v>585088</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>73.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>585088</v>
+        <v>585095</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>15.75</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>585095</v>
+        <v>585101</v>
       </c>
       <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>2.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>585101</v>
+        <v>585118</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
         <v>585125</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
         <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
         <v>585149</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
         <v>585156</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
         <v>585163</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
         <v>585187</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
         <v>33.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>585194</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>42</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
         <v>42.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
         <v>585200</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="F19" s="3">
         <v>50.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
         <v>585217</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
         <v>56.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
         <v>585231</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
         <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>