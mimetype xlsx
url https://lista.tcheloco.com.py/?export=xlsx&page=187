--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,200 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 12:21</t>
-[...5 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 30/03/2026 11:01</t>
+  </si>
+  <si>
+    <t>ESTANTE DE LAVANDERIA SA26281</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>AFIADOR E AMOLADOR DE FACAS SA26155</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>TABLET INFANTIL MOX MO-TK138 - AND12 - AZUL</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>TABLET INFANTIL MOX MO-TK138 - AND12 - ROSA</t>
+  </si>
+  <si>
+    <t>TABLET MOX MO-TP732 - 1 SIM - 256GB - 8GB - AND12 - ROSA</t>
+  </si>
+  <si>
+    <t>TABLET MOX MO-TP732 - 1 SIM - 256GB - 8GB - AND12 - CINZA</t>
+  </si>
+  <si>
+    <t>MAQUINA DE ESQUENTAR CERA RAF R.438 - 220V</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MINI GRAVADOR SONY DIGITAL ICD-UX570F - 4GB/159HS/USB/SD</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>TABLET LUO P33 PRO MAX - 11" - 64GB - CAPA - CINZA</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>INVERSOR IN-CAR 12V/24V - PARA 220V - 150W</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA ARAX/EUROMAX 2.5L - INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO WMARK NG-1209 - REC/DIG</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WMARK</t>
+  </si>
+  <si>
+    <t>WAFFLERA LUMA BELLA B-58035 - 700W - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 8 LITE - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI A7 PRO -128GB/4 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-658 - BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ADAPTADOR PARA PC HUB SATE A-HUB43 USB - RJ45 - 3.0</t>
+  </si>
+  <si>
+    <t>Hub</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MOCHILA SMART LED SATE A-KP6096</t>
-[...71 lines deleted...]
-    <t>Motos el�tricas</t>
+    <t>FONE DE OUVIDO SATE AE-6502 - BLUETOOTH - BRANCO</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4000 - NEW PLANET</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
   </si>
   <si>
     <t>FOSTON</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR RAF R.2871 - 2 JARRAS - 3X1 - 1000W - 220V</t>
-[...38 lines deleted...]
-    <t>Acessorios Para Bike</t>
+    <t>FORNO ELETRICO WINNINGSTAR ST-9854 - 45L - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba5ca2ef5f33834cbba5a4a2b5fa426e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb5f5e6232e4ebddaba421d9358b5c7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48e8a1bb593d87db0d2b38b34bbb7184.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0f61b8f71c40ad29483e096ee9f0871.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5330fcb36122bb1fef74872e0dfe3fb1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c28ffbc0095bded0cf91bc6d7551c1f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2983326547f422debb759180ea54dc6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aa67357d98b518e285377d75861903f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9b60ca9296a3866bb039e89aa09587.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c552a841e5567296982d3711baea637.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69df587f8d3ab32ef27faf2cb309dc93.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3db695dce5316bfdccf24fbd834b2aa5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bca9a47ce9b381a0f33aca9158a61e3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c994bb5e6c4cef995b56a9d34a05688c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15aa1a0c87d4683f8f6cbaf8f0e89adf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d7fcd4a27c38761f24b19026bacf5a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa941b78d8f9f75e66e38d0bfaeb3d77.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6caaa6a98b7c255b1a49e700f90d14cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb189ef40b0f6d9a3320d147f47f44c8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a824310736a31bb7b715b992d34150.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf2504604b4296b128ad2d4b2ef696d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2ae0162cffe2373221797c295e560ca.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3b7d40ae1d243b1852dce64123cf2fe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9893c642fd964b7226f502d19e73db3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c56046470a759cfb2299c4eab2ed6a7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7942223a0ba08983ea67ab8590941e05.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e04ff3f8e1457e7d6eb48e3e1077e2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68facc372b96416caaa0af5d929a9b41.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21d0778f4e2005c86b37dcfac7f2569.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32878fb9d5891ba680953c63b5283e73.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/409dc836eae1929e17645d83fb664b71.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db95864cefe508796fb75b8417ad6b0f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b29dbbcf03f0ca997740d394bc51c6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59835b5c56e254fe491f2b0933702a9e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f330c9a50bc750baaeb24ba491a43e74.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66abad2e9914fb041d56b03f1dfa747.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4791475c4dd4698d9a82fe4e6f9fee16.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac9dafc8c0778da9bdc6ceafaec971fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1973dbec2b78f2b3dc770a423fa61019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ceb72b823ce9fbfdfc5fe6e46d57e68.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>584982</v>
+        <v>588058</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>58.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>584999</v>
+        <v>588065</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>36.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>585033</v>
+        <v>588072</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>585040</v>
+        <v>588089</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>585057</v>
+        <v>588096</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>28.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>585064</v>
+        <v>588102</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>585071</v>
+        <v>588157</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>73.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>585088</v>
+        <v>588171</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>15.75</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>585095</v>
+        <v>588195</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>2.5</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>585101</v>
+        <v>588201</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>585118</v>
+        <v>588218</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>585125</v>
+        <v>588225</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>585149</v>
+        <v>588249</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>585156</v>
+        <v>588331</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>585163</v>
+        <v>588348</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>585187</v>
+        <v>588355</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
         <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>33.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>585194</v>
+        <v>588362</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>42.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>585200</v>
+        <v>588379</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>50.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>585217</v>
+        <v>588386</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>56.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>585231</v>
+        <v>588409</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>78.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>