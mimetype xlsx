--- v3 (2026-03-30)
+++ v4 (2026-03-30)
@@ -14,212 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 11:01</t>
+    <t>Lista gerada no: 30/03/2026 12:40</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE GLICOSE E PRESSAO MORE FITNESS MF-600</t>
+  </si>
+  <si>
+    <t>Medidores de Pressao</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MORE FITNESS MF-08NB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>REFIL GLUCOSA MORE FITNES MF-50 - 50 TIRAS</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
+  </si>
+  <si>
+    <t>TABLET ACER ICONIA TAB A10 - 128GB - 10.1"</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>ACER</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S31/4MP/3 CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S11-4G - SOLAR - ICSEE</t>
+  </si>
+  <si>
+    <t>SANDUICHERA MOX MO-SM753 - 1500W - 4 UNID - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR MOX MO-I15 - 1900W - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>PASSADEIRA A VAPOR MOX MD-I16 - 1200W - 220V</t>
+  </si>
+  <si>
+    <t>MIXER MOX MO-HM11 - 600W</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ESTANTE MULTIFUNCIONAL ORGANIZADORA SA27020 -  4 NIVEIS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ESTANTE MULTIFUNCIONAL SA26318 -  5 NIVEIS</t>
   </si>
   <si>
     <t>ESTANTE DE LAVANDERIA SA26281</t>
   </si>
   <si>
-    <t>Utens�lios dom�sticos</t>
-[...4 lines deleted...]
-  <si>
     <t>AFIADOR E AMOLADOR DE FACAS SA26155</t>
   </si>
   <si>
     <t>Talheres</t>
   </si>
   <si>
     <t>TABLET INFANTIL MOX MO-TK138 - AND12 - AZUL</t>
   </si>
   <si>
-    <t>Tablets</t>
-[...4 lines deleted...]
-  <si>
     <t>TABLET INFANTIL MOX MO-TK138 - AND12 - ROSA</t>
   </si>
   <si>
     <t>TABLET MOX MO-TP732 - 1 SIM - 256GB - 8GB - AND12 - ROSA</t>
   </si>
   <si>
     <t>TABLET MOX MO-TP732 - 1 SIM - 256GB - 8GB - AND12 - CINZA</t>
   </si>
   <si>
     <t>MAQUINA DE ESQUENTAR CERA RAF R.438 - 220V</t>
   </si>
   <si>
     <t>Depiladores</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
     <t>MINI GRAVADOR SONY DIGITAL ICD-UX570F - 4GB/159HS/USB/SD</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>SONY</t>
-  </si>
-[...88 lines deleted...]
-    <t>WINNINGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf2504604b4296b128ad2d4b2ef696d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2ae0162cffe2373221797c295e560ca.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3b7d40ae1d243b1852dce64123cf2fe.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9893c642fd964b7226f502d19e73db3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c56046470a759cfb2299c4eab2ed6a7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7942223a0ba08983ea67ab8590941e05.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14e04ff3f8e1457e7d6eb48e3e1077e2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68facc372b96416caaa0af5d929a9b41.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21d0778f4e2005c86b37dcfac7f2569.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32878fb9d5891ba680953c63b5283e73.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/409dc836eae1929e17645d83fb664b71.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db95864cefe508796fb75b8417ad6b0f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b29dbbcf03f0ca997740d394bc51c6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59835b5c56e254fe491f2b0933702a9e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f330c9a50bc750baaeb24ba491a43e74.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66abad2e9914fb041d56b03f1dfa747.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4791475c4dd4698d9a82fe4e6f9fee16.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac9dafc8c0778da9bdc6ceafaec971fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1973dbec2b78f2b3dc770a423fa61019.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ceb72b823ce9fbfdfc5fe6e46d57e68.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c86bc0690e2b0b7f23f8ba8fd55b9454.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/300a0238b261396c541b3f8cfe6fcae1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acac2deca67aa93b2c05ff340c7d4d13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2c2524d6c68b9a23d12775d8421361.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddfb8a3ffa22865f93ae633361cbc0d8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f618104c7f78bbe46b733c8a5581c78.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b9ba0f9672e9b4571aef0b0528a1608.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d152370dbb309e98af8418eecead4f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7886d9d071ffae0d98299d8f1c56f20f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f5190251737a71d7cb881d3058c3a9b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b39fd09c0b484245cc81a3100bc81e04.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b373d24bdfa8445b99f92c98bc87edab.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd982fc8f93142b9eba59b3bfad0c708.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6300674c1998388b825a451c65236db.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae0d9bad3b212693d7b20ef1eb936169.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e3a748195e10c044e9784598b6eda4e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef6b2f6bdc4b8101410774e094441fe0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62253854ccd741df2114173761d6e6d2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c495b5d605759c740cdfcf1cc90ae127.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9730157ebb7bd8e94292d73071fac95f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1154,416 +1130,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>588058</v>
+        <v>587891</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>588065</v>
+        <v>587907</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>588072</v>
+        <v>587914</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>46.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>588089</v>
+        <v>587938</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>46.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>588096</v>
+        <v>587945</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>52.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>588102</v>
+        <v>587952</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>52.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>588157</v>
+        <v>587976</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>588171</v>
+        <v>587990</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>89.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>588195</v>
+        <v>588003</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>73.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>588201</v>
+        <v>588010</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>588218</v>
+        <v>588034</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>588225</v>
+        <v>588041</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>30</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>31</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>588249</v>
+        <v>588058</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>588331</v>
+        <v>588065</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>588348</v>
+        <v>588072</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
-        <v>108.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>588355</v>
+        <v>588089</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>588362</v>
+        <v>588096</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>588379</v>
+        <v>588102</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>588386</v>
+        <v>588157</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>169.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>588409</v>
+        <v>588171</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>78.0</v>
+        <v>89.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>