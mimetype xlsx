--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,182 +14,173 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 16:19</t>
-[...14 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>Lista gerada no: 28/12/2025 23:05</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F329 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-8774 / BT / USB  / 10.1"</t>
-[...29 lines deleted...]
-    <t>Android Tv</t>
+    <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F331 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F332 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F326 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F312 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F317 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F318 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F319 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F322 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F320 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18882</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>FERRO A VAPOR BRITANIA BFE1000AZ - 110V</t>
-[...53 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA QAN QAN-2145 - 1.5L+ 150ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>VAPORETO WINNINGSTAR ST-4600 - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR WINNINGSTAR ST-5583 - 10X1 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>FRIGOBAR WINNINGSTAR BG-81 - 118L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Frigobar</t>
+  </si>
+  <si>
+    <t>ESCOVA FACIAL LIMPEZA MEGASTAR BR905</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -212,51 +203,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934f90d9679b247432eeeea439e14051.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f272c8473e9904f2894de78149f6d1fe.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f82307d5f0898c95dd73301970f2e9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfe45a2027ac1ccf7907fd6c4176718c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ed677a7cb4ae76f6dd4102394ec962.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58bd68dd36427d214cd617fc92e9c26e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48b54c396745445a18be07f0dc82beb4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dcec3295aca68591ac791940ecbb621.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51d0caa7695849a2570ec430b3cbfcba.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/182b8162a12389c641c61d44c6c5c5f8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f94ac5f7dfb44895d4e534a4be0e9609.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914a8351e93cd44b821157543c26f81d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/292029fba43c0cea8f7a6028c3604346.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/307caf1386d14aa7250531eefec397d5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daf29bcff3a13ef722e3b8b8048aa4a7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f258bdfadb68ffdbf0153f6af45816d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50aa322073545443ce363e6f9f8a203e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1c955d22fe52e2bea129141b70e1b43.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e49fbd14b78cc1e4d7a9784699763a9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e81c9307ff9f8a514af30c2923f978b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e51abb126e8ccb01d7f268b9c097f30.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbff12ceca02c4482261cfa01433779e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d5cded8b74a6bebdc616eaf01ba13e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81a4b5efa9b283084ef332e8d858b582.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f0367337f625d86b9e2022d13e6f636.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19eddcc22e4c17edbac7d6995c076ac6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508374fda64ed5641f18011943cae76c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67cee84185e7e4046b509dde02e0e2ff.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0709ab05395ee2a0c4e1a68ba7e039.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca0888662326019161d37b3e1362f20d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41ce95430f52471f9110d8db2f90329.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2571624efe21f2d52d13b27e0089f1c0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d169c5a4d45bc2bd53fdd181ed6f15.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e25db72797d6ad5dc68bae859e739ff2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7947694b275a79145ab5fc08f8ce3c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98be24a7d34928e2ba89551689c97a24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d3d861903e848d31fc0cb0451bf8e3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d22dbf080c904590d490aa31f12e99cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3652261a0d55603e648bff34d41a4c71.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6350e0fda2632c671f2d3e37b9ff776.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1123,414 +1114,414 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574440</v>
+        <v>580274</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574457</v>
+        <v>580281</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>325.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574471</v>
+        <v>580298</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>65.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574488</v>
+        <v>580304</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>48.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574495</v>
+        <v>580311</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>40.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574501</v>
+        <v>580328</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>74.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574525</v>
+        <v>580335</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>39.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574549</v>
+        <v>580342</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574556</v>
+        <v>580359</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574563</v>
+        <v>580366</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574570</v>
+        <v>580373</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574587</v>
+        <v>580380</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>30.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574594</v>
+        <v>580410</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>37.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574600</v>
+        <v>580427</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F15" s="3">
-        <v>39.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574617</v>
+        <v>580434</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="F16" s="3">
-        <v>30.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574624</v>
+        <v>580441</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="F17" s="3">
-        <v>49.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574631</v>
+        <v>580489</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574648</v>
+        <v>580502</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>0.99</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574655</v>
+        <v>580519</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>0.9</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574662</v>
+        <v>580526</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F21" s="3">
         <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>