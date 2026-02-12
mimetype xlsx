--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,173 +14,182 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 23:05</t>
-[...5 lines deleted...]
-    <t>Radios</t>
+    <t>Lista gerada no: 12/02/2026 11:00</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1983 - USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
-[...47 lines deleted...]
-    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+    <t>SPEAKER JVC XS-KY2115B - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA EUROMAX - 2.5L - COLOR/DISENHO</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL ECOPOWER EP-A005 - 12V</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...35 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - BEIGE</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA MONITOR TUCANO M-011</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>TV 85'' HYE HYE85GTUH - 4K/SMART/GOOGLETV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 98'' HYE HYE98GTUH - 4K/SMART/GOOGLETV</t>
+  </si>
+  <si>
+    <t>1,180.00</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8001D - 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8005D - 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8006D - 6MP/2CAM /ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8008D - 6MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8011D / 6MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8104 / 2MP/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP KANDEX SP-9101 / 2MP / BOCAL / ICSEE</t>
+  </si>
+  <si>
+    <t>CARREGADOR USB SATE A-CC1201 - USB/USB-C*2/12W/TB</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR USB SATE A-CC2002 - USB/USB-C*2/20W/TB</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6026</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -203,51 +212,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e51abb126e8ccb01d7f268b9c097f30.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbff12ceca02c4482261cfa01433779e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d5cded8b74a6bebdc616eaf01ba13e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81a4b5efa9b283084ef332e8d858b582.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f0367337f625d86b9e2022d13e6f636.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19eddcc22e4c17edbac7d6995c076ac6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508374fda64ed5641f18011943cae76c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67cee84185e7e4046b509dde02e0e2ff.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0709ab05395ee2a0c4e1a68ba7e039.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca0888662326019161d37b3e1362f20d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41ce95430f52471f9110d8db2f90329.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2571624efe21f2d52d13b27e0089f1c0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d169c5a4d45bc2bd53fdd181ed6f15.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e25db72797d6ad5dc68bae859e739ff2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7947694b275a79145ab5fc08f8ce3c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98be24a7d34928e2ba89551689c97a24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d3d861903e848d31fc0cb0451bf8e3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d22dbf080c904590d490aa31f12e99cc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3652261a0d55603e648bff34d41a4c71.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6350e0fda2632c671f2d3e37b9ff776.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83ea0a80a4f205dcc064cb558740976a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c6c9760d4c187363f5fe9fa5ed6793.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6f2aed6a0f3e8ce6982758939809b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8cb259241830f82cb9751a24f4e9c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59da9dde113103a75d01ec5b02940f57.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cef9c47943b24dfd4be85b3a1801506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d12d72ac978253a5672aae6254499a5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8274fddcd4506fc3f70ad4325860a43.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce94c3901f8aefb26e5690c6e2c31cad.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/157cfbeacb8852426f9823d9166a8536.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38732a5836c14aeeb59c04b2364fb00d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27925c492b050b3bb897db4fa87c158e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9de5d01dcb8eb0b71ef3753adeb87ffa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26661bbea2edb11d734ad958d49748ec.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2558cbc82fc8fceebcfa63566e1c7858.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e31ffc36d6e6586af53915d79c42fe39.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bfbd289fdfaa543b707ee9115639375.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb3143edffbda247bd7b236bac1b792.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/621680c6cfdbf607a18781f658aa7b5a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4995a64ec320ab5850644273928cdba.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1114,417 +1123,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580274</v>
+        <v>584715</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580281</v>
+        <v>584722</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580298</v>
+        <v>584739</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580304</v>
+        <v>584746</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580311</v>
+        <v>584753</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580328</v>
+        <v>584760</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>6.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580335</v>
+        <v>584777</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>13.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580342</v>
+        <v>584784</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580359</v>
+        <v>584807</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>630.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580366</v>
+        <v>584814</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>11.0</v>
+        <v>27</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580373</v>
+        <v>584821</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580380</v>
+        <v>584838</v>
       </c>
       <c r="C13" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580410</v>
+        <v>584845</v>
       </c>
       <c r="C14" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580427</v>
+        <v>584852</v>
       </c>
       <c r="C15" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580434</v>
+        <v>584876</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F16" s="3">
-        <v>4.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580441</v>
+        <v>584883</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>31</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580489</v>
+        <v>584890</v>
       </c>
       <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>31</v>
+      </c>
+      <c r="E18" t="s">
         <v>32</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>75.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580502</v>
+        <v>584906</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F19" s="3">
-        <v>59.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580519</v>
+        <v>584913</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F20" s="3">
-        <v>149.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580526</v>
+        <v>584951</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>56.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>