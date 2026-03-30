--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,182 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 11:00</t>
-[...5 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 30/03/2026 11:03</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7202 - TYPE-C /3.0A/25W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER JVC XS-KY2115B - BLT/IPX7/10W/MINI</t>
-[...8 lines deleted...]
-    <t>CHALEIRA ESMALTADA EUROMAX - 2.5L - COLOR/DISENHO</t>
+    <t>CARREGADOR ECOPOWER EP-7201 - TYPE-C /3.0A/25W</t>
+  </si>
+  <si>
+    <t>CARREGADOR PARA CARRO 12V ECOPOWER EP-7204 - 48W/USB/TC</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - VASCO</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL LK-003 64MP/16X/2.4" - PRETO</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL LK-003 64MP/16X/2.4" - ROSA</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION COLORVU DS-2CE78-DOT-LTS / MIC</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4400 8.5" - INGLES GRAFFITI</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE GLICOSE E PRESSAO MORE FITNESS MF-600</t>
+  </si>
+  <si>
+    <t>Medidores de Pressao</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MORE FITNESS MF-08NB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>REFIL GLUCOSA MORE FITNES MF-50 - 50 TIRAS</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
+  </si>
+  <si>
+    <t>TABLET ACER ICONIA TAB A10 - 128GB - 10.1"</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>ACER</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S31/4MP/3 CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S11-4G - SOLAR - ICSEE</t>
+  </si>
+  <si>
+    <t>SANDUICHERA MOX MO-SM753 - 1500W - 4 UNID - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR MOX MO-I15 - 1900W - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>PASSADEIRA A VAPOR MOX MD-I16 - 1200W - 220V</t>
+  </si>
+  <si>
+    <t>MIXER MOX MO-HM11 - 600W</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ESTANTE MULTIFUNCIONAL ORGANIZADORA SA27020 -  4 NIVEIS</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>EUROMAX</t>
-[...83 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>ESTANTE MULTIFUNCIONAL SA26318 -  5 NIVEIS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -212,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83ea0a80a4f205dcc064cb558740976a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c6c9760d4c187363f5fe9fa5ed6793.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6f2aed6a0f3e8ce6982758939809b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba8cb259241830f82cb9751a24f4e9c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59da9dde113103a75d01ec5b02940f57.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cef9c47943b24dfd4be85b3a1801506.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d12d72ac978253a5672aae6254499a5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8274fddcd4506fc3f70ad4325860a43.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce94c3901f8aefb26e5690c6e2c31cad.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/157cfbeacb8852426f9823d9166a8536.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38732a5836c14aeeb59c04b2364fb00d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27925c492b050b3bb897db4fa87c158e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9de5d01dcb8eb0b71ef3753adeb87ffa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26661bbea2edb11d734ad958d49748ec.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2558cbc82fc8fceebcfa63566e1c7858.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e31ffc36d6e6586af53915d79c42fe39.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bfbd289fdfaa543b707ee9115639375.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deb3143edffbda247bd7b236bac1b792.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/621680c6cfdbf607a18781f658aa7b5a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4995a64ec320ab5850644273928cdba.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60db7b125260afabf79e6b9305d0c844.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21a721f26a47bff30ed21dde34579fd8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b1dd5cf6f6c64bb3d55d17a9878c60d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a9ee769a871e3fd03a90bc018116ba.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/859bf5eb709a7aed75593051d3dfa79d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c2a624c3be3eff52b3ed02c19a17c6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a867a3f1e97186426b9bac8e85b37b38.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b533ed531c4b6ec69bb8cf15467cb6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71caa0fd1544cda2bfe77a94db8e2c55.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f928aa66ff8d3ba371c2b97b42c596f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1024d7f23d0b8c307b7d3b06a193ddaa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81251e727f435793b6c09d0d1d4238be.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec89294f4ac15e35f606b27475d75143.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225b2f0479b9f7681bafd5de7fe91a0e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a715b091c3070c11b5e00b9fdae829.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ab45d0f4b724263ee8fdacdc372384.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1216b91cd0017c7872c98d8c0b96bc1f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7beb069328c0148f5c1fc359918b39.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462b4b8b89fb6579491d3c413693d37c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c0d726f713a1b0d354c5beda097e628.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1123,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>584715</v>
+        <v>587785</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>57.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>584722</v>
+        <v>587792</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>17.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>584739</v>
+        <v>587808</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>584746</v>
+        <v>587815</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>584753</v>
+        <v>587822</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>11.5</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>584760</v>
+        <v>587839</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>11.5</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>584777</v>
+        <v>587860</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>11.5</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>584784</v>
+        <v>587884</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>584807</v>
+        <v>587891</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>630.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>584814</v>
+        <v>587907</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="F11" s="3" t="s">
-        <v>29</v>
+      <c r="F11" s="3">
+        <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>584821</v>
+        <v>587914</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>14.75</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>584838</v>
+        <v>587938</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>28.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>584845</v>
+        <v>587945</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>28.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>584852</v>
+        <v>587952</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584876</v>
+        <v>587976</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>29.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584883</v>
+        <v>587990</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>17.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584890</v>
+        <v>588003</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584906</v>
+        <v>588010</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584913</v>
+        <v>588034</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>2.8</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584951</v>
+        <v>588041</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>56.0</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>