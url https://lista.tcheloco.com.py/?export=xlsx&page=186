--- v3 (2026-03-30)
+++ v4 (2026-03-30)
@@ -14,200 +14,179 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 11:03</t>
+    <t>Lista gerada no: 30/03/2026 12:38</t>
+  </si>
+  <si>
+    <t>PORTA RETRATO N-4515 - 12" - CONT/2V/PRETO</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SHAKE PORTATIL VIDRO INOVA LC-274 - REC/USB/2V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA ECOPOWER EP-300 - 3 TOMADAS - 2M</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA ECOPOWER EP-301 - 5 TOMADAS - 2M</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA ECOPOWER EP-303 - 4 TOMADAS - 2M</t>
+  </si>
+  <si>
+    <t>MICROFONE PARA CELULAR SEM FIO ECOPOWER EP-M094 - TC</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MICROFONE PARA CELULAR SEM FIO ECOPOWER EP-M091 - TC</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C822 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C858 - 12000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C856 - 12000MAH</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4932 - 100W - SOLAR</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7203 - TYPE-C /3.0A/35W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>CARREGADOR ECOPOWER EP-7202 - TYPE-C /3.0A/25W</t>
   </si>
   <si>
-    <t>Fontes</t>
-[...4 lines deleted...]
-  <si>
     <t>CARREGADOR ECOPOWER EP-7201 - TYPE-C /3.0A/25W</t>
   </si>
   <si>
     <t>CARREGADOR PARA CARRO 12V ECOPOWER EP-7204 - 48W/USB/TC</t>
   </si>
   <si>
     <t>Carregadores 12V</t>
   </si>
   <si>
     <t>COPO TERMICO 473ML - VASCO</t>
   </si>
   <si>
     <t>Copos</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMERA DIGITAL LK-003 64MP/16X/2.4" - PRETO</t>
   </si>
   <si>
-    <t>C�meras digitais</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMERA DIGITAL LK-003 64MP/16X/2.4" - ROSA</t>
   </si>
   <si>
     <t>CAMERA HD HIKVISION COLORVU DS-2CE78-DOT-LTS / MIC</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
     <t>HIKVISION</t>
   </si>
   <si>
     <t>TRICICLO ELETRICO FOSTON GT4400 8.5" - INGLES GRAFFITI</t>
   </si>
   <si>
     <t>Triciclo eletrico</t>
   </si>
   <si>
     <t>FOSTON</t>
-  </si>
-[...73 lines deleted...]
-    <t>ESTANTE MULTIFUNCIONAL SA26318 -  5 NIVEIS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +209,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60db7b125260afabf79e6b9305d0c844.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21a721f26a47bff30ed21dde34579fd8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b1dd5cf6f6c64bb3d55d17a9878c60d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a9ee769a871e3fd03a90bc018116ba.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/859bf5eb709a7aed75593051d3dfa79d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c2a624c3be3eff52b3ed02c19a17c6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a867a3f1e97186426b9bac8e85b37b38.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b533ed531c4b6ec69bb8cf15467cb6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71caa0fd1544cda2bfe77a94db8e2c55.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f928aa66ff8d3ba371c2b97b42c596f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1024d7f23d0b8c307b7d3b06a193ddaa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81251e727f435793b6c09d0d1d4238be.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec89294f4ac15e35f606b27475d75143.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225b2f0479b9f7681bafd5de7fe91a0e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a715b091c3070c11b5e00b9fdae829.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ab45d0f4b724263ee8fdacdc372384.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1216b91cd0017c7872c98d8c0b96bc1f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c7beb069328c0148f5c1fc359918b39.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/462b4b8b89fb6579491d3c413693d37c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c0d726f713a1b0d354c5beda097e628.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362d3e8de03fd3f6c6a5db2329dad382.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62e6ef279cb9a375b86fd0da12623170.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f059a1ec83f95799acf6b8a91a630fba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69d02d4271d0e6dbb3fc1a66fbade62.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2842e622ecf32fd4ba8d14846efefb7a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3c9385c46bbd873bcae0b4d281253b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5271c632b311c46dbd2d7ca13b6321.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a67844cdfc97587dad9183d2a67b4f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03cd58a460a47beb93f10ed471ce717e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c041837030dd22c9bf135c88c0810536.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/283d0a2645430df43891af362ce92ef4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563445b0d9f54d002525cdb63c4e6053.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aa97faf6938e3f0c78c95f72faeac89.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e0ed4326c4e4fee5b56c86ff631707.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/839ab3dce0a9f39e08feda327d85300d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712bc1ef2b2346c0ffa675af37030053.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d44844317f16b0289c54beff30d035.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b487f2310126db737995345e86304d02.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e6544b7b509f256bf44563982790c4f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b871ac6e11dcc5962064d2021998e1bc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1142,416 +1121,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>587785</v>
+        <v>587662</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>587792</v>
+        <v>587679</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.8</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>587808</v>
+        <v>587686</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>3.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>587815</v>
+        <v>587693</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>587822</v>
+        <v>587709</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>33.0</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>587839</v>
+        <v>587716</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>33.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>587860</v>
+        <v>587723</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>34.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>587884</v>
+        <v>587730</v>
       </c>
       <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>169.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>587891</v>
+        <v>587747</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>23.5</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>587907</v>
+        <v>587754</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>21.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>587914</v>
+        <v>587761</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>587938</v>
+        <v>587778</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>112.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>587945</v>
+        <v>587785</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>33.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>587952</v>
+        <v>587792</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>57.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>587976</v>
+        <v>587808</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>23.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>587990</v>
+        <v>587815</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>588003</v>
+        <v>587822</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>19.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>588010</v>
+        <v>587839</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>588034</v>
+        <v>587860</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>588041</v>
+        <v>587884</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>169.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>