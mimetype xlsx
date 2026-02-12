--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,203 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 22:45</t>
-[...20 lines deleted...]
-    <t>PARAFUSADEIRA DE IMPACTO KANDEXS SP-993 PC - BIVOLT</t>
+    <t>Lista gerada no: 12/02/2026 11:10</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK611 - 6 PCS - BIVOLT</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>KANDEX</t>
-[...34 lines deleted...]
-  <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CAFETEIRA MULTICAPSULA ELECTROBRAS EBCM-21 - 220V</t>
-[...23 lines deleted...]
-    <t>BOLSA TERMICA SUNLIGHT 14473</t>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK612 - 6 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE  A-TK811 - 8 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>WAFFLERA BRITANIA MAKER PWM04A - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BEBEDOURO BRITANIA PBE19 - PRETO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>CABO AUXILIAR INOVA CBO-7323 - 1M</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...14 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MOCHILA PORCHETE COM SEGREDO INOVA KL-9327</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>MOCHILA ESCOLAR INOVA KL-9328</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1981 - BLT/FM/TWS/TF/USB/12.1"</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C867 - 22000MAH</t>
-[...8 lines deleted...]
-    <t>RADIO ECOPOWER EP-F325 - REC/USB/SD/BLT</t>
+    <t>MAQUINA DE FAZER YOGURT RAF R.14406 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7025 5L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>TERMICA INFANTIL HUNTRIX 3608 - 600ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL AH-806 STITCH - BLT</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL AH-806W MINIONS - BLT</t>
+  </si>
+  <si>
+    <t>HOME THEATER SATE AS-628BL - BLT/CONTR/SD/USB/2.1</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8101 - 2MP/CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SELADORA PORTATIL SATE A-CUT911</t>
+  </si>
+  <si>
+    <t>SELADORA  PORTATIL SATE A-CUT913</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F339 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F328 - REC/USB/SD/BLT</t>
+    <t>SPEAKER ECOPOWER EP-1983 - USB/SD/FM/BT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc3d9ede1bf16f1cdcbf43053341a767.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250ba4b405d933d7baecf399d48b2548.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3499b10cc9bbba98c7deaaebfecd24f0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3944e1926fcdf2490220e1a6b29871.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ede03af93aa2ea3bc01b9d21e2786e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa410d46d7f84ccac2f4e80a2145dfd0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5861853d8cc50741abe003146f1093aa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f228e3b628e1b54953f660890c8b9d8b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35bfca11fa9de86a7389069db34e48b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4229725780ea1e5f112f92621966b5b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0dab77c149c3b653b1647d1d523d269.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05cf1d53cd840c8ca1eb835c938f6eec.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64dba69b43fcefd50ed8da9f95ba3b1a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e358ef4868ec30f89121cbbad96e401d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fa2c01617b7aa2e17068ce69e666bb2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266162c7866bd2c7bc9230df671d164a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e456103979dbac3497124aa0717df24.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344779006ff232f3bdff1c2710089a68.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af162461028c5724f4820767e01a935.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1289ee3438f1086f11f96336d4faa13.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d90bb343d284817949c7819567705651.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a9dd4fd96895c182bc7524c5225b05.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3f4054cfc5aa8af429499570d3ed2cc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f45e7011cedfbc19318501ec3de708.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7938c9732ea161dc4fd9856ada7079d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dafae5182af7b511fc88f64b8349f090.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16d04ac7d986b22c718145357c7e44a2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9604eb7d0dd3f76905d3586f60d42000.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213bcdbecf8025b30623244e88e0180a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2899a0b1bf44bfec3642982e71aba977.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7daccef324f83f8cf050fa8bd0763328.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43b3b4ff0db077b2e038213b9ac6f38e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32d6dabadf534e9b2ff6fc8b9b0a2166.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9693f62ea03ef73819414b6298b0a799.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc1a4b12b3c58d6ac14805f6f123441.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de007aa5dde13d8fff30f37f2dfdcb5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35f89b19dd77c4cfdcf1225de490517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace37588bb1bb93491a5cf5129eb9211.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b39b3035fc2910944cf65772cf38ed1c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bc51e3ba5d6ef732b680083781acab.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579988</v>
+        <v>584463</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>80.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580007</v>
+        <v>584470</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>54.5</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580038</v>
+        <v>584487</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>39.5</v>
+        <v>116.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580045</v>
+        <v>584500</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580052</v>
+        <v>584517</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>35.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580069</v>
+        <v>584524</v>
       </c>
       <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>33.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580083</v>
+        <v>584531</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>290.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580090</v>
+        <v>584548</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>75.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580137</v>
+        <v>584555</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>70.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580144</v>
+        <v>584586</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>110.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580151</v>
+        <v>584593</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>90.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580168</v>
+        <v>584609</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>132.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580199</v>
+        <v>584616</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580205</v>
+        <v>584630</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>28.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580212</v>
+        <v>584647</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580229</v>
+        <v>584654</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580236</v>
+        <v>584661</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580243</v>
+        <v>584678</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580250</v>
+        <v>584692</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="F20" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580267</v>
+        <v>584715</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>57.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>