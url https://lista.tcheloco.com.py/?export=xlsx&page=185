--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -14,188 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 11:10</t>
-[...2 lines deleted...]
-    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK611 - 6 PCS - BIVOLT</t>
+    <t>Lista gerada no: 30/03/2026 12:40</t>
+  </si>
+  <si>
+    <t>MICROONDAS BRITANIA PMO28 - BRANCO - 28L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ENZO GLAMHAIR - PROFESIONAL - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ENZO</t>
+  </si>
+  <si>
+    <t>CAFETEIRA ITALIANA MOKA - 9 XICARAS - GRAFITE</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA ITALIANA MOKA - 6 XICARAS - GRAFITE</t>
+  </si>
+  <si>
+    <t>ADAPTADOR HDMI PRA VGA SATE AL-31</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>COOLER PARA NOTEBOOK SATELLITE A-CP05</t>
+  </si>
+  <si>
+    <t>Cooler P/Notebook</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PARA PC KOLKE GAMER KOLKE KGA-312 - HERO RED</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL NAPPO NHI-294 - DIGITAL - 12V</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>SATE</t>
-[...47 lines deleted...]
-    <t>Speakers medios</t>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8102 - 2MP - ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F501 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MAQUINA DE FAZER YOGURT RAF R.14406 - 220V</t>
-[...53 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-1983 - USB/SD/FM/BT</t>
+    <t>RADIO ECOPOWER EP-F502 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F503 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O - PULSO ECOPOWER EP-2742</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O - BRA�O ECOPOWER EP-2747</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 5G - 512GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>KIT DE TUPPER INOX SA27252 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA TITAN 8006 - 5KG - 2032X2</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>TITAN</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA TITAN 8027 - 5KG - 2032X1</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREG/LANTERNA CH-23 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWL-100 SEM FIO - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d90bb343d284817949c7819567705651.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23a9dd4fd96895c182bc7524c5225b05.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3f4054cfc5aa8af429499570d3ed2cc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f45e7011cedfbc19318501ec3de708.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7938c9732ea161dc4fd9856ada7079d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dafae5182af7b511fc88f64b8349f090.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16d04ac7d986b22c718145357c7e44a2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9604eb7d0dd3f76905d3586f60d42000.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213bcdbecf8025b30623244e88e0180a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2899a0b1bf44bfec3642982e71aba977.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7daccef324f83f8cf050fa8bd0763328.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43b3b4ff0db077b2e038213b9ac6f38e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32d6dabadf534e9b2ff6fc8b9b0a2166.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9693f62ea03ef73819414b6298b0a799.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc1a4b12b3c58d6ac14805f6f123441.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de007aa5dde13d8fff30f37f2dfdcb5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b35f89b19dd77c4cfdcf1225de490517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace37588bb1bb93491a5cf5129eb9211.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b39b3035fc2910944cf65772cf38ed1c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5bc51e3ba5d6ef732b680083781acab.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0e904a811117b8f818f343d671bf66.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6fab0d5b8042092b08d18b31ff9ccd1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59a42d6bec468d30f642907b8f3f4ee1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2963dc8bf5cd3221050419b0201c21f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25283ce6c923c1f1ae678f0f8bd92579.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33871fe07060b4aee6ada3dd452aeb6d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec332e6907e8a097644c80d63319b625.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c3ee6ec9a581947c222ff53dc9d671.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f823030664d2b45abe8208e8b339132.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381bccd7b40cfb9da2496c4478800cc5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8deea46ff902d26e901cb2a862c69d85.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c401d4eb59049afbf1170d2be02f64.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd2987d9fd18fab25c9cc357e143e0df.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2addca7fc84d7d5e4e0839e96d05fbed.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1322383a40744202927c3304ae1e75a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15d0d215b08fc819d30d74e50395dff.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/add76dc3f15a63c226d67f6bd16fa241.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6bff5eb4eaf0ac9d27d13b63ff72f92.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d7571cc119f6340ee2bd1d390e8eb67.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81916849bd567c5c39254151e43d35aa.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>584463</v>
+        <v>587327</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>95.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>584470</v>
+        <v>587358</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>104.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>584487</v>
+        <v>587396</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>116.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>584500</v>
+        <v>587402</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>33.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>584517</v>
+        <v>587419</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>88.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>584524</v>
+        <v>587426</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>1.3</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>584531</v>
+        <v>587457</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>584548</v>
+        <v>587464</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>9.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>584555</v>
+        <v>587488</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>140.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>584586</v>
+        <v>587495</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>584593</v>
+        <v>587501</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>16.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>584609</v>
+        <v>587518</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>584616</v>
+        <v>587549</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>584630</v>
+        <v>587556</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584647</v>
+        <v>587563</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>263.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584654</v>
+        <v>587594</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>9.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584661</v>
+        <v>587617</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584678</v>
+        <v>587624</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584692</v>
+        <v>587631</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584715</v>
+        <v>587655</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>57.0</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>