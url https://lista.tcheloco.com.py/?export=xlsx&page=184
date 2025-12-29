--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,203 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 17:44</t>
-[...2 lines deleted...]
-    <t>PLACA ELETRICA INFRARROJA MOX-KIC06 - 2200W - 220V</t>
+    <t>Lista gerada no: 29/12/2025 01:03</t>
+  </si>
+  <si>
+    <t>PATINETE ELETRICO FOSTON X3 PRO - PRETO - 10.400MAH - S/G</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CAFETEIRA COM MOEDOR RAF R.0204 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ECOLINK EL-1001 - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>MOX</t>
-[...8 lines deleted...]
-    <t>Lanternas</t>
+    <t>ECOLINK</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR RF-01 - 100 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>HD TOSHIBA S300 HDWT720 - SURVEILLANCE - 2TB - SATA3</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>FECHADURA ELETRONICA HYE-630MAX - COM CAMERA</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED HYE HYE65ATUX - HDMI/SMART/4K /DIG</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>TV 75'' SMART LED HYE HYE75ATUX - HDMI/SMART/4K/DIG</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED HYE HYE40ATFZ - FHD/SMART/ANDROID 14</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO GAMER KOLKE KGA-312 - HERO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>MOCHILA DE VIAGEM HIKES KVM-720 - VERDE</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1988 / BLT/FM/TF/MP3 / 8"2</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LANTERNA POLICE ECOPOWER EP-8162</t>
-[...5 lines deleted...]
-    <t>SOPRADOR/ASPIRADOR PROSPER TURBO P-2001</t>
+    <t>SOPRADOR/ASPIRADOR TUCANO TURBO TC-55</t>
   </si>
   <si>
     <t>Aspiradores</t>
   </si>
   <si>
-    <t>PROSPER</t>
-[...44 lines deleted...]
-    <t>BALAN�A DE MERCADO KANDEXS K-B4001 - 40K - BIVOLT</t>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>BATEDEIRA BRITANIA PLANET BBP760P - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2283 USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V302 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO PORTATIL NOBLEX NP3500H1PY - 12.000BTU - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ELECTROBRAS SMART EBJE-02 - 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV ATV PLASMA 2GB RAM/16GB/5G/8K</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>ATV</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO MEGASTAR BC-205 - 40KG - BIVOLT</t>
   </si>
   <si>
     <t>Balan�as de Mercado</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...44 lines deleted...]
-    <t>FONE DE OUVIDO ECOPOWER EP-H162 - BLUETOOTH - TWS</t>
+    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/141c119fa8132fb1d6e47ff69336ce3b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e75569c4f8557efcac54b034186065c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c094a2585d2824b198a7d84819f402.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66eefe998cffa52c268da4614fda0122.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b277538d8a480ed61a489b24bfe2570a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cfc450457ee2aa1d38c0f4dc623cb28.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4919a859437505d1efe8d4362c2e26a0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e267b654687fefb496887432164eecd4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80023d559fb76f1db49467a3aafb4fd4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953d572afa4e79790803f2b63da8fcbe.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7471ef217b877e6bb8ddce219f54087b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac75f44ebd6af9a9cd4a9b1e0cd88022.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc1cbe3dd6928140cba683f55de38a16.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd2382a687398a8e9426b528aaa2111.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39c0ece10c2ac53d6defc932cc44b839.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5fb6030f86f0577532a014b234c0a24.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1879e5eb5b9a141c34244010d304d5b0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2fb613804cb4ac65e339a6575a2dc52.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca477ba3e7ddd5a682de8e12f60bccac.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3fb4d80c91bd45e7c95fce7f8c34372.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128c361c0d93c2fe7c0a5835c55d986c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea2cc0b180c6d1ebce1efe83a5042e65.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791f6a88694c417a0475b16a1319616c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cb7a20206164ab0cb4ce30ec9105c94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cc57ce20543d8c7a39c3f91bdc7c6f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e05fcade0f190a28f8a4947ffe1136f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e937fbcc90f87832897c310af6da94.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fce503577c48b53d21fc9d8f2bd627e5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/932ea59a31039035f1f8b3b0e3592c52.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23083975edf699c212d927a91ac76691.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c7c542a0700cca99ca47d30991e5a03.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad44e75c501bba3000d478eabc36a87.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5083c1e449813e4b1822896d6810597.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1826f73584d84e6b85f12fb5b441e364.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddad49e6635f31768880b0a08c53af81.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e1d9b1e91d7a62054a792e7feb5644.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d063faaec742d14bdbb374c412bd865a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b035f4c4cd104f3fc305d33b0f0b11f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ce4f4af5795eb3410ee6b73a82fb37.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe32ad7b3630a45f6aa7ab1633e32c5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573917</v>
+        <v>579568</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>22.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573924</v>
+        <v>579575</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>21.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573931</v>
+        <v>579582</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>15.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573948</v>
+        <v>579599</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573986</v>
+        <v>579612</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>21.0</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574006</v>
+        <v>579629</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>4.6</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574013</v>
+        <v>579636</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>26.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574020</v>
+        <v>579643</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>26.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574037</v>
+        <v>579650</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
         <v>24</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>228.0</v>
+        <v>133.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574044</v>
+        <v>579711</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>268.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574051</v>
+        <v>579742</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574068</v>
+        <v>579773</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574075</v>
+        <v>579803</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>17.5</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574099</v>
+        <v>579810</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574105</v>
+        <v>579858</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>59.5</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574129</v>
+        <v>579865</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>15.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574136</v>
+        <v>579872</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574150</v>
+        <v>579889</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>99.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574167</v>
+        <v>579933</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574174</v>
+        <v>579964</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="F21" s="3">
-        <v>6.75</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>