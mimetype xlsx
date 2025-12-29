--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 01:03</t>
+    <t>Lista gerada no: 29/12/2025 02:29</t>
   </si>
   <si>
     <t>PATINETE ELETRICO FOSTON X3 PRO - PRETO - 10.400MAH - S/G</t>
   </si>
   <si>
     <t>Patinete Eletrico</t>
   </si>
   <si>
     <t>FOSTON</t>
   </si>
   <si>
     <t>CAFETEIRA COM MOEDOR RAF R.0204 - PRETO - 220V</t>
   </si>
   <si>
     <t>Cafeteiras</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
     <t>PLACA INFRARROJA ECOLINK EL-1001 - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
@@ -254,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128c361c0d93c2fe7c0a5835c55d986c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea2cc0b180c6d1ebce1efe83a5042e65.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791f6a88694c417a0475b16a1319616c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cb7a20206164ab0cb4ce30ec9105c94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cc57ce20543d8c7a39c3f91bdc7c6f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e05fcade0f190a28f8a4947ffe1136f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e937fbcc90f87832897c310af6da94.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fce503577c48b53d21fc9d8f2bd627e5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/932ea59a31039035f1f8b3b0e3592c52.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23083975edf699c212d927a91ac76691.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c7c542a0700cca99ca47d30991e5a03.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cad44e75c501bba3000d478eabc36a87.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5083c1e449813e4b1822896d6810597.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1826f73584d84e6b85f12fb5b441e364.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddad49e6635f31768880b0a08c53af81.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e1d9b1e91d7a62054a792e7feb5644.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d063faaec742d14bdbb374c412bd865a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b035f4c4cd104f3fc305d33b0f0b11f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ce4f4af5795eb3410ee6b73a82fb37.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe32ad7b3630a45f6aa7ab1633e32c5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b18ee27376a9f74e4c7d62b8ee59d0d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46acddb46e4f8cfdd8ca2d6550bb185e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927be66d2d282c424135efbaa484cc4f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13df31fe3fd7e7824f9389007d6ac52.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000ad8251e35b08f2c05690469352a5c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c97d99e06fb99e720f909aa9d7cd2ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4bb18faf0803b43c907ffbdad75335b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cff24d78690942019e58cf42deb6a47.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bca53b6e7d14fc1c493ed06bc2c15bc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb9dc261c5034dbf957cf157772c031.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65bb4b10234040106ed25898a90eb29.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3044a32867fd02c09c4970732c79f3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfd82d1dea9613daea77c636fd580862.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b4dceea6ab193928a0f8dc877973b0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852d880114f926c0ffb0ea8246d5a6b6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14b853315fdf5d59eb71a56d3503d75.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d544cb4b6c561da8f82511b206b33702.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fd0599762a168b410f5ac9daa08b15.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12bb9d86f350f0b0e089eaab1d5e722.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b6e0072c7ff1bd417256c88232172f7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>