--- v2 (2025-12-29)
+++ v3 (2026-02-12)
@@ -14,224 +14,173 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 02:29</t>
-[...20 lines deleted...]
-    <t>PLACA INFRARROJA ECOLINK EL-1001 - 220V</t>
+    <t>Lista gerada no: 12/02/2026 12:36</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS E INFRAVERMELHO (2 BOCAS INFRA +3 A GAS) MEGASTAR COOKTOP5</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>ECOLINK</t>
-[...5 lines deleted...]
-    <t>Ilumina��o</t>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MINI TECLADO SMART TV MEGASTAR RC02</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO MEGASTAR RC01</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HPV04BTN - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HPV04BTS - BLUETOOTH - PRATA/BRANCO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HPV04BTP - BLUETOOTH - ROSA</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDX-261BT - USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDX-262BT - USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR HYJ60BT - USB/MSD/FM/BLT/BAT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>CAMERA IP MEGASTAR CA817 - 2MP - BOCAL - ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CAMERA IP MEGASTAR CA827 - 2MP - ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP MEGASTAR CA968 - 2MP - ICSEE</t>
+  </si>
+  <si>
+    <t>ANDROID BOX TV STICK TVR13 - 32GB/512GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>HD TOSHIBA S300 HDWT720 - SURVEILLANCE - 2TB - SATA3</t>
-[...65 lines deleted...]
-    <t>Batedeiras</t>
+    <t>SPEAKER PARTY YE-082 - USB/FM/BLUT</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK1221 - 12 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK1521 - 15 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK611 - 6 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK612 - 6 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE  A-TK811 - 8 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>WAFFLERA BRITANIA MAKER PWM04A - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
   </si>
   <si>
     <t>BRITANIA</t>
-  </si>
-[...43 lines deleted...]
-    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +203,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b18ee27376a9f74e4c7d62b8ee59d0d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46acddb46e4f8cfdd8ca2d6550bb185e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/927be66d2d282c424135efbaa484cc4f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13df31fe3fd7e7824f9389007d6ac52.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000ad8251e35b08f2c05690469352a5c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c97d99e06fb99e720f909aa9d7cd2ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4bb18faf0803b43c907ffbdad75335b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cff24d78690942019e58cf42deb6a47.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bca53b6e7d14fc1c493ed06bc2c15bc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb9dc261c5034dbf957cf157772c031.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65bb4b10234040106ed25898a90eb29.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3044a32867fd02c09c4970732c79f3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfd82d1dea9613daea77c636fd580862.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b4dceea6ab193928a0f8dc877973b0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852d880114f926c0ffb0ea8246d5a6b6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14b853315fdf5d59eb71a56d3503d75.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d544cb4b6c561da8f82511b206b33702.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fd0599762a168b410f5ac9daa08b15.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12bb9d86f350f0b0e089eaab1d5e722.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b6e0072c7ff1bd417256c88232172f7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79ae59f7501380359eb443d0e383844.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d245848668a25d8b093faf63c3cb82b5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c66609dd979cc350f35d2bd6d7a99e2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4473e64e079d6e3ae1cfd398ed53bfc4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ade9a01ceaf2a7281b55054e52b2422.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376f9a0d9c145f710908e49c50816335.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13afda7ac5f5d4f7a65524ef482fac8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46857337e08a32a76e4e2b4aa595b2cd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a86b92f80f6afc13f7a4bb88a41ad9b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/555d78ee67f09b78f6d5ccf3411ab6e0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a1234675a61a70e929e6d0bbc7ec45.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293da81882e9d67ac203997a11cbd2c4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f94fe69810e6ed14da296baca07f100.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c6fa5a971db03419f58c0a832235a7b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa8bc8e1d419cea9584226e6d765dc0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9944e70fe5ac0fbf3aa4cf0af18060.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ca420d0889510e0e1ab71bcdf72b82.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac1d11ca3c6a7ac12a9eed5ef70d5b1b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6296083d715a5e26dd6600cb32424941.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f94d122f1c125e5f77efa49ac30db5dc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1114,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579568</v>
+        <v>584302</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>225.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579575</v>
+        <v>584319</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>135.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579582</v>
+        <v>584326</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>15.9</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579599</v>
+        <v>584333</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579612</v>
+        <v>584340</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>72.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579629</v>
+        <v>584357</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>88.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579636</v>
+        <v>584364</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>348.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579643</v>
+        <v>584371</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>480.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579650</v>
+        <v>584388</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>133.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579711</v>
+        <v>584395</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579742</v>
+        <v>584401</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579773</v>
+        <v>584418</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>102.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579803</v>
+        <v>584425</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>20.0</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579810</v>
+        <v>584432</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>59.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579858</v>
+        <v>584449</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F16" s="3">
-        <v>40.0</v>
+        <v>164.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579865</v>
+        <v>584456</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579872</v>
+        <v>584463</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>290.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579889</v>
+        <v>584470</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="F19" s="3">
-        <v>15.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579933</v>
+        <v>584487</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>95.0</v>
+        <v>116.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579964</v>
+        <v>584500</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="F21" s="3">
-        <v>19.0</v>
+        <v>33.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>