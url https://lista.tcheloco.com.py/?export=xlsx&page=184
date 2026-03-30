--- v3 (2026-02-12)
+++ v4 (2026-03-30)
@@ -14,173 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 12:36</t>
-[...65 lines deleted...]
-    <t>Android Tv</t>
+    <t>Lista gerada no: 30/03/2026 13:04</t>
+  </si>
+  <si>
+    <t>MIXER 5 EM 1 ONIDA ON-602 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>TABLET XIAOMI REDMI PAD SE 8.7" 4G / 128GB / 4 RAM</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS CARREGADOR SATE ATK881</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MICROONDAS SAMSUNG MS23K3513 - 23LTS - 110V</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-61W - 6.1L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4400  8.5" - SOLAR SYSTEM</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4400 8.5" - FLOR RAIZ</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART S10 MINI - 3 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER PARTY YE-082 - USB/FM/BLUT</t>
-[...26 lines deleted...]
-    <t>Wafflera</t>
+    <t>RELOGIO SMART S12 MINI - 5 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR ELECTROBRAS EBPV-25 - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-63 - 6.3L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-83 - 8.3L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-10DB - 10.0L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-52TV - 5.2L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-70TV - 7.0L - 220V</t>
+  </si>
+  <si>
+    <t>FORNO + FRITADEIRA AIR FRYER ELECTROBRAS EBAF-12 - 12.0L - 220V</t>
+  </si>
+  <si>
+    <t>FORNO + FRITADEIRA AIR FRYER ELECTROBRAS EBAF-13TV - 13.0L - 220V</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR ELECTROBRAS EBPV-25 - 110V</t>
+  </si>
+  <si>
+    <t>MICROONDAS BRITANIA PMO28 - BRANCO - 28L - 220V/50HZ</t>
   </si>
   <si>
     <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ENZO GLAMHAIR - PROFESIONAL - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ENZO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -203,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79ae59f7501380359eb443d0e383844.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d245848668a25d8b093faf63c3cb82b5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c66609dd979cc350f35d2bd6d7a99e2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4473e64e079d6e3ae1cfd398ed53bfc4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ade9a01ceaf2a7281b55054e52b2422.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376f9a0d9c145f710908e49c50816335.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13afda7ac5f5d4f7a65524ef482fac8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46857337e08a32a76e4e2b4aa595b2cd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a86b92f80f6afc13f7a4bb88a41ad9b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/555d78ee67f09b78f6d5ccf3411ab6e0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5a1234675a61a70e929e6d0bbc7ec45.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293da81882e9d67ac203997a11cbd2c4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f94fe69810e6ed14da296baca07f100.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c6fa5a971db03419f58c0a832235a7b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa8bc8e1d419cea9584226e6d765dc0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9944e70fe5ac0fbf3aa4cf0af18060.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ca420d0889510e0e1ab71bcdf72b82.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac1d11ca3c6a7ac12a9eed5ef70d5b1b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6296083d715a5e26dd6600cb32424941.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f94d122f1c125e5f77efa49ac30db5dc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a178caabeb7a2ab9759d70774db33489.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4676d881d65ae2b9aad7759729c375a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407171c247686b5b5f2935366181bd18.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef4f0c20d0c8892192a6d2a8e1112347.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/977a6147125d9d65300668f60268ded5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/074bb0f210544b603c936d38d506d8db.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f255102e50beaf57ca6e6e0cd925562.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dedc64fbe282af33f8cac91fc738d27.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad9c96960898a7a9c7a6c0a39a23c77.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcd75f157e7f7fc3f9ced2ea58f101c9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30de6a43c0cc9557470a812ad6d3eb8f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79815b0876d684d4886561c5cb07770f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd5ddf982fbdbdb8dd78c2d03b3c07f4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/428b374aacee4c6ac0573d4f4156c11b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e124bad80f3fdf547a1f8156a2810cf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5c88a00f3228bf16fa60a52d926cc6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b54072f239a8540b5ff419cfd89d39e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a5967166a03d25e3f54daae9a7a7915.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/194050bc5fd6232c2104a016525d877e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518a03b05f802d02e31659c1db8e8e3f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1114,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>584302</v>
+        <v>586962</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>208.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>584319</v>
+        <v>586993</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.5</v>
+        <v>137.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>584326</v>
+        <v>587037</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.8</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>584333</v>
+        <v>587129</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>584340</v>
+        <v>587136</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>584357</v>
+        <v>587150</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>584364</v>
+        <v>587167</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>11.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>584371</v>
+        <v>587204</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>584388</v>
+        <v>587211</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>38.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>584395</v>
+        <v>587228</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>10.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>584401</v>
+        <v>587235</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>18.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>584418</v>
+        <v>587242</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>584425</v>
+        <v>587259</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>14.75</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>584432</v>
+        <v>587266</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>18.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584449</v>
+        <v>587273</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F16" s="3">
-        <v>164.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584456</v>
+        <v>587280</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F17" s="3">
-        <v>208.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584463</v>
+        <v>587297</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>95.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584470</v>
+        <v>587310</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
-        <v>104.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584487</v>
+        <v>587327</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="F20" s="3">
-        <v>116.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584500</v>
+        <v>587358</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>33.0</v>
+        <v>38.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>