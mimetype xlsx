--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 02:29</t>
-[...29 lines deleted...]
-    <t>ALTO FALANTE JBL STAGE2 624 - 6"5 - 40WRMS - 2 VIAS</t>
+    <t>Lista gerada no: 12/02/2026 14:00</t>
+  </si>
+  <si>
+    <t>MAQUINA DE DONUTS RAF R.2509 - 16 UNID - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA VIDRO RAF R.7204 - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CABO BLINDADO RCA MEGA STAR RCA51 - 5M</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - ICE FLAME GRAFFITI - S/G</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - RED GRAFFITI - S/G</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - BLUE GRAFFITI</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LEXICAL LAF-3050 - 8L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>LEXICAL</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER  LEXICAL LAF-3057 - 9L - 220V</t>
+  </si>
+  <si>
+    <t>LAMPADA SOLAR JORTAN JT-8TYCOB-400W - EXTERNO</t>
+  </si>
+  <si>
+    <t>Lampadas Externa</t>
+  </si>
+  <si>
+    <t>JORTAN</t>
+  </si>
+  <si>
+    <t>ASPIRADOR 2 EM 1 MEGASTAR VC1206 - 600W - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>CONVERSOR TV DIGITAL BAK BK-2026 - ISDBT</t>
+  </si>
+  <si>
+    <t>Conversores Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO AOC ACT1511 - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>AOC</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PARA PC COM MICROFONE - AOC ACG2500 - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>PEN DRIVE AOC 32GB - USB 2.0</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5921 - 40W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5923 - 50W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE BOOSTER BW-1500MB - 15" - BOBINA DUPLA</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>JBL</t>
-[...89 lines deleted...]
-    <t>MASSAGEADOR CORPORAL LUO LU-4999 - 12 PCS</t>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O ONIDA ON-5025 - PRETO</t>
   </si>
   <si>
     <t>Massageadores</t>
   </si>
   <si>
-    <t>KIT ACESSORIO MA�ANETA DE FREIO PARA MOTO FOSTON X13/15</t>
-[...5 lines deleted...]
-    <t>FOSTON</t>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O ONIDA ON-5026 - PRETO</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852ecd37528c360d16ee2dfc0107243e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/575564f81ca6287d1527a90e6e996b2a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221880bc21fc8467c1d1156957f41eb2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c07d767774f5b9a8783496d3a91c9a2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8417ad2b49ba353f143e6b39c6337fa3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79e412748bd2f311b106bea1e3689a44.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637bfb71776065caa41252dca74951a9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f209dca9978c2e4a07d3b6f5e4557e7e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/328ae01aebb9ece0294fd228c5803155.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd631eb6541c19e83f054572c1d12ca1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a00e14c21fb4eb1f4b61f9fd57ab42f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f02e0e2a0538bfd8727a596adfae9d9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9318aa5ecfef464a23374ca253965957.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62668df7df60e509078f1c4108e78f12.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecefb26dcff41c75e8fd417b460e024c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18cea0be70b95d075ee1b77d51c9a2ec.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d68580ce4fc35c6ee5883a5f92ccc173.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89bb23feccf15b1aa5554e570b56530f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720a9a2e5310473ba741cec2b5061b58.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7720cc9c7ab089fa0ff5f11657489bb6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79f7e8c96e58284cb682d29c7ddd5265.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05308a4f8f30e1aeeeab4c78d1cd789.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844c7546cd1a235116153a3b18b073b2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02e1535f662a1c052131337ab090f27.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4204801647ea1457121faa5fbe1a7338.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7443d6bee6da952ecef491899b9817ea.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b100782fd13428ad4fa4f2cef4c294.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6f545abf423a9c1bdc253c984c7eba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8498bd1edd1d1d2a2013718d8106dec.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68b3e70fbbe9d6ec22693003056fbef5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7978e1bcc6966f206a1fe24a7b8dda.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e81ffdf883f557502bcab21323608f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5cc6c0d33bdceec2b8ddb153f6ffea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b255a60bd8a03f09c128ccb650f50806.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c8ab3032aa02073fe82a7d65b97e1f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4694b56820279f9efa5f8efaa3a2e89.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc858ce965b87ed88a7d42f2aa45349.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b9420ca252064a6947173783fc2a6a1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2ccd4397ce025f6dcb5bf669b2d40fe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec626bfa210b6783e479a29357f9ea9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579018</v>
+        <v>583688</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579025</v>
+        <v>583695</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579049</v>
+        <v>583701</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579056</v>
+        <v>583718</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579063</v>
+        <v>583725</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>30.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579070</v>
+        <v>583732</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>22.9</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579087</v>
+        <v>583756</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579094</v>
+        <v>583763</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>4.5</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579100</v>
+        <v>583787</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579117</v>
+        <v>583923</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579124</v>
+        <v>583930</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579148</v>
+        <v>583954</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579155</v>
+        <v>583961</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>35.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579193</v>
+        <v>583985</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>305.0</v>
+        <v>4.33</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579209</v>
+        <v>584012</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>19.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579216</v>
+        <v>584029</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>40</v>
+      </c>
+      <c r="E17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579223</v>
+        <v>584036</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>45</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579230</v>
+        <v>584043</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579247</v>
+        <v>584050</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>19.5</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579254</v>
+        <v>584081</v>
       </c>
       <c r="C21" t="s">
         <v>50</v>
       </c>
       <c r="D21" t="s">
         <v>51</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>25.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>