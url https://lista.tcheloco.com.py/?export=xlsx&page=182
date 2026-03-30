--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 14:00</t>
-[...5 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>Lista gerada no: 30/03/2026 14:58</t>
+  </si>
+  <si>
+    <t>MIXER DRINK RAF R.31000 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>JARRA ELETRICA VIDRO RAF R.7204 - 2L - 220V</t>
-[...89 lines deleted...]
-    <t>Lampadas E27</t>
+    <t>WAFFLERA RAF R.2290H - 4 UNID - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>GRILL CHAPA LISA RAF R.2233 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6609 - 9000W - LED - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ESCOVA ELETRICA 6X1 PROSPER P-1128 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>ESCOVA CORTA PONTAS PROSPER RH-6668 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>GRILL MARYLAND MR-1010 - CERAMIC - 180� - 220V</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO CLIMAX 12000BTU - 220V/50/60HZ INVERTER - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>CLIMAX</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL PROSPER P-1132 - Q/F</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MINI UMIDIFICADOR PROSPER P-203 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>KIT DE PANELA ESMALTADA MK2439 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>VENTILADOR BRITANIA BVT466 40CM 3X1 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA DUO - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE + FERRAMENTAS ECOPOWER EP-8170 - SOLAR</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LAMPADA LED ECOPOWER EP-5923 - 50W - E27 - BRANCA</t>
-[...29 lines deleted...]
-    <t>MONDIAL</t>
+    <t>BATERIA AUXILIAR + DE PAREDE ECOPOWER EP-C810 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C850 - 12000MAH</t>
+  </si>
+  <si>
+    <t>KIT DEPILADOR VGR V-761 4 EM 1 - LED/USB/5W</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>WAFFLERA RAF R.257H - 220V</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL AIR PUMP 12V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>TERMICA BIGSTAR BSP-1139 - 1.9L - INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79f7e8c96e58284cb682d29c7ddd5265.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05308a4f8f30e1aeeeab4c78d1cd789.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/844c7546cd1a235116153a3b18b073b2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02e1535f662a1c052131337ab090f27.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4204801647ea1457121faa5fbe1a7338.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7443d6bee6da952ecef491899b9817ea.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b100782fd13428ad4fa4f2cef4c294.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a6f545abf423a9c1bdc253c984c7eba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8498bd1edd1d1d2a2013718d8106dec.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68b3e70fbbe9d6ec22693003056fbef5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7978e1bcc6966f206a1fe24a7b8dda.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e81ffdf883f557502bcab21323608f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5cc6c0d33bdceec2b8ddb153f6ffea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b255a60bd8a03f09c128ccb650f50806.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c8ab3032aa02073fe82a7d65b97e1f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4694b56820279f9efa5f8efaa3a2e89.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc858ce965b87ed88a7d42f2aa45349.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b9420ca252064a6947173783fc2a6a1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2ccd4397ce025f6dcb5bf669b2d40fe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec626bfa210b6783e479a29357f9ea9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088b7f3fcc6791b349bfce8b6515ae7f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0b564a28ddc694eafe2a4176ac19ab.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bae6c48a48272e0c9cf03a7c72a1101.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84119f0fec74321908d2dfaeea3f993b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6cc61075d65d43364b7e35f303326ea.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc594715bb1be554645056d15d7cb651.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf0af41cfd73a9c19cc390e651167353.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5e387ff1e6b676ce8e0b18b89b8d4e5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66642d54a6e0c6bddae904ab661cb434.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8ab5ce9ecb64d0bc54ca33b5769db0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d749d2cb217627e7788b3ba10c6a4e01.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ac7c12343980c75badd89ea20c966a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326aa64598216ac097003ba11bcc7bce.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5ae112767514c392780f7feea6c1e6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d14257d348516efae9e0f0c7467da5f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb8b6aa004fd965c9adbf385f3b1ffb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46466149a2288a3f35073cf51331d7d4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baf77f391f2ed4b26ccfbc54bfb722e9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2db7beef9bb547b752ef8136a659fe7e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5912ec284fe65994fc1a2b7a83eb6299.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>583688</v>
+        <v>586443</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>583695</v>
+        <v>586467</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>583701</v>
+        <v>586474</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>4.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>583718</v>
+        <v>586481</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>115.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>583725</v>
+        <v>586498</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>115.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>583732</v>
+        <v>586504</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>16</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>115.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>583756</v>
+        <v>586511</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>65.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>583763</v>
+        <v>586528</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>70.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>583787</v>
+        <v>586535</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>583923</v>
+        <v>586542</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>583930</v>
+        <v>586559</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>583954</v>
+        <v>586566</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>10.25</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>583961</v>
+        <v>586573</v>
       </c>
       <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>583985</v>
+        <v>586603</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>4.33</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584012</v>
+        <v>586610</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
         <v>40</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584029</v>
+        <v>586627</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>40</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584036</v>
+        <v>586641</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>40.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584043</v>
+        <v>586665</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>28.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584050</v>
+        <v>586672</v>
       </c>
       <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>35.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584081</v>
+        <v>586689</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>25.0</v>
+        <v>10.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>