--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,200 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 20:45</t>
-[...5 lines deleted...]
-    <t>Termica</t>
+    <t>Lista gerada no: 29/12/2025 02:29</t>
+  </si>
+  <si>
+    <t>GRILL SONIFER SF-6074 - 1500W - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1805 - BLT/FM/TWS</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>ANDROID TV BOX PEINING 8K STICK - 128GB - 32 RAM</t>
-[...35 lines deleted...]
-    <t>Acess�rio para patinete</t>
+    <t>SPEAKER ECOPOWER EP-S323 - BLT/FM/TWS</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA BOLA DE CRISTAL 6CM - 18407</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA BICICLETA - HY025 - 19580 - DIANTEI/TRASEIRA</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA MOX-KIC04 - 2 BOCAS - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE JH-6650 / ELETRICO / TEMP / AZUL</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 3210 4G - DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR XO-C151 METAL/360�/MESA</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F306 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - MEGASTAR FMA13</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC082 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC078 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-02A - PARA APPLE</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>RELOGIO SMART WATCH ULTRA M58 ULTRA - 2 PULSEIRAS</t>
-[...74 lines deleted...]
-    <t>BABYLISS</t>
+    <t>BARBEADOR ECOPOWER EP-2812 - REC/DIG - 220V</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2815 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2816 - DIGITAL - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR 7 EM 1 - ECOPOWER EP-2817 DIGITAL - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR DE MALHA ECOPOWER EP-2701</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PROSPER NE-7S - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab857a7a80966731d65a222c8faa43da.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4adc4eeacf67ab308bea4276712e936a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627b63cfe11478910c48b4241b027c3b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f86ac8158a0d52cdd57c06d7887848b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e91db8356e7fa629ea56a578c43fdc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cff9fae78d8d70767b8e09f45966886.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96cc9b2c571782c021f484f419da1a59.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4dfc22e9d84e133ed86f96fd90f9787.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a6291fa8d154900187e4085c83ee13.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043077b44620bb0ab0c9a84f7eda5c32.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203d81685b2f6a153e454ffa3bce6b4e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589c494816b841453ada4c53311954dc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e144ed5edf05d6b51722b3f8863432af.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241bd60f107881c7dd11e48900cb7cdb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7573312a3994137ea61682a2ea05511.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52c04f6507325a26d386b92b01a68e9a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d03cc70b583f3ef35f11e528e590fa.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d4dee17d0ee609bc2adcdebca4faaa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca9be37365f0ca6a519f0473406a3f32.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fb426183428bfb7ff3dc925690260e8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128f8dd348aa73e5dbd5cc5cf10bc132.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c6d135ec995c38fa3b776827fa2ca6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eadae25963c8a8ddef01312ca691ca38.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1da96f4ed872b6696cd2de4a44dd6ef6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f920bd2daace1cba072febf64ac0de8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96dbe789fdfcdc13ea70da4388e494f8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e20d112a24a20c4fb8f7606781b55b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e31e7951cf43b09bb8b6269a2d22bb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b68fe05983c2a9c7a98575d87503fc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7505e44356c6d4a150c7efde16a7c8ea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff495278a4232d3183ddd9ddd416f838.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0a6958f7456527bf65dcc1436131b3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a15c0f8c0ecf6c827f3a5afdaf7b6672.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9195910912bc5fd8ac4a2fbbbea31b51.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b23aec30b94d51b2c221bde4d058b4a6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9056281e392066ebdfa89ace0f3dd550.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89ee698c01816da05af0172c270cf7c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70f4764c4240966d46abb5c660ac5390.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60cf87f55f1e0085e99576d1b3489a6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3236611d1dc60c80f94ad120503993d4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572989</v>
+        <v>578769</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572996</v>
+        <v>578776</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573009</v>
+        <v>578783</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>15.75</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573054</v>
+        <v>578790</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>22.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573061</v>
+        <v>578806</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>8.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573078</v>
+        <v>578813</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>9.6</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573092</v>
+        <v>578837</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>67.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573108</v>
+        <v>578875</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573115</v>
+        <v>578882</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573122</v>
+        <v>578899</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>430.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573139</v>
+        <v>578905</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>540.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573153</v>
+        <v>578912</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573177</v>
+        <v>578929</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573184</v>
+        <v>578936</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573191</v>
+        <v>578950</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>2.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>573207</v>
+        <v>578967</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573214</v>
+        <v>578974</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>2.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573221</v>
+        <v>578981</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>53.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573252</v>
+        <v>578998</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>2.62</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573269</v>
+        <v>579001</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>125.0</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>