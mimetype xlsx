--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,215 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 02:29</t>
-[...2 lines deleted...]
-    <t>GRILL SONIFER SF-6074 - 1500W - 220V</t>
+    <t>Lista gerada no: 12/02/2026 14:03</t>
+  </si>
+  <si>
+    <t>MAQUINA 3 EM 1 DALING DL-9238 - 17474</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO DALING DL-130</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15031</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8014</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO ECOPOWER 24000BTU - 220V/60HZ - COM KIT - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR JL8832KA - 3 VELOCIDADES - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR PORTATIL YM88209A</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR SD-12 - 3 VELOCIDADES - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR HK59-15 - 3 VELOCIDADES -  BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2115A - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY3115B - BLT/IPX7/40W/FLIP</t>
+  </si>
+  <si>
+    <t>ADAPTADOR TOMADA 2 PINOS - PADRAO ARGENTINA AR</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TERMICA SPORTS EMBORRACHADA - 550ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>KIT DE 3 LAMPADAS COM CONTROLE - 1+3COB - AAA</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8768 - BT/USB - 9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BAK BK-COC-220 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST127 - 600W - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST220 - 600W - 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHERA GRILL BRITANIA PRESS 180 - 220V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
-    <t>SONIFER</t>
-[...134 lines deleted...]
-    <t>PROSPER</t>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MAQUINA DE DONUTS RAF R.2509 - 16 UNID - 220V</t>
+  </si>
+  <si>
+    <t>RAF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128f8dd348aa73e5dbd5cc5cf10bc132.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c6d135ec995c38fa3b776827fa2ca6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eadae25963c8a8ddef01312ca691ca38.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1da96f4ed872b6696cd2de4a44dd6ef6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f920bd2daace1cba072febf64ac0de8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96dbe789fdfcdc13ea70da4388e494f8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e20d112a24a20c4fb8f7606781b55b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81e31e7951cf43b09bb8b6269a2d22bb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b68fe05983c2a9c7a98575d87503fc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7505e44356c6d4a150c7efde16a7c8ea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff495278a4232d3183ddd9ddd416f838.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0a6958f7456527bf65dcc1436131b3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a15c0f8c0ecf6c827f3a5afdaf7b6672.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9195910912bc5fd8ac4a2fbbbea31b51.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b23aec30b94d51b2c221bde4d058b4a6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9056281e392066ebdfa89ace0f3dd550.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b89ee698c01816da05af0172c270cf7c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70f4764c4240966d46abb5c660ac5390.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d60cf87f55f1e0085e99576d1b3489a6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3236611d1dc60c80f94ad120503993d4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f29be0f30277495eaf6a816f1e49b28c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd310293686277f6dfde1344ab38c34b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c7f5ff3d69836abb072a41fa39242b4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee92b29d4f1bffc2a7e49455cf6e483.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcd733269f281bac4c13a5f26ac74f7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4daf924f7343d7c502a88c478ffd37d8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22125fc8a81db03653d736ae52d6b76.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2d8f366465b6dfe76cc79a18cf208d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ac05ce66621369c23b627229c2b6969.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349408389edaee85507d324c0f0ff435.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6764221785b56e76311d79b8d3a0aef7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c55e0ca7392e5da14747ecd703dcaf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c1b63004fd94601c21c61c6442b38c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db42e5a1002452d32a297d5a95762f6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6722cd4cbff8254d727f61b3f1d62b95.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a39c14f72c878a49c433852dd5ee1c2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b20e9721f8dbfdf70c2696d9b826af5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac03e48790058023c097b1b443878c4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a370899312fc687e0757b90bc1a0fa1a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b05cc6e2521773c496f42db843248cc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578769</v>
+        <v>583374</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578776</v>
+        <v>583381</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>27.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578783</v>
+        <v>583398</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>127.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578790</v>
+        <v>583411</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>2.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578806</v>
+        <v>583459</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>3.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578813</v>
+        <v>583473</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>45.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578837</v>
+        <v>583480</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>13.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578875</v>
+        <v>583497</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578882</v>
+        <v>583503</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578899</v>
+        <v>583527</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578905</v>
+        <v>583534</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>25.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578912</v>
+        <v>583596</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578929</v>
+        <v>583602</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>12.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578936</v>
+        <v>583626</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578950</v>
+        <v>583633</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>17.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578967</v>
+        <v>583640</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578974</v>
+        <v>583657</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578981</v>
+        <v>583664</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578998</v>
+        <v>583671</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>20.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579001</v>
+        <v>583688</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>19.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>