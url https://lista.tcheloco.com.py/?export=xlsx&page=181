--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,191 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 14:03</t>
-[...5 lines deleted...]
-    <t>Maq.Corta Cabelo/Barba</t>
+    <t>Lista gerada no: 30/03/2026 16:30</t>
+  </si>
+  <si>
+    <t>ESMERILHADEIRA ANGULAR TOTAL UTG10711576 - 110V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>ESMERILHADEIRA ANGULAR TOTAL UTG1091156 - 110V</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 1200ML - PRETO</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MAQUINA DE CORTAR CABELO DALING DL-130</t>
-[...2 lines deleted...]
-    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15031</t>
+    <t>CAMERA INFANTIL COM IMPRESORA LUO LU-SY21 - AZUL</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA LUO LU-SY21 - VERDE</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV LUO LU-I9</t>
+  </si>
+  <si>
+    <t>Controles Smart</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6010</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF166 - 5L - VIDRO - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 73CM P-073 - 220V</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>LANTERNA POLICE ECOPOWER EP-8014</t>
-[...2 lines deleted...]
-    <t>Lanternas Police</t>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 75CM P-075 - 220V</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 85CM P-085 - 220V</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 100CM P-100 - 220V</t>
+  </si>
+  <si>
+    <t>TV 43'' JVC LED 43KM758 QLED - SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>TV 40'' JVC LED LT-40KB758 QLED - SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED SAMSUNG 55U8000F - UHD/SMART/4K</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY4115B - BLT/IPX6/60W/30WRMS</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>HOME THEATER SOUNDBAR JVC TH-KY435B - BLT/USB/HDMI</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER P-1088 8.0'' - BLT/MIC</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7069 - 1 USB-C / 3A / 20W / IPHONE</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>AR CONDICIONADO ECOPOWER 24000BTU - 220V/60HZ - COM KIT - INVERTER</t>
-[...89 lines deleted...]
-    <t>RAF</t>
+    <t>RADIO ECOPOWER EP-F333 - REC  K7 /USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f29be0f30277495eaf6a816f1e49b28c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd310293686277f6dfde1344ab38c34b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c7f5ff3d69836abb072a41fa39242b4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee92b29d4f1bffc2a7e49455cf6e483.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcd733269f281bac4c13a5f26ac74f7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4daf924f7343d7c502a88c478ffd37d8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22125fc8a81db03653d736ae52d6b76.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2d8f366465b6dfe76cc79a18cf208d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ac05ce66621369c23b627229c2b6969.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349408389edaee85507d324c0f0ff435.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6764221785b56e76311d79b8d3a0aef7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2c55e0ca7392e5da14747ecd703dcaf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35c1b63004fd94601c21c61c6442b38c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9db42e5a1002452d32a297d5a95762f6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6722cd4cbff8254d727f61b3f1d62b95.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a39c14f72c878a49c433852dd5ee1c2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b20e9721f8dbfdf70c2696d9b826af5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac03e48790058023c097b1b443878c4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a370899312fc687e0757b90bc1a0fa1a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b05cc6e2521773c496f42db843248cc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64bac5b8885a1672a3125841915256c1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e70d507c35d7a6cba0c2801ab12ceee.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/181ad4c7ff09c22a8bef269424d8925c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cbbd6cf93f32fedfe3610e70c7d16b0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/257ff38ef16aafe452813199678e7087.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbe919f41f76966e75140c0913360424.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5de1b85f408deabbd04d036ee488dced.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/184ea0c9d7f840b546c4efc53a924577.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91f69c2d7db4cb5f7f120c9410ae3f5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/726e4cecc376629b388cc3e103f1872c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419f5738f5f76a6b043d5fd3e459d868.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e73f4ccfe41a74ea8746b33c925a48b2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28a7b7d551c3e1186ff7a38ac5d2ce3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52485cff55c1327b4c77d9143057378b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c98f2ec4874dae851dcb5ba5200103e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af49fe6f50b79c6262e71f616fafbd8e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/922cf1c3ab5f334e9b59a6d722f9379e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca3de7f813650671b7faf6df39489e5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdacf29be480a100b16d5cf6a09e45ce.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15c0c824fd58b19fdc6caeb2902ec281.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>583374</v>
+        <v>586078</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>583381</v>
+        <v>586092</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>583398</v>
+        <v>586177</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>40.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>583411</v>
+        <v>586207</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>583459</v>
+        <v>586221</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>490.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>583473</v>
+        <v>586245</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>583480</v>
+        <v>586276</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>583497</v>
+        <v>586290</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>583503</v>
+        <v>586306</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>583527</v>
+        <v>586313</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>17.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>583534</v>
+        <v>586320</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>36.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>583596</v>
+        <v>586337</v>
       </c>
       <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
         <v>27</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>28</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>1.1</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>583602</v>
+        <v>586344</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>4.5</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>583626</v>
+        <v>586351</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>583633</v>
+        <v>586368</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>62.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>583640</v>
+        <v>586382</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>23.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>583657</v>
+        <v>586399</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>583664</v>
+        <v>586405</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>583671</v>
+        <v>586412</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>46.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>583688</v>
+        <v>586436</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>19.5</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>