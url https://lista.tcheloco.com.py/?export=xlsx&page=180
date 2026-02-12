--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,215 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 04:21</t>
-[...5 lines deleted...]
-    <t>Oximetros</t>
+    <t>Lista gerada no: 12/02/2026 15:38</t>
+  </si>
+  <si>
+    <t>GRILL HAMBURGUER MAKER RAF R.253 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' 16509G - CROSS/VERDE</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16510B - CROSS/AZUL</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' 16516R - VERMELHA</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-55 - 5.5L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO MOX MO-V560 - BRANCO - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74000 - 32CM - 220V</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74001 - 25CM - 220V</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K43220 - USB/T-C - 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI L33020 - T-C/T-C - 1M</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K36350 - T-C/T-C - 2M</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI 27.0" G27I - FHD/VGA/HDMI</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A17 (A176B) 5G - 128GB - 4 RAM - CINZA</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / LARANJA</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>MAQUINA 3 EM 1 DALING DL-9238 - 17474</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO DALING DL-130</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15031</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8014</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>OXIMETRO - DEDO ECOPOWER EP-2745</t>
-[...131 lines deleted...]
-    <t>BATEDEIRA MANUAL SONIFER SF-7002 - 220V</t>
+    <t>AR CONDICIONADO ECOPOWER 24000BTU - 220V/60HZ - COM KIT - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR JL8832KA - 3 VELOCIDADES - RECARREGAVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd29b8e9b3cfe6ba757b61b0a64336e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1945ed4caf7fd1428c7bac5a085186e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcf728aeb1cbc173f6ad494cc1e8853a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41baf39438e4e7d69f60b7468bf3fe8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a79b6d8fc171242fd217212fcfb0e3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e53272fc61dbd718890062cedbd06a61.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b57ad2a19936ad3766a59a34929e9875.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/822bdb4938356f5f19e62c5dee9e226f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce9e3b7db85f9c3cf7531913d9d7c72b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd55cb5e31f34f0da2f721408d105d4c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7f67a64e1fa924fadcc5b6a065f3cb8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ed3747c925c560dc7d9daf8c08c2aa.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317d8904416d4dec8ba025cda47be269.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231e392a18bc9b5ebd036e2664a302e9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32a5772ca7f740cc45e8ddbfc1063018.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72609667c0560a70bb0f516eb3aaf7e4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b18a7b7a70d9a3880cc57d860d14852.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74423180876c7be162ec824177010ded.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5da645cc344f7a40ad665f240d0a4f2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82cfef10166045798b7211de129dabd3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d86c2bb08e17d5639a1244e9ce6a2a0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fcbc27bf014f06b3b585827caf2e33b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9114ad555afdb6dc67fdf3b8fc21bda6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439a6a863da804d3ebbdf24c8677bb72.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d9bc8ac3c95b1909acac8a97444cf24.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e73c73fdae650001313ce4e70b498e0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d744de0a7b1ca60d8fa64dc885621581.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b94b6d8ed09dab19dfc2376289970b75.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d8b51f61b10f8f3fd3085591789e8a2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8489b9e303b4b78aad91ed8760b8cb01.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a963a0e86084d6c79d3618d0bd95bf30.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b7cd609c6560a4a2381fa49abb41a27.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9de2bd1ff3652043f591169cbe75308.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23f53bc11f2eac10a5c2e165aa22b75b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5788687bfdad32d1852da56e8cbd9cc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58c1f0362638cfea39ebeafdb0737b1f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f77b3746501051e56d575c13583ed7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8355fa4c0549d1af30b22592730e0eb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c76cee3e78cd937dd29b477bf7ccd29b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492f5a3254022c914a5317fa97d44e64.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578431</v>
+        <v>583084</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578448</v>
+        <v>583091</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578462</v>
+        <v>583107</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>19.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578479</v>
+        <v>583114</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>12</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>15.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578493</v>
+        <v>583145</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578523</v>
+        <v>583169</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>98.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578530</v>
+        <v>583183</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>6.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578578</v>
+        <v>583190</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>5.75</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578585</v>
+        <v>583206</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578592</v>
+        <v>583213</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>280.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578615</v>
+        <v>583220</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>19.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578639</v>
+        <v>583237</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578653</v>
+        <v>583244</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578660</v>
+        <v>583343</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>60.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578684</v>
+        <v>583374</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>11.9</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578707</v>
+        <v>583381</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>49.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578721</v>
+        <v>583398</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>3.5</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578738</v>
+        <v>583411</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578745</v>
+        <v>583459</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>32.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578752</v>
+        <v>583473</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>26.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>