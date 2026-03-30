--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -14,191 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 15:38</t>
-[...2 lines deleted...]
-    <t>GRILL HAMBURGUER MAKER RAF R.253 - 220V</t>
+    <t>Lista gerada no: 30/03/2026 16:37</t>
+  </si>
+  <si>
+    <t>TERMICA NOBEL NH-30280 - 1L</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>TV 43'' SMART LED IKEDA LE-4321 - LED/SMART/HD/HDMI</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>IKEDA</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO INFANTIL FOSTON 8.5" GT4400 - CORES</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 15CM OM190462 - SEM CAPA</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R6L4B/70 - AA*4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R03L4B/70 - AAA*4 PCS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R20G2B/70 - D*2 PCS</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS EHGEIBERC EB-8013 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15030 - PRATA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL TASSOS - 48MP/2 DISP - 2.8" - PRETO</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>GRILL SONIFER SF-6058 TEMP - 1800W - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>PANQUEQUEIRA SONIFER SF-6176 - 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>RAF</t>
-[...44 lines deleted...]
-    <t>Cabos USB</t>
+    <t>MOEDOR DE CARNE SONIFER SF-5009 - 3000W - 220V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>PASSADEIRA PORTATIL DE MANO SONIFER SF-9106 - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PISO BIGSTAR BS-01703 - 150KG - BIVOLT</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C515 - 12000MAH - 2 USB</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 - 128GB/6 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>CABO USB-C PARA CELULAR - XIAOMI L33020 - T-C/T-C - 1M</t>
-[...59 lines deleted...]
-    <t>MINI VENTILADOR JL8832KA - 3 VELOCIDADES - RECARREGAVEL</t>
+    <t>COPO TERMICO 709ML - PRETO CANECA</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>FACA MULTIUSO 2.5MM 20512 -  PRETO</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4400 - FORCE SMASH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d86c2bb08e17d5639a1244e9ce6a2a0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fcbc27bf014f06b3b585827caf2e33b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9114ad555afdb6dc67fdf3b8fc21bda6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439a6a863da804d3ebbdf24c8677bb72.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d9bc8ac3c95b1909acac8a97444cf24.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e73c73fdae650001313ce4e70b498e0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d744de0a7b1ca60d8fa64dc885621581.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b94b6d8ed09dab19dfc2376289970b75.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d8b51f61b10f8f3fd3085591789e8a2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8489b9e303b4b78aad91ed8760b8cb01.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a963a0e86084d6c79d3618d0bd95bf30.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b7cd609c6560a4a2381fa49abb41a27.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9de2bd1ff3652043f591169cbe75308.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23f53bc11f2eac10a5c2e165aa22b75b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5788687bfdad32d1852da56e8cbd9cc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58c1f0362638cfea39ebeafdb0737b1f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3f77b3746501051e56d575c13583ed7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8355fa4c0549d1af30b22592730e0eb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c76cee3e78cd937dd29b477bf7ccd29b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492f5a3254022c914a5317fa97d44e64.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdada01396257420313e712b0a29e927.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f0cb7726e68c0a8a498012371667cd5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d178b247b87621f07c73de134bf6e74.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8153c7eab20cbb882ccfa76754466ee.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0832eb3040d4b92a6e152835050d7bb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b2d54ad15f70100ee3091a27d043ad.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a335aff52f140a583a1ffe1ab6a524e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d99dcea8831a1c36a08fbe4b417021.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dee65edd606593bb7d77ee90c195ed0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f413a142db87d5bdcc5bd46a104add8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d5142771e6f40b5702526233ba75485.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d1da5832c1d9282e542a5ee68cf236e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdeefaeca16709db2da5792c85bd3c32.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f867c66914d86810ad0828eb4eebd70.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b10eda46bd9dda0041d9e76ac8edac5c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ecb5ca5a3133dbe0bf3723309114426.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69dc25620bade0869660c3daabf17ea9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da67f7f62bafffdbfe47a1f14a4a67c5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1a3c4291e4b1c64d78610ea710f9a5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34d4a2a51cd8c73e1498e5ce0598e414.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>583084</v>
+        <v>585767</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>583091</v>
+        <v>585804</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>48.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>583107</v>
+        <v>585828</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>59.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>583114</v>
+        <v>585835</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>48.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>583145</v>
+        <v>585842</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>39.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>583169</v>
+        <v>585859</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>583183</v>
+        <v>585866</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>583190</v>
+        <v>585903</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>583206</v>
+        <v>585910</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>5.5</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>583213</v>
+        <v>585927</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>5.5</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>583220</v>
+        <v>585934</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>9.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>583237</v>
+        <v>585941</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>109.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>583244</v>
+        <v>585958</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>168.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>583343</v>
+        <v>585965</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>125.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>583374</v>
+        <v>585972</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>583381</v>
+        <v>585989</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>583398</v>
+        <v>585996</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>40.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>583411</v>
+        <v>586030</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>583459</v>
+        <v>586047</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>490.0</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>583473</v>
+        <v>586054</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>169.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>