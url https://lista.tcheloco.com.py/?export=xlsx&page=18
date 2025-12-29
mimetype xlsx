--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,194 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 17:42</t>
-[...20 lines deleted...]
-    <t>PIPOQUEIRA ELETRICA MEGA STAR - PS-1200 - 220V</t>
+    <t>Lista gerada no: 29/12/2025 07:06</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 220V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 110V</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - AZUL</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - BRANCO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM ROSA</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MINI SPEAKER WSTER WS-887 - USB - RADIO FM - BLUETOOTH - CARTAO TF</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT DVR TUCANO - 8 CANAIS - 4 CAMERAS</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-32 - 2 BATERIAS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - ROSA</t>
+  </si>
+  <si>
+    <t>PNEU BIKE ARAME PIRELLI - SC-MBII - 26X2.00</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>PIRELLI</t>
+  </si>
+  <si>
+    <t>DVD PORTATIL MAXON MX-955 - 9 POLEGADAS - USB - SD</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAXON</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2613 - 16 LEDS - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CANETA LASER 5 PONTAS</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>MALETA PARA SCOOTER 10.0"</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO SATELLITE A-WS005</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>SECADOR ONIDA ON-097 - 4800W - 110V</t>
-[...11 lines deleted...]
-    <t>RADIO MEGASTAR RX-17BT - AM/FM - USB - BLUETOOTH</t>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F108 - BATERIA - USB - SD - BLUETOOTH</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
-    <t>PC MOUSE SATELLITE A-35G - SEM FIO</t>
-[...77 lines deleted...]
-    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 220V</t>
+    <t>GRAVADOR DE VOZ  SONY DIGITAL ICDPX470 - 4GB - 1073HORAS - USB</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2301 - USB - MICRO SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - ROSA COM PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433538a8ee4221896c1101d8074da94c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266098fe162776980123ed8b5318867f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9d058a4183bbeed27e1d1592c08b5e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20f9e5f5550c73c7e7ea6710988aea1f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ffe6951c37ea1c72bef1bce346a80f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e2fb507056107fc7fa5a6c2c9d9e83.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55c7f21798c63c3a9784a1425425f368.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a3a8de66f3a6cef82f163773d6358e4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f02ad0e1380cd0b14a456c49e0ea92af.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e6c16772bb522fa0ece41da6af8495.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36e8db0565956a5e1ff761017ed0cd60.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f22278cb44eea694fb0912bc16546c28.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e115537d2850e78dd5ced3b962019c9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbdbdc6f00aaca488ae12544b00bffce.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc2be9bde2dba779c9763d63c2532d7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c909ac451d13a91772e3fd44cde8fca.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9195c91f3487c0f87631692ef6c4300d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42a9856b77ec3ff3cc8b1382fab08b07.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43ff49857567be0e07d4230140a8dcc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e5e51ae8b94a6ef95436ebc08f7f628.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd989550d5ca63a6a4a8f9a1c4023ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bab979023ba3a57f4872f5c00a067e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4945f529fb199c55a1844118073aba04.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a5c41443c29f15dcea96186aa31c37.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7097298da7b1d5c2c959562dfbb169dc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f703f199febcfebed32dc06d057fe113.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3851c841c78e7593fbce5235d03b05a5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5ca0aa50d524de02ba88835cbe2f443.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d4261f2fec9f116535b27d7d74e493.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d7ca7545ff63f21612ae58a2906c66.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce895dfeb97ce49935dac174097b62cf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ddb6534e9426f76df33f62ab5685e45.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a43ff60f08ed20d454c1bc985f60304.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fb9d0828d0b92b555f0eff83104a08.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51934673005a7add0ed83ae18de635ed.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b67fec6ad2e1d4abdc818992a3ab80a0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449ac500b8ff94edcaa1d90480f3e6c4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09b04c55ce4fa093337d673900bf6d7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eecbb981312fd877b2d38a31c85cf8e3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d869f7159043892f994d11d5268fff7b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>338745</v>
+        <v>352444</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>340472</v>
+        <v>352451</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>341486</v>
+        <v>352468</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>343121</v>
+        <v>353519</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>19.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>343138</v>
+        <v>353526</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>18.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>343602</v>
+        <v>353618</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>346320</v>
+        <v>353953</v>
       </c>
       <c r="C8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>4.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>346405</v>
+        <v>356541</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>22.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>346474</v>
+        <v>356558</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>18.9</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>346498</v>
+        <v>356565</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>346504</v>
+        <v>357852</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>136.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>346511</v>
+        <v>358026</v>
       </c>
       <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>18.9</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>346528</v>
+        <v>358866</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>19.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>347587</v>
+        <v>359252</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>29.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>349840</v>
+        <v>360807</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>350969</v>
+        <v>361194</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>41.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>352055</v>
+        <v>361491</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
         <v>35</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>80.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>352390</v>
+        <v>363686</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>6.5</v>
+        <v>53.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>352437</v>
+        <v>363785</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>352444</v>
+        <v>364607</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>