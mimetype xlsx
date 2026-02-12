--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,200 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 07:06</t>
-[...32 lines deleted...]
-    <t>Secadores</t>
+    <t>Lista gerada no: 12/02/2026 19:47</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>MINI SPEAKER WSTER WS-887 - USB - RADIO FM - BLUETOOTH - CARTAO TF</t>
+    <t>FONE ECOPOWER EP-H131 - BLUETOOTH - TWS</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-22N - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CABO HDMI 15 METROS - MICROFINS</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>TOSTADOR WESTINGHOUSE WKTT203 - 2 PAES - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>WESTINGHOUSE</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE X-900 COM ESTOJO/RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL SATELLITE A-NT76 - ISDB - INTERNO</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F10 - USB - RADIO AM-FM - SD</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S101 - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>FONTE TELEFONE PANASONIC GB210 - TGC350 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>ESCOVA GIRATORIA ONIDA ON-1037 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2223  USB/SD/FM/ BLUETOOH</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...50 lines deleted...]
-    <t>MALETA PARA SCOOTER 10.0"</t>
+    <t>SANDUICHEIRA MEGASTAR TX-8829 - 110V - PRETA</t>
+  </si>
+  <si>
+    <t>KIT XENON LED - H3 - C6 - 36W - 3800LM - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>C6</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR DE AR MEGASTAR GH1342 - 2.7 LITROS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 806A-10</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>PLACA BLUETOOTH PARA SCOOTER</t>
   </si>
   <si>
     <t>Scooter</t>
   </si>
   <si>
-    <t>BALAN�A DE BANHO SATELLITE A-WS005</t>
+    <t>WATERPIK TUCANO FC168 - FAMILIA - BIVOLT</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA MONDIAL CH-05 / 110V</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>BALANCA DE BANHO MEGASTAR CR-3320</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
-  </si>
-[...22 lines deleted...]
-    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - ROSA COM PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd989550d5ca63a6a4a8f9a1c4023ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bab979023ba3a57f4872f5c00a067e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4945f529fb199c55a1844118073aba04.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a5c41443c29f15dcea96186aa31c37.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7097298da7b1d5c2c959562dfbb169dc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f703f199febcfebed32dc06d057fe113.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3851c841c78e7593fbce5235d03b05a5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5ca0aa50d524de02ba88835cbe2f443.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d4261f2fec9f116535b27d7d74e493.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3d7ca7545ff63f21612ae58a2906c66.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce895dfeb97ce49935dac174097b62cf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ddb6534e9426f76df33f62ab5685e45.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a43ff60f08ed20d454c1bc985f60304.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fb9d0828d0b92b555f0eff83104a08.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51934673005a7add0ed83ae18de635ed.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b67fec6ad2e1d4abdc818992a3ab80a0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449ac500b8ff94edcaa1d90480f3e6c4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09b04c55ce4fa093337d673900bf6d7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eecbb981312fd877b2d38a31c85cf8e3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d869f7159043892f994d11d5268fff7b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996244de0740953cbb5c5001537baca4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc14413a64227af4c48e43a219a96331.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebed84970a509198b826f1ec189309fa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec8ce42df274f128ee84e85c94fb87a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a86ea85cba5a28e4c9c088497bc6bb1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f7dbe5cc6a267a6777d22051f80e999.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d6b0dc1f2d471919ec6928cf007b6dc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aef198ca794c4235e7ca5d11f6dd86b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96bc45ecac7a789787b4e181b09bdf2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d785046a9c19c163af975f4d6de7ad79.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5356e5ebafd9eaa49a8d08a8049d74.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd83a79477de63eb8457847ae0eb74f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce045f8c8da482ac16d67d1077d477bc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4f1eabb863f46b10ca121ef28bec6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bba0630f635248cd88adb561faadbf5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896247b9c1fe41832a30a471d6e150c5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e4f086c299906ef1adee5a10dda31b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cbc14e9a8ee36bafd4c0e14cc8e74b3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eeb73d1ef90b41770fec9975ae97e8f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572ef2dfcfc06bc67e4195c533a2eebc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>352444</v>
+        <v>365741</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>352451</v>
+        <v>366458</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>352468</v>
+        <v>367479</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>353519</v>
+        <v>371124</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>353526</v>
+        <v>371339</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>353618</v>
+        <v>373050</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>18.9</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>353953</v>
+        <v>373500</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>356541</v>
+        <v>374033</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>94.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>356558</v>
+        <v>374101</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>11.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>356565</v>
+        <v>374453</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>18.9</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>357852</v>
+        <v>375528</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F12" s="3">
-        <v>5.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>358026</v>
+        <v>376013</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>35.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>358866</v>
+        <v>376907</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>359252</v>
+        <v>377201</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>5.25</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>360807</v>
+        <v>378147</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>361194</v>
+        <v>378451</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>361491</v>
+        <v>379885</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>363686</v>
+        <v>380331</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>53.6</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>363785</v>
+        <v>380584</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>364607</v>
+        <v>384643</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>19.0</v>
+        <v>9.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>