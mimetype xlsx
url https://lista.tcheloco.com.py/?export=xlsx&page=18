--- v2 (2026-02-12)
+++ v3 (2026-03-31)
@@ -14,224 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 19:47</t>
+    <t>Lista gerada no: 30/03/2026 21:45</t>
+  </si>
+  <si>
+    <t>DVD PORTATIL MAXON MX-955 - 9 POLEGADAS - USB - SD</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAXON</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2613 - 16 LEDS - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CANETA LASER 5 PONTAS</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL BELLA MA NB-23 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO SATELLITE A-WS005</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2301 - USB - MICRO SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - ROSA COM PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
   <si>
     <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 / 220V</t>
   </si>
   <si>
-    <t>Ferros</t>
-[...11 lines deleted...]
-    <t>ECOPOWER</t>
+    <t>FONE DE OUVIDO ECOPOWER EP-H132 - BLUETOOTH - AUX</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
   </si>
   <si>
     <t>GRILL MEGASTAR BA-22N - 220V - PRETO</t>
   </si>
   <si>
     <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>CABO HDMI 15 METROS - MICROFINS</t>
   </si>
   <si>
     <t>Cabos /Adapt HDMI</t>
   </si>
   <si>
     <t>MICROFINS</t>
   </si>
   <si>
     <t>TOSTADOR WESTINGHOUSE WKTT203 - 2 PAES - 110V</t>
   </si>
   <si>
     <t>Sanduicheiras / Tostadores</t>
   </si>
   <si>
     <t>WESTINGHOUSE</t>
   </si>
   <si>
     <t>LANTERNA POLICE X-900 COM ESTOJO/RECARREGAVEL</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>ANTENA PARA TV DIGITAL SATELLITE A-NT76 - ISDB - INTERNO</t>
   </si>
   <si>
     <t>Antenas P/TV Digital</t>
   </si>
   <si>
-    <t>SATE</t>
-[...1 lines deleted...]
-  <si>
     <t>RADIO ECOPOWER EP-F10 - USB - RADIO AM-FM - SD</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-S101 - BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
     <t>FONTE TELEFONE PANASONIC GB210 - TGC350 - BIVOLT</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>ESCOVA GIRATORIA ONIDA ON-1037 - BIVOLT</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2223  USB/SD/FM/ BLUETOOH</t>
-[...4 lines deleted...]
-  <si>
     <t>SANDUICHEIRA MEGASTAR TX-8829 - 110V - PRETA</t>
-  </si>
-[...49 lines deleted...]
-    <t>Eletrodom�sticos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/996244de0740953cbb5c5001537baca4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc14413a64227af4c48e43a219a96331.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebed84970a509198b826f1ec189309fa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec8ce42df274f128ee84e85c94fb87a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a86ea85cba5a28e4c9c088497bc6bb1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f7dbe5cc6a267a6777d22051f80e999.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d6b0dc1f2d471919ec6928cf007b6dc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aef198ca794c4235e7ca5d11f6dd86b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96bc45ecac7a789787b4e181b09bdf2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d785046a9c19c163af975f4d6de7ad79.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc5356e5ebafd9eaa49a8d08a8049d74.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd83a79477de63eb8457847ae0eb74f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce045f8c8da482ac16d67d1077d477bc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4f1eabb863f46b10ca121ef28bec6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bba0630f635248cd88adb561faadbf5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896247b9c1fe41832a30a471d6e150c5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e4f086c299906ef1adee5a10dda31b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cbc14e9a8ee36bafd4c0e14cc8e74b3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eeb73d1ef90b41770fec9975ae97e8f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572ef2dfcfc06bc67e4195c533a2eebc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cd693c2e3ede236895c35d576ecc610.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b17f29adc9430e328af57d5005aa9ad5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2428178fe3b3f85b37c3ff953a95e94.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb8e64ad59ca21a8d6ee559d8bd74ba.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ff931916d83aba2640f499c765dae79.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f383923ffc4997e2cab2a9e1e9051ca3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada103ef73bd46027b99c64c1b89cf26.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d7940257b48c2a28a5e636393c1cec4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c7584fecc80bb4f9e19ca81be5119d0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2977cead70e6cb8efe8236108b60cce4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a888c72af234bc9306e674d935fc5b2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/967f884518b5fcac9624aa36f4cb52d9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b319d531b6caf19037eb82f2e4ca4b7d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6d366bea5b5db42ba060deec91a981.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/664f4f6b4ed8c1413bbb69e153a56f50.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7922e79c1a8e5ac0da93803c9bf3b3a7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f6a996713bd762214f91a9890b3f5a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a448c7be2d39e3b8406b4bb92cc3e185.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a04c5c2b93e4b657fd23de23143abad.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7796bc017126c2ee0b4758098172897c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>365741</v>
+        <v>358026</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.75</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>366458</v>
+        <v>358866</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>367479</v>
+        <v>359252</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>371124</v>
+        <v>360500</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>371339</v>
+        <v>361194</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>373050</v>
+        <v>363785</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>13.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>373500</v>
+        <v>364607</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>374033</v>
+        <v>365734</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>374101</v>
+        <v>365741</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>55.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>374453</v>
+        <v>366465</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>0.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>375528</v>
+        <v>367479</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>376013</v>
+        <v>371124</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>376907</v>
+        <v>371339</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>377201</v>
+        <v>373050</v>
       </c>
       <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
         <v>41</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>378147</v>
+        <v>373500</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>17.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>378451</v>
+        <v>374033</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>379885</v>
+        <v>374101</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>380331</v>
+        <v>374453</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>39.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>380584</v>
+        <v>375528</v>
       </c>
       <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
         <v>53</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>25.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>384643</v>
+        <v>376907</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F21" s="3">
-        <v>9.5</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>