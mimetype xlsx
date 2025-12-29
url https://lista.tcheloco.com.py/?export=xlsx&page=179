--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,191 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 22:16</t>
-[...5 lines deleted...]
-    <t>Celulares Xiaomi</t>
+    <t>Lista gerada no: 29/12/2025 04:17</t>
+  </si>
+  <si>
+    <t>MAQUINA DE GELO RAF R.0303 / 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7045 - 3L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE HYE HYEC79 - 65W - USB/USB-C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121C / FONTE + CABO USB-C</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121L / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BIGSTAR BSP-02P - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>REPRODUTOR DVD MESA DAYS DYD-4000 - 5.1CH</t>
+  </si>
+  <si>
+    <t>CD / DVD</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>REPRODUTOR DVD MESA HYUNDAI HY-2240 - 5.1CH - BIVOLT</t>
+  </si>
+  <si>
+    <t>REPRODUTOR PORT�TIL DVD HYUNDAI HY-9921 - USB/SD/7"/ BIVOLT</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR INOVA SPO-8681 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA INOVA LED-610 - 60 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>BASTAO DE SELFIE INOVA SP-414 - BLT</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE MANUAL - MEAT MINCER 13290</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI A24I P24FBA-RAGL - FHD - HDMI - IPS 24"</t>
+  </si>
+  <si>
+    <t>Monitores</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C891 - 50000MAH - COM LANTERNA</t>
-[...2 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>MONITOR XIAOMI A27I P27FBA-RAGL - FHD - HDMI - IPS 27"</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4931 / PAINEL SOLAR</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C833 / 12000MAH / INDU��O</t>
-[...98 lines deleted...]
-    <t>MOLIMIX</t>
+    <t>LANTERNA ECOPOWER EP-8306 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8316 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8331 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8332 - RECARREGAVEL - 1 LED - SOLAR - BIVOLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506f465e1b85902522de8e39c1ffd483.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bd404c1e0cd9f47479afbe041c4418d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c9ffc4accbd4ea418d4b58b37f000d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b1076a4e6381543d9fc70b148175450.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921f1ee6b51dfaea9009241a1c0dc11a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5254d1cb22f2f121a758f13c8a3f2c0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fd246f1df8cb16d16c600a124f7467e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f56f2f04430e331bfde54c716a1f83.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36b717830f3591353f952da12229d7e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7123611398076ae5423d51f4ed0b8f52.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfdd38da8fac0d31ea96fa0792ec3da.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c1fed7ee881cebfdcc8b3bc08fbbe2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38cfe2045b9c3488f015a75112147127.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ba6f99007570b7c54cbcb074e9bb59.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc2fd60b1285b7a1c25a4fdfa42c4312.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d96d8c71189ef4d84bc5a289aa798d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad55432fd8f7e0ffbbe5ccef26065e96.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/152d2f3b1138a80a5af67d99d7143df1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8bd6caae863cdb68f9ac7f1ef2db073.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c540442475f5cdbc90bef25f8b5ebf9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abd9be8bd5a627df1550024a0c2723dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1861009c7e135a6f21b53167738793c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81067ed956c8d18747e937c89f8f367c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca6c5d7370a30e97653166dcbb3a0da.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193e3c56a748565e78a78b02599ecf74.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/244dca01e28923a231f1cfb4935fffbd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6b9ac738f282548d90f6bd00f5215c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6122de1ee0d85377cf784f6018ccb2d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3331f19834358d8eb336de03589df0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd644fe3a251cc9926165440e97331d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a497f1586de84618bfd8fb529f5d1f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f54b7c76d4cf039a92badab16ad249.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fbd8bf1596c48560ac02c25d6e1c258.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bd0dfef20854f9e2628c0f2735c9de0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46bbbea7c55c0d6fe803861c8000d0c9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532341de5ea37eef7eeb78d1ea846f36.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67fa7fee51c3d96f3b5bbd8c83308d29.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f532d297b020b3b0c6e7f49f871bfe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c787c0aacdb675e72be4633a65b070.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c23bf81e7947ea9c157bccce14a496.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572286</v>
+        <v>578172</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>103.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572293</v>
+        <v>578196</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>572323</v>
+        <v>578202</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>572330</v>
+        <v>578226</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572385</v>
+        <v>578233</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572408</v>
+        <v>578257</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>6.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572415</v>
+        <v>578264</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572446</v>
+        <v>578271</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>68.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572514</v>
+        <v>578288</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>50.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572521</v>
+        <v>578301</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572538</v>
+        <v>578318</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572545</v>
+        <v>578325</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
+        <v>28</v>
+      </c>
+      <c r="E13" t="s">
         <v>29</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572552</v>
+        <v>578349</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572569</v>
+        <v>578356</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>13.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572576</v>
+        <v>578363</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572606</v>
+        <v>578387</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>29.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572613</v>
+        <v>578394</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>29.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572620</v>
+        <v>578400</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572644</v>
+        <v>578417</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
         <v>42</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>51.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572668</v>
+        <v>578424</v>
       </c>
       <c r="C21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" t="s">
         <v>44</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>30.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>