--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,194 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 04:17</t>
-[...5 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>Lista gerada no: 12/02/2026 15:40</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP9112 - 15.6"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>QUADRICICLO ELETRICO INFANTIL LEVEL LVR-179 - VERMELHO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>MOTOCA INFANTIL ELETRICA LEVEL LVR-175</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO ECOPOWER EP-M302</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO ECOPOWER EP-M304</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-301 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-302 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-303 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>VENTILADOR PROSPER P-304 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE RAF R.3404 - 800W - 220V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>PROCESSADOR RAF R.7045 - 3L - 1000W - 220V</t>
-[...23 lines deleted...]
-    <t>PLACA INFRARROJA BIGSTAR BSP-02P - 110V</t>
+    <t>BALAN�A DE BANHO RAF R.10033 - 180KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS COM TAMPA RAF R.8033B - 2 BOCAS</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>BIGSTAR</t>
-[...5 lines deleted...]
-    <t>CD / DVD</t>
+    <t>KIT DE FRIGIDEIRAS RAF R.80008 20/24/28CM - 3 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>TABLET LUO P34 ULTRA - 12" - 64GB - CINZA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL LUO LU-4989</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR LUO LU-49005 MULTIUSO/CARRO - 2000MAH</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO ECOPOWER EP-M311</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX - I96 KING - 8K</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>REPRODUTOR DVD MESA HYUNDAI HY-2240 - 5.1CH - BIVOLT</t>
-[...29 lines deleted...]
-    <t>Moedores de Carnes</t>
+    <t>BATERIA KODAK  27A CART - 5 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>KODAK</t>
+  </si>
+  <si>
+    <t>PORTA TEMPEROS 11092  INOX/VIDRO - 12 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
-  </si>
-[...34 lines deleted...]
-    <t>LANTERNA ECOPOWER EP-8332 - RECARREGAVEL - 1 LED - SOLAR - BIVOLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abd9be8bd5a627df1550024a0c2723dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1861009c7e135a6f21b53167738793c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81067ed956c8d18747e937c89f8f367c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca6c5d7370a30e97653166dcbb3a0da.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193e3c56a748565e78a78b02599ecf74.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/244dca01e28923a231f1cfb4935fffbd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6b9ac738f282548d90f6bd00f5215c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6122de1ee0d85377cf784f6018ccb2d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3331f19834358d8eb336de03589df0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd644fe3a251cc9926165440e97331d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a497f1586de84618bfd8fb529f5d1f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77f54b7c76d4cf039a92badab16ad249.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fbd8bf1596c48560ac02c25d6e1c258.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bd0dfef20854f9e2628c0f2735c9de0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46bbbea7c55c0d6fe803861c8000d0c9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532341de5ea37eef7eeb78d1ea846f36.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67fa7fee51c3d96f3b5bbd8c83308d29.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55f532d297b020b3b0c6e7f49f871bfe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94c787c0aacdb675e72be4633a65b070.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c23bf81e7947ea9c157bccce14a496.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d096ed80062fad045cc03fd745c283.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/717eb6535bcfe2331bc75de65647f087.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebe5e811c1ccf6f6ced5b68c654cd54.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7786bdae133a971f7633d60fc3293a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb3ac684ec7d1e84e7b35f9cd170efb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26cb17e706d43e82f50022e1ede2dd3a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a88bc3b14880be032847e201a3c587.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcd55f099b6546f04280c17bef0eca32.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481b3ffceacf8835e6730047f9ce50e6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dfcbfe854b387ad6b7f83eb06110807.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635967553bafc7fd7d47a40bbd23af1f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a0779ee82293c9ea3c9e0382294c3d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f93d710e0bb7e0cfabdbe9dbf3f3e5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd4617904860e8d7a2c783167fed994.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cc2b91c77ae433cba3ad50d2665fa3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b1462e95eea3cb1e5dd8bc382b23e7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b04786645823f7e7737731a0308c2b4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701bd93529a132f0576fcebfdc97944d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6191c3d1ee8a8997c207c54f2951a944.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7df152eeb0eec393660e8aab80a6e1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578172</v>
+        <v>582865</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>80.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578196</v>
+        <v>582889</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.5</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578202</v>
+        <v>582896</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578226</v>
+        <v>582902</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>13.5</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578233</v>
+        <v>582919</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>13.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578257</v>
+        <v>582926</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>17.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578264</v>
+        <v>582933</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578271</v>
+        <v>582940</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578288</v>
+        <v>582957</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578301</v>
+        <v>582964</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>3.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578318</v>
+        <v>582971</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578325</v>
+        <v>582988</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578349</v>
+        <v>582995</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578356</v>
+        <v>583015</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>75.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578363</v>
+        <v>583022</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>87.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578387</v>
+        <v>583039</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
-        <v>28.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578394</v>
+        <v>583046</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578400</v>
+        <v>583053</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
         <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>2.5</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578417</v>
+        <v>583060</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
         <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>2.5</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578424</v>
+        <v>583077</v>
       </c>
       <c r="C21" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" t="s">
         <v>47</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>