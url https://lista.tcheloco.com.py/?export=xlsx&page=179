--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,197 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 15:40</t>
-[...5 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 30/03/2026 18:13</t>
+  </si>
+  <si>
+    <t>HD SEAGATE 2TB SKYHAWK - DVR 3.5 - ST2000VX017</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>SEAGATE</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' - SA25716 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BIKE ARO 26'' SA25846 - PRETO</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>BIKE ARO 26'' SA25848 - BRANCO</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1980 - BLT/FM/TWS/USB/8"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2262 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT 19107 - 300W - 220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT 19106 - 200W - 220V</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA BEER PINTS 2112 - 2L +140ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1995 BLT/FM/300W/MP3/12"</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1993 - BLT/150W/MP3/USB/10''</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O NECK KNEADING - 12V/2V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O U-SHAPED ALMOFADA - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA MATE/TERERE LUO LU-4306 - 750ML</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>PANELA DE ARROZ ELETRICA RAF R.178 - 5L - DIGITAL - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - 14"/37" - FIXO - SATE A-RM14371</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>QUADRICICLO ELETRICO INFANTIL LEVEL LVR-179 - VERMELHO</t>
-[...113 lines deleted...]
-    <t>SUNLIGHT</t>
+    <t>SPEAKER JVC XS-KY5215B - BLT/IPX5/70W</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M8 5G - 256GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M8 5G - 512GB/12 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>ASPIRADOR PORTATIL BRITANIA BASE01 - 60W - 600ML - BIVOLT</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d096ed80062fad045cc03fd745c283.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/717eb6535bcfe2331bc75de65647f087.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ebe5e811c1ccf6f6ced5b68c654cd54.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7786bdae133a971f7633d60fc3293a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb3ac684ec7d1e84e7b35f9cd170efb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26cb17e706d43e82f50022e1ede2dd3a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a88bc3b14880be032847e201a3c587.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcd55f099b6546f04280c17bef0eca32.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481b3ffceacf8835e6730047f9ce50e6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dfcbfe854b387ad6b7f83eb06110807.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635967553bafc7fd7d47a40bbd23af1f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a0779ee82293c9ea3c9e0382294c3d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f93d710e0bb7e0cfabdbe9dbf3f3e5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebd4617904860e8d7a2c783167fed994.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cc2b91c77ae433cba3ad50d2665fa3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b1462e95eea3cb1e5dd8bc382b23e7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b04786645823f7e7737731a0308c2b4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701bd93529a132f0576fcebfdc97944d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6191c3d1ee8a8997c207c54f2951a944.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7df152eeb0eec393660e8aab80a6e1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de5f710222f21a275da4878d0890e5c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6129139e5a817023c2694dd98106e132.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c33947fcbe8d904f9b37c2d0fbd00052.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b85a26a797aecf7382656722a8181e35.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32405ea122a67a35bab5b9b8f40e5ab.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c97ba91f89f0b44db2f888e65bd5d57.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a362f773289756346c08935dc015328.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c190e9d38ee71eca57fa50f0cb5dd64a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59bc5a031caf240285cb0639c83aa3ed.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f26bb683bcf7267839e7a65455b89b6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2b4ff18b5ac887442e35ce952f4323b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce74ec744ccf5a6f491ccb95386be61.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d52462d0b3cbe51923cf6acc4903bc86.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7beb9b766885ab1081a1ed62cb791203.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/071df19742531506301e76c0cab906bc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d7217a37a8966bff1edd69e0936de1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adfe442299f3f0271e0e120da4a92f23.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0a7c822e4b2b2cc631712d94cdb2c9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36f98b84285d2e8cf9e2d0ff01be9eb2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a87cbebfc2a43c79a5a026721b7e5000.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>582865</v>
+        <v>585460</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>582889</v>
+        <v>585484</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>60.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>582896</v>
+        <v>585507</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>60.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>582902</v>
+        <v>585514</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>39.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>582919</v>
+        <v>585521</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>582926</v>
+        <v>585538</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>582933</v>
+        <v>585569</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>582940</v>
+        <v>585576</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>582957</v>
+        <v>585590</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>582964</v>
+        <v>585606</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>31.0</v>
+        <v>367.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>582971</v>
+        <v>585613</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>582988</v>
+        <v>585620</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>19.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>582995</v>
+        <v>585637</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>25.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>583015</v>
+        <v>585644</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>88.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>583022</v>
+        <v>585651</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>583039</v>
+        <v>585675</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" t="s">
         <v>37</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>583046</v>
+        <v>585682</v>
       </c>
       <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>583053</v>
+        <v>585705</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>583060</v>
+        <v>585712</v>
       </c>
       <c r="C20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>2.99</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>583077</v>
+        <v>585729</v>
       </c>
       <c r="C21" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" t="s">
         <v>46</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>47</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>40.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>