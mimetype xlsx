--- v0 (2025-11-14)
+++ v1 (2026-02-12)
@@ -14,212 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 22:54</t>
-[...14 lines deleted...]
-    <t>Utens�lios dom�sticos</t>
+    <t>Lista gerada no: 12/02/2026 17:06</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18127 - COLUMNA - 3X1 - 18" - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>COPO TERMICO NOBEL HOME NH-30346 - 1300ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER JBK 4206 / FM/MIC/USB/TF/BT / 2*4"</t>
+    <t>GARRAFA TERMICA ARAX VX250 - 2.5L - INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8761- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8762 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8763 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8765 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8766- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR  LUO LU-4002 - UNIVERSAL - RETRATIL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E113 - WIFI/1 CAM</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16239B - AZUL</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X14 MAX - 960W- 32KM-H - AZUL</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X14 MAX - 960W- 32KM-H - LARANJA</t>
+  </si>
+  <si>
+    <t>ALISADOR MEGASTAR GWB618N - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ALISADOR MEGASTAR GWB618P - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>MIXER RAF R.9267 - 300W - BRANCO - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR BARBEADOR - VGR V-368</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA NOTEBOOK LUO LU-4007</t>
+  </si>
+  <si>
+    <t>Notebook</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-2880 - 2X8" - BLT</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
-    <t>JBK</t>
-[...113 lines deleted...]
-    <t>XIAOMI</t>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ESMERILHADEIRA ANGULAR ELETRICA PORTATIL SATE A-TK997 - 125MM</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcde9ee812187a46c50316518572e75f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45111ddcab1eb44b36048f6934830774.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/add16fb58a995f19ea6ec4ba40f13248.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef0ee57cc4554cd85bc5988f16cde6ea.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b55efde7deb5e9538e0c25a256fd81f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34952b2c6a9c5bb8808bc4ababff0317.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe31641e70961fc3c3ae2c249f0d575e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2cc96c7aed6e880b469ac723b200ba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207d74a6e059193d38df298b1e69d32f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3ed02602ad104e256ed2cd1217bd406.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b33a9db10dccb65b1dba31fef3c9373d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8086759893f8b35b627f3bae42c1cfd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f15baf1489caac3ecfa4886d5882cd1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6487446ef85df83ce4d72a37b92850f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0e60838877db3fc56e4bb03dabdd3d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56480ba417b7ac1ed927320ff321e13d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ece97633e9abffc2b58e910afb8f913c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043ca23654d9ee1a1f4bde2369fe00fb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6244acfa91d8f7de59061357daa5d34.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534cd77e27b2506c1b675dbb55fbbf98.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4fca3bbc8b2a8b6f205925db105adc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc2d6bbb1342f08faa96e3aacf6fa1f4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5522c8db5278224b57069a628f014f3e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05d452ff924049fe85ac95ea08c67eca.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a16a8d1f3a18b1566f9c6006ee7cee.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c01a6197aa697c7e66353ece20ee06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72fd175a210861de0b61ad6399d79c28.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d315e035d20ac3850e10a8b18cf53f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9ce143054815bcb6f2dd58109e8b737.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d79b6e6c8de72904e6119f0c2e1421.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007429f998c9cbc22d3c056e813cc2c4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90506ce0528d664ad147a90a341b3e2a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d2cd6eb24afea0baa4c6f05f1a60e12.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec19a8d9bafc1e57139003589b4176bc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae256f93155727db8c98a0085d04c56.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b84d25b3f8a18a062ba0ac1a8efefa43.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1439d16cdaf4c4e804e7aac549a80df3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760208aecd1c1e1646d03b83d3f7c980.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5132ffe178672ca28f1ac0d94b9737.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef34bf6eb484a6df00bb067a0adc233.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571876</v>
+        <v>582520</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>85.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571883</v>
+        <v>582537</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.25</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571968</v>
+        <v>582544</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>31.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571982</v>
+        <v>582575</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>35.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572026</v>
+        <v>582582</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
         <v>28.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572033</v>
+        <v>582599</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>3.25</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572040</v>
+        <v>582612</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>3.25</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572064</v>
+        <v>582629</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>69.75</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572071</v>
+        <v>582636</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>28.3</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572101</v>
+        <v>582643</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572125</v>
+        <v>582711</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572156</v>
+        <v>582742</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>13.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572170</v>
+        <v>582759</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>40.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572187</v>
+        <v>582766</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572194</v>
+        <v>582773</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>42.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572200</v>
+        <v>582780</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>21.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572217</v>
+        <v>582797</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572248</v>
+        <v>582803</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>29.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572255</v>
+        <v>582810</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>25.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572262</v>
+        <v>582827</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>113.0</v>
+        <v>48.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>