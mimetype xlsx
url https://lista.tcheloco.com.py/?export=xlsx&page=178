--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -14,203 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 17:06</t>
-[...2 lines deleted...]
-    <t>VENTILADOR BAK BK-18127 - COLUMNA - 3X1 - 18" - 110V</t>
+    <t>Lista gerada no: 30/03/2026 18:34</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA BICICLETA 19581 - DIANTEIRO/BUZINA</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MOCHILA INFANTIL DESENHO RELEVO</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XIAOMI AD332EU - 33W - USB/TIPO-C - ORIGINAL</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XIAOMI MDY-17-EF - 45W - USB - ORIGINAL</t>
+  </si>
+  <si>
+    <t>VENTILADOR BIGSTAR 6002 18" COLUNA - 110V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>BAK</t>
-[...20 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X2 MAX - VERMELHO</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X2 MAX - AZUL</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH X8 PLUS - COM MINI CELULAR + ACESS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>CARREGADOR 12V MEGASTAR CH222 - USB+USB-C - 60W</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>LAVA JATO MEGASTAR LA-1350 - 1350W - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>LAVA JATO MEGASTAR LA-850 - 1100W - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>DEPILADOR 5 EM 1 MEGASTAR GWE858 - 600MAH</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA/CABELO MEGASTAR GWE041 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART THE POWER OK-1 - 2 RELOGIOS/GAME/5P/SPEAKER</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGASTAR FAN1842 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-M10 ULTRA / CINZA</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7045 - TYPE-C - 3.0A - 30W</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-8762 - BT/USB - 7"</t>
-[...95 lines deleted...]
-    <t>Ferramentas</t>
+    <t>LUZ DECORATIVA HYE-9901 - 12" - USB-C - COM CONTROLE</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA HYE-9800 - 9" - USB-C</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO HYE H1PRO - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4fca3bbc8b2a8b6f205925db105adc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc2d6bbb1342f08faa96e3aacf6fa1f4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5522c8db5278224b57069a628f014f3e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05d452ff924049fe85ac95ea08c67eca.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a16a8d1f3a18b1566f9c6006ee7cee.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c01a6197aa697c7e66353ece20ee06.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72fd175a210861de0b61ad6399d79c28.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d315e035d20ac3850e10a8b18cf53f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9ce143054815bcb6f2dd58109e8b737.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d79b6e6c8de72904e6119f0c2e1421.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007429f998c9cbc22d3c056e813cc2c4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90506ce0528d664ad147a90a341b3e2a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d2cd6eb24afea0baa4c6f05f1a60e12.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec19a8d9bafc1e57139003589b4176bc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae256f93155727db8c98a0085d04c56.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b84d25b3f8a18a062ba0ac1a8efefa43.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1439d16cdaf4c4e804e7aac549a80df3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760208aecd1c1e1646d03b83d3f7c980.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5132ffe178672ca28f1ac0d94b9737.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ef34bf6eb484a6df00bb067a0adc233.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f5ef3430c79aa435f697d679b435ce0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd602652579ccfbc832bec9b5cbe967f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f05145b947fe50c0f083e8210d93e6e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3afa4e5bf7eedc41124ec9f9d31d2e16.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76257dbdc27085538063b217d37c72dd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d21ea010f918fc0d6f58a5174de602.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee9d4e3edf0f3d0473921d8f2c06fb3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509ee189afa25bcb43b3efddd40a5a2f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f2982fdcfdfd7c64e473d3ac24c53de.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa88a709fc08b909c506f59e88c15b8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e5e85c262753f890e7cddd174b9ad10.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde31f652aaa5507fd7f9ce3dffbacf6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c9a8df516a7e453f829de323d472f5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca0187f8a0b15832def9e291975779d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e9c16cc7e099b547b28f034b5a2a17.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac08c14febff6ca1c3556c22b6461cca.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e02eca17fa7ffba40b7f3b5207f35a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/227098aa7c361ab9fcba0e816b6cfafd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d7f804bb95b7cbc29ced0e39ef69228.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b7cdb9aecb78ec74965a393c8437e3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1145,416 +1136,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>582520</v>
+        <v>585231</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.75</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>582537</v>
+        <v>585248</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>582544</v>
+        <v>585255</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>582575</v>
+        <v>585262</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>28.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>582582</v>
+        <v>585279</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>28.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>582599</v>
+        <v>585286</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>28.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>582612</v>
+        <v>585293</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>28.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>582629</v>
+        <v>585316</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>28.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>582636</v>
+        <v>585323</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>3.8</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>582643</v>
+        <v>585330</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>582711</v>
+        <v>585347</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>28</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>65.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>582742</v>
+        <v>585354</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>505.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>582759</v>
+        <v>585361</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F14" s="3">
-        <v>505.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>582766</v>
+        <v>585378</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>13.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>582773</v>
+        <v>585385</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>582780</v>
+        <v>585408</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" t="s">
         <v>39</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>582797</v>
+        <v>585415</v>
       </c>
       <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" t="s">
         <v>41</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>582803</v>
+        <v>585439</v>
       </c>
       <c r="C19" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" t="s">
         <v>44</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>582810</v>
+        <v>585446</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>82.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>582827</v>
+        <v>585453</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>48.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>