--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,185 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 23:42</t>
-[...56 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2382 / USB / TF / BLT / FM</t>
+    <t>Lista gerada no: 29/12/2025 06:14</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA MOTO MEGASTAR SPK01 - BLT/USB/FM - 12V</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO LED-3W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CELULAR BLU ZOEY FLEX Z270L - 4G - 1.8'' - DUAL SIM - 4G - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8271 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8276 / 4MP / APP ICSEE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 2 EM 1 SONIFER SF-8150 / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 4 EM 1 SONIFER SF-8151 / 400W / 220V</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H171 - ARCO/BLT/FM/TF</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>KIT DE FACAS EVRYELTH SG-9200 - 6 PCS</t>
-[...14 lines deleted...]
-    <t>Luminarias D/Emergencia</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2319 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-27R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LUMINARIA DE EMERGENCIA SATE A-EL8830 - 30 LED</t>
-[...26 lines deleted...]
-    <t>FRITADEIRA WINNINGSTAR ST-9202 / 6L+6L / 220V</t>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-28R</t>
+  </si>
+  <si>
+    <t>MAQUINA DE GELO RAF R.0310 - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-498 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SECADOR DE PAREDE ECOPOWER EP-3528 - 1800W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR 20707 - 200 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>SACA ROLHA KANDEX SP-001 - RECARREGAVEL - 2V</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>KANDEX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL SATE A-TM01</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO ATMA 12000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baaa5ba34c96514954122b4021c0560a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8580fdff2fd032861416ac01cd1d155a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea4f69ea34680882f464c58b3f443dd7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af65e548968ce253bfd2f91d4b97a1be.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3604653e9504125e15a711e3b49367e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911801b29989459c9858bfd88b837ea4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a04056eef2f31fae7f239b05d63752d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26759e27b078a9c22b4c491eadd7c031.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6460ad7ed5f3fb8414bee551612d731.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ecb5927ddf59bf946d92a33cf7ab46.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f949c25fc31eb9065827253eb0fd1b37.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf454d15b60302ec4fa6684711a87e1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89b620dc4453841a1ea1af830cba8790.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07a39b89b34f1cc95a10fef27ea9ec49.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f233ebf0ad40e062e3f14104d578026d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65dc643cc4668fc926e0fe20df3d046f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0ee5719d18c3c82609cbaa4da331489.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76dd23df38476d5ae63594db81227ad.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3c3ca14e3a617a77e1e1616e7e3364.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eace13faae5a6e0f1713b5820a8fd9d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c661025b9b7bc18240be34de314cc77.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef3922ba6c1a4a119c3c21aa94085ee7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdcd55206893c4d7c2f92d780bbcc9c5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d420bcc80f09c0c0d2fe947c57817c5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adaf62f9b97fe0b3bd79fc13deb3912d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96a1301c5dcaa0a70deca5e3d525f6bf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af1b1fc4871c5d070dd5d6c0713bfb8b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bb886d62dcb722005031988b58e3b81.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841e7ebe88ac4a770eb04ee9dcc1b7c8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ad0a92b4b4e6a922eaf87741b71123.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a58e609c59d7fab66cad67064a3afda8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760f59dec11b5e43559d7ef117c56f37.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ff72d4df9031e164d538ae09552bf0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895752cd74c62b08700af1aaa4a7eedd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d5371dda0d361557846ff4645b4eb20.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbcad52596f8740e4314932d6310de5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe9f4aced17f5b6c0d69a46f9d26c9e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de9e1e7fe0912f87090b8f40134c5d6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e68de19253ccfa6db5c947821df857c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589750b21d3d1ffcfab07a905a61db50.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571630</v>
+        <v>577625</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571647</v>
+        <v>577632</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571654</v>
+        <v>577649</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571678</v>
+        <v>577656</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571685</v>
+        <v>577663</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>30.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571692</v>
+        <v>577670</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>45.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571708</v>
+        <v>577687</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571715</v>
+        <v>577694</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571722</v>
+        <v>577700</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571746</v>
+        <v>577717</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571753</v>
+        <v>577724</v>
       </c>
       <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>195.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571777</v>
+        <v>577731</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>571784</v>
+        <v>577748</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>5.75</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>571791</v>
+        <v>577762</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>7.75</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571807</v>
+        <v>577823</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571814</v>
+        <v>577861</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571821</v>
+        <v>577885</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571838</v>
+        <v>577892</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>7.75</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571845</v>
+        <v>577915</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="F20" s="3">
-        <v>45.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571852</v>
+        <v>577984</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>72.0</v>
+        <v>265.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>