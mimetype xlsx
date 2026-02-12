--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,218 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 06:14</t>
-[...11 lines deleted...]
-    <t>LANTERNA POLICE TUCANO LED-3W - RECARREGAVEL</t>
+    <t>Lista gerada no: 12/02/2026 17:07</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HDW1200TRQP - 2.8M/2MP/INT</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>CABO MAXELL BRCCB-2M - USB-C / TIPO C - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R113 - 3M</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER RAF R.5399 - 7L+7L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>ALICATE MULTIUSO TOTAL TFMFT01151</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8801</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...40 lines deleted...]
-  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
-[...32 lines deleted...]
-    <t>Acess. p/ Celular</t>
+    <t>LANTERNA POLICE ECOPOWER EP-8802</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8803</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7040 - 1 USB-C - 3.0A - 45W</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>VENTILADOR BIGSTAR FS-6003 - 18'' - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF167 - 5L - 2 EM 1 - VIDRO - 220V</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA SATE A-DV918 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R382 - 2500W - 2M</t>
+  </si>
+  <si>
+    <t>CAMERA VIDEO CAR (DVR) - ECOPOWER EP-8769</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - LUO LU-4987</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>SECADOR DE PAREDE ECOPOWER EP-3528 - 1800W - 110V</t>
-[...44 lines deleted...]
-    <t>NOBLEX</t>
+    <t>PLACA INFRARROJA RAF R.8064 - 4 BOCAS - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS NEW TOOLS 7213 - 12 PCS</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI SMART BAND 10 (M2459B1) / ROSA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>DRONE S9HP - DUAL CAMERA - COM DISPLAY</t>
+  </si>
+  <si>
+    <t>Drones</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18220 - COLUMNA - 3X1 - 18" - 220V</t>
+  </si>
+  <si>
+    <t>BAK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c661025b9b7bc18240be34de314cc77.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef3922ba6c1a4a119c3c21aa94085ee7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdcd55206893c4d7c2f92d780bbcc9c5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d420bcc80f09c0c0d2fe947c57817c5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adaf62f9b97fe0b3bd79fc13deb3912d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96a1301c5dcaa0a70deca5e3d525f6bf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af1b1fc4871c5d070dd5d6c0713bfb8b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bb886d62dcb722005031988b58e3b81.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841e7ebe88ac4a770eb04ee9dcc1b7c8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ad0a92b4b4e6a922eaf87741b71123.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a58e609c59d7fab66cad67064a3afda8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760f59dec11b5e43559d7ef117c56f37.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ff72d4df9031e164d538ae09552bf0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/895752cd74c62b08700af1aaa4a7eedd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d5371dda0d361557846ff4645b4eb20.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bbcad52596f8740e4314932d6310de5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe9f4aced17f5b6c0d69a46f9d26c9e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de9e1e7fe0912f87090b8f40134c5d6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e68de19253ccfa6db5c947821df857c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589750b21d3d1ffcfab07a905a61db50.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e894f93a7103d0fe272684611c56d5f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3807eec811648ef45e04535fc9a94693.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15c9ef80e1e5edca199c98bff2a84ac.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965b828183ae1ab010872c6dce620570.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f18a6db2a91d48d76886a501c445044.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b3547a2cb5cb209d485119c3d9a65c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624164afd9e581448bfd86e73311a60a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0f30e87bbffd58736f0672c1aaa8a5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4bba2a63207e1a1d7a199dc801f2e5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214a49fe2c1fb78df97b565ac7d4011c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c3484749c38e7dbe91dfa2150f86e4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b6124bb167c69c1aeb886030200e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd267f2f3ae3dda5133514f45c750d9f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c0c77a4fd67a172bae689997fa2d0c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/139bd28f6191c0ef4bb0394a1b2c028a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3271f34423717677cfbdc829617e199c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ec04816b768882ae43222b2851b54b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8540286a72774c0902780dc67d7bab47.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1ef22c8e18f48167713b8ea33b564ec.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2c694e8adcf7e41a52382f7fa03dfb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577625</v>
+        <v>582056</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577632</v>
+        <v>582063</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>6.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577649</v>
+        <v>582087</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>24.9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577656</v>
+        <v>582100</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>17.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577663</v>
+        <v>582162</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577670</v>
+        <v>582179</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577687</v>
+        <v>582186</v>
       </c>
       <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>24.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577694</v>
+        <v>582193</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>9.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577700</v>
+        <v>582209</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577717</v>
+        <v>582216</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577724</v>
+        <v>582223</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577731</v>
+        <v>582261</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577748</v>
+        <v>582308</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>68.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577762</v>
+        <v>582322</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>3.5</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577823</v>
+        <v>582353</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>41</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>12.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577861</v>
+        <v>582421</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>3.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577885</v>
+        <v>582438</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577892</v>
+        <v>582452</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>6.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577915</v>
+        <v>582476</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>1.25</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577984</v>
+        <v>582513</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>265.0</v>
+        <v>17.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>