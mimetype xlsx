--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,206 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 17:07</t>
-[...23 lines deleted...]
-    <t>Filtro de Linha</t>
+    <t>Lista gerada no: 30/03/2026 19:59</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6026</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRYER RAF R.5399 - 7L+7L - 220V</t>
+    <t>MOCHILA SMART LED SATE A-KP6061</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6071</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PISO BIGSTAR BS-01704 - 300KG - BIVOLT</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>FRITADEIRA ELECTROBRAS EBFR-35 - 3.5L - 220V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA PARA 4 OVOS MULTIFLON - COM TAMPA</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ACKILISS ACL-7905 - 6.8L - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ACKILISS</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MOLIMIX ML-1200-B - A�ETETE - 1200W - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS PROSPER P-1120 - 16MM</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR DE MESA INOVA - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR INOVA SP-416 - KIT STUDIO</t>
+  </si>
+  <si>
+    <t>ACESSORIO PLACA AUTOPROPELIDOS PARA MOTO FOSTON</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS AIWA 9143 - (1/4",3/8") - 40 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>AIWA</t>
+  </si>
+  <si>
+    <t>MOCHILA INFANTIL 2X1 COM RODINHAS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE HYE-INV09BRW - 9000BTU - 60HZ INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>BARBEADOR PHILISHAVE S-1881 - RECARREGAVEL/LAVAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>BARBEADOR PHILISHAVE S-2885 - RECARREGAVEL/LAVAVEL</t>
+  </si>
+  <si>
+    <t>BARBEADOR PHILISHAVE S-3882 - RECARREGAVEL/LAVAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR PELOS PHILIPS MG7940 - 15X1 - NARIZ/CABELO/BARBA/CORPO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL RAF R.6629A - 110V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
     <t>RAF</t>
-  </si>
-[...97 lines deleted...]
-    <t>BAK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e894f93a7103d0fe272684611c56d5f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3807eec811648ef45e04535fc9a94693.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f15c9ef80e1e5edca199c98bff2a84ac.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965b828183ae1ab010872c6dce620570.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f18a6db2a91d48d76886a501c445044.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b3547a2cb5cb209d485119c3d9a65c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624164afd9e581448bfd86e73311a60a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0f30e87bbffd58736f0672c1aaa8a5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4bba2a63207e1a1d7a199dc801f2e5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214a49fe2c1fb78df97b565ac7d4011c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c3484749c38e7dbe91dfa2150f86e4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b6124bb167c69c1aeb886030200e12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd267f2f3ae3dda5133514f45c750d9f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c0c77a4fd67a172bae689997fa2d0c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/139bd28f6191c0ef4bb0394a1b2c028a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3271f34423717677cfbdc829617e199c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ec04816b768882ae43222b2851b54b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8540286a72774c0902780dc67d7bab47.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1ef22c8e18f48167713b8ea33b564ec.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2c694e8adcf7e41a52382f7fa03dfb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c6c2bac75df8ddfcd70b7724d6f64b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ad566e4b96d1fdf1894a3711a2fd87.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f422d45bbc5dd3f06f1c3744c564a1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b1eb401c7a246960ff2fe61c476178.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fae02e07b08527bfa7c938d157426a23.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f6f73918e706a0460791465d3f20c4e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a594d008a638c3e5e3bd85eb46008678.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ee028bc8a6daa8d519d4671c99d15ae.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55207a87468307750b6444f329c2242f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cedaa65cd3b80bdc2bdc4fc18bf7bc6b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45676bdd3c551f5bf2973536365c5281.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b277788d80a05fc88d9c87e11b2825a5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa3da16afed297a4587f4940ef5722d3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d95164368452012b6fe526dfdef09a73.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db01b632aa6f0d1647ae2949f7d2f66a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/231a2b4a11916da332eeb3b9486db4ca.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60df3d875f4dca77c9dad3e46a92a578.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98e4656995b5a5d3fd0388893782bd1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a2eb1cc68b3383563588c3468304a6d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aef83c7b0277fb47ed0480537ade1f2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>582056</v>
+        <v>584951</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>582063</v>
+        <v>584975</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.75</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>582087</v>
+        <v>584982</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>6.5</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>582100</v>
+        <v>585002</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>85.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>582162</v>
+        <v>585019</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>582179</v>
+        <v>585026</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>582186</v>
+        <v>585040</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>582193</v>
+        <v>585057</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>582209</v>
+        <v>585088</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>582216</v>
+        <v>585095</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>18.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>582223</v>
+        <v>585101</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>70.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>582261</v>
+        <v>585118</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>582308</v>
+        <v>585132</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>582322</v>
+        <v>585156</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>582353</v>
+        <v>585170</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>16.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>582421</v>
+        <v>585187</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>110.0</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>582438</v>
+        <v>585194</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>582452</v>
+        <v>585200</v>
       </c>
       <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>46</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>38.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>582476</v>
+        <v>585217</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>42.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>582513</v>
+        <v>585224</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>17.75</v>
+        <v>8.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>