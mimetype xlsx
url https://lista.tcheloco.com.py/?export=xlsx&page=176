--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,200 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 00:10</t>
-[...5 lines deleted...]
-    <t>Relogio de parede e mesa</t>
+    <t>Lista gerada no: 29/12/2025 07:58</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8271 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8276 / 4MP / APP ICSEE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 2 EM 1 SONIFER SF-8150 / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 4 EM 1 SONIFER SF-8151 / 400W / 220V</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H171 - ARCO/BLT/FM/TF</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2319 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-27R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>RELOGIO DE PAREDE SATE AC-T6851 / VERDE / ELETRICO</t>
-[...14 lines deleted...]
-    <t>SPEAKER KOLAV XH1202 12" / REC / USB / TF / CONT / BLT</t>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-28R</t>
+  </si>
+  <si>
+    <t>MAQUINA DE GELO RAF R.0310 - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-498 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SECADOR DE PAREDE ECOPOWER EP-3528 - 1800W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR 20707 - 200 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>SACA ROLHA KANDEX SP-001 - RECARREGAVEL - 2V</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>KANDEX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL SATE A-TM01</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO ATMA 12000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>SPK ECOPOWER EP-1979 BLUT       /   14"</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
-    <t>KOLAV</t>
-[...14 lines deleted...]
-    <t>PLACA INFRARROJA RAF R.8050 / 2 BOCAS / 220V</t>
+    <t>SPEAKER ECOPOWER EP-1992 / BLT/FM/MP3 / 12"</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ECOLINK EL-1003 - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
-  </si>
-[...76 lines deleted...]
-    <t>Cafeteiras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa32deb23bb479710410609465e6a30.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7628d2c8744edc8a97ca5fe23f0820e9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8832af39a5cea7a5eddaaeb2b67c7b0e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6209ce050871ef4a3b5cb437658cee2d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfaed9de7bb40ea6ff29d7ed8abc2390.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b2b40798bcf6912bd0afe78123dc13.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fa6bcde3d33a9427653a58a28489a92.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88d0db9a126b73d33139b8c221777bc8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87d7ae89c20c9e97a45aa09cbb534a45.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb64179e0f9a047732e274f13e54968.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee80b5bb3694afb21ca4831efa539053.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c1cb818657e375d219d58b61c3179b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa1f0e8f01ed7edb4a59d30f8fe6148.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9abbe360349cbf6ec742167099fcc018.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e322a2913e2fa7a1abcd544a560347eb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b001b549a2ae47a08fd05fda9399f212.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d541e5e0b2413f64a568037e57ba7431.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5238f38c9b11c768f6be06682289e941.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b53bf48ba7d3f6287d00a1ec467a2c0b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe80e74fab9414463f65f3b433163541.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3ce874da127c57817818607f287cd28.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25695406082816bc93931e5970363588.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ea821c3358d784b1ff405d7a9a607ba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d6a6132a0d6c11f6cab147fb56754ff.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2afb63000a458adcb7c6495e9e983ae2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc70503d7ce0ee3ca9914ec1a2b0560.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58c3d9d0fad3899f68b9d8a0034df380.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bc01d5e56ed13baaf201b34016f2c2d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d86301b9573c180c0301bdb5726de9e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c801c892bc0dd7fd84da5757717e9e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7632829118da0d351e9e98fb8cf853.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b67000712445fa3ccc51b6a29d1eed6b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ffb953b93f3830da9f1cbad3e5d24a6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720027fee9fa5ca1f3151b948634b871.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5c10d92c15dfe83317245b6525671f6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e33a00cddc8eb65fcbafdedbf82c9a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d25a3826998b78764fddc7d2701ad6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4433eadba71a1cb8ed0e2fba61842099.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1efc5b6c63a002da53ed523f5c1abba.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a93d8471ed0a3c4fe68f1c4081e456.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571302</v>
+        <v>577656</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571319</v>
+        <v>577663</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571333</v>
+        <v>577670</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571364</v>
+        <v>577687</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>12</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>13</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>7.5</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571371</v>
+        <v>577694</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>55.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571388</v>
+        <v>577700</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>59.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571395</v>
+        <v>577717</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>4.2</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571449</v>
+        <v>577724</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>47.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571456</v>
+        <v>577731</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571463</v>
+        <v>577748</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>15.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571470</v>
+        <v>577762</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571494</v>
+        <v>577823</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>571517</v>
+        <v>577861</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>571524</v>
+        <v>577885</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>62.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571531</v>
+        <v>577892</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>27.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571548</v>
+        <v>577915</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="F17" s="3">
-        <v>113.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571555</v>
+        <v>577984</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>76.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571562</v>
+        <v>578004</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571593</v>
+        <v>578011</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F20" s="3">
-        <v>23.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571609</v>
+        <v>578028</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F21" s="3">
-        <v>27.0</v>
+        <v>62.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>