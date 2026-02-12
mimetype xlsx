--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,209 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 07:58</t>
-[...29 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>Lista gerada no: 12/02/2026 18:37</t>
+  </si>
+  <si>
+    <t>HD SSD IMPERIUM X10 - 512GB - 2.5'' SATA SSD</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>IMPERIUM</t>
+  </si>
+  <si>
+    <t>PORTA TEMPEROS GIRATORIO SA23297 INOX/VIDRO - 20 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1972 - BLT/FM/AM/MP3</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
-[...80 lines deleted...]
-    <t>AR CONDICIONADO ATMA 12000BTU - 220V/50HZ - COM KIT - Q/F</t>
+    <t>RADIO CAR ECOPOWER EP-8757 - BT/USB 10.33"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8741 - BT/USB/ 10.1"</t>
+  </si>
+  <si>
+    <t>TELA CAR ECOPOWER EP-8754 BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>Telas p/ Carro</t>
+  </si>
+  <si>
+    <t>TV SMART LED 55'' SUNLIGHT - 22002 - 4K UHD</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' 165219R - VERMELHO/PRETO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HEIKO 18000BTU - 220V/60HZ - Q/F</t>
   </si>
   <si>
     <t>AR CONDICIONADOS</t>
   </si>
   <si>
-    <t>NOBLEX</t>
-[...14 lines deleted...]
-    <t>Fogoes</t>
+    <t>HEIKO</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R9 EDGE - PRATA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R9 EDGE - CINZA</t>
+  </si>
+  <si>
+    <t>TABLET IPRO 7" TURBO VIII / 32GB / KIDS / NARANJA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CAMERA PARA CARRO - ESPELHO RETROVISOR DVR GRAVADOR ECOPOWER EP-8777 - 2 CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>CADEADO 75MM SHAN HUA - 20309 - UNID</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>CADEADO 50MM TRI-CIRCUIIT - 20307 - UNID</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA TORRE A03U - 12 TOMADAS - 3 USB</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINERO PORTATIL 17580 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED MOX MO-T55UHD  SMART/WF/DGT/AND</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>LAMPADA TUBO LED ECOPOWER EP-5904 - T8/2V/25W</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
+  </si>
+  <si>
+    <t>CELULAR LG G365 4G / 4B / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares LG</t>
+  </si>
+  <si>
+    <t>LG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3ce874da127c57817818607f287cd28.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25695406082816bc93931e5970363588.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ea821c3358d784b1ff405d7a9a607ba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d6a6132a0d6c11f6cab147fb56754ff.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2afb63000a458adcb7c6495e9e983ae2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc70503d7ce0ee3ca9914ec1a2b0560.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58c3d9d0fad3899f68b9d8a0034df380.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bc01d5e56ed13baaf201b34016f2c2d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d86301b9573c180c0301bdb5726de9e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c801c892bc0dd7fd84da5757717e9e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7632829118da0d351e9e98fb8cf853.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b67000712445fa3ccc51b6a29d1eed6b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ffb953b93f3830da9f1cbad3e5d24a6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720027fee9fa5ca1f3151b948634b871.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5c10d92c15dfe83317245b6525671f6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e33a00cddc8eb65fcbafdedbf82c9a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d25a3826998b78764fddc7d2701ad6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4433eadba71a1cb8ed0e2fba61842099.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1efc5b6c63a002da53ed523f5c1abba.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a93d8471ed0a3c4fe68f1c4081e456.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e189faa8f7b28ab21b58c51fdf3f3e0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d76c6180ca19d5714e145496c6ea765.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ac91f484c165d82a5db8f65cf8605b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b7ec71a710f24d31c895028725f3f8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750d5f87c8b60f73928d3eba87578e00.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fbb4db954a3eac079e9205fbf92ad1d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f882c4ff32115509e40627bc6bb5dda.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff3a57ff21ad5bf8cf9142029429b5a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f772363f7833edc3c7f41f588b7f9a4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5380d6323e6d2df58c54c13e416c34b5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3285c1a576cb150ec9c397635027a88e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1837e57bfcd3be2064abc2204cce5709.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c99d8e4bebcdfc55da241e23e64f1dc6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbe76bc0de1c3eb6a630a7ab78e05e7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee8df4d2d0b6fb93faa04d455ee61d5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2affa1865592949fcf14755512091579.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1966386361a2648f5c5ca718802635.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b46a103471d30b8e53f64f35584c59.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28eafa66875854a58309d023bdda38a1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e424bbff1614c58463116975271355.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577656</v>
+        <v>581738</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577663</v>
+        <v>581752</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577670</v>
+        <v>581769</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>19.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577687</v>
+        <v>581783</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>24.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577694</v>
+        <v>581790</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>15</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577700</v>
+        <v>581806</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577717</v>
+        <v>581837</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577724</v>
+        <v>581851</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577731</v>
+        <v>581899</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>385.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577748</v>
+        <v>581912</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>68.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577762</v>
+        <v>581929</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>30</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>3.5</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577823</v>
+        <v>581943</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>12.5</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577861</v>
+        <v>581950</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577885</v>
+        <v>581974</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>16.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577892</v>
+        <v>581981</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577915</v>
+        <v>581998</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>1.25</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577984</v>
+        <v>582001</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>265.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578004</v>
+        <v>582025</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="E19" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>217.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578011</v>
+        <v>582032</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>212.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578028</v>
+        <v>582049</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>62.0</v>
+        <v>25.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>