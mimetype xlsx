--- v2 (2026-02-12)
+++ v3 (2026-03-31)
@@ -14,206 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 18:37</t>
-[...11 lines deleted...]
-    <t>PORTA TEMPEROS GIRATORIO SA23297 INOX/VIDRO - 20 PCS</t>
+    <t>Lista gerada no: 30/03/2026 20:24</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F339 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2282 - USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1983 - USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2115B - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA EUROMAX - 2.5L - COLOR/DISENHO</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>OM</t>
-[...26 lines deleted...]
-    <t>TV SMART LED 55'' SUNLIGHT - 22002 - 4K UHD</t>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - BEIGE</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA MONITOR TUCANO M-011</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>TV 43'' SMART LED HYE HYE43ATFZ - FHD/SMART/ANDROID 14</t>
   </si>
   <si>
     <t>Televis�es</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...83 lines deleted...]
-    <t>LG</t>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 98'' HYE HYE98GTUH - 4K/SMART/GOOGLETV</t>
+  </si>
+  <si>
+    <t>1,180.00</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8001D - 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8005D - 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8008D - 6MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8011D / 6MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8104 / 2MP/ICSEE</t>
+  </si>
+  <si>
+    <t>CARREGADOR USB SATE A-CC1201 - USB/USB-C*2/12W/TB</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR USB SATE A-CC2002 - USB/USB-C*2/20W/TB</t>
+  </si>
+  <si>
+    <t>CARREGADOR PARA CARRO 12V SATE A-CC2011 - USB/TC/30W/PD</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>CARREGADOR PARA CARRO 12V SATE A-CC2012 - USB/TC/30W/PD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e189faa8f7b28ab21b58c51fdf3f3e0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d76c6180ca19d5714e145496c6ea765.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ac91f484c165d82a5db8f65cf8605b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b7ec71a710f24d31c895028725f3f8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750d5f87c8b60f73928d3eba87578e00.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fbb4db954a3eac079e9205fbf92ad1d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f882c4ff32115509e40627bc6bb5dda.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff3a57ff21ad5bf8cf9142029429b5a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f772363f7833edc3c7f41f588b7f9a4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5380d6323e6d2df58c54c13e416c34b5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3285c1a576cb150ec9c397635027a88e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1837e57bfcd3be2064abc2204cce5709.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c99d8e4bebcdfc55da241e23e64f1dc6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcbe76bc0de1c3eb6a630a7ab78e05e7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ee8df4d2d0b6fb93faa04d455ee61d5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2affa1865592949fcf14755512091579.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b1966386361a2648f5c5ca718802635.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b46a103471d30b8e53f64f35584c59.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28eafa66875854a58309d023bdda38a1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e424bbff1614c58463116975271355.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9188c68067d99d21698653e38b6c16d5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/047a1f840da30a40d3d9743291a57f40.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/984947289ffe857b45669c746e84ffa0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6154c9f51a3058a8dfd02a01512ffc43.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51364880c582d7a369420e32e500ca8f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70071cae9d9d5e282134729054feaaef.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e86aa5307254487809059ee92a52a17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a55cd5d0b4e8997ea4628b0e835fd2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96fe70e953c84763b75da81e1944a751.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b077a1bdc475704b3326383209d638de.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8d8314996b3002424ab85da9e6ba730.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca8c267dcce5ee489c48e2f5a99e237.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1deb37af07963cdef82041925a422d25.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8b816345f49beb8ef6921d3928e052.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637c654ab6515dd2ef1a666de1d8ef78.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db5e139df4aa92019f2401224e6b604.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce710e1239c5451a1b8722c107209f5e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e69fec420bda251ffe9312fa016847.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb459d3ef82672a0b0bc26e77e3ad5ce.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17749a5471738a7b8405bdd0b92128e7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581738</v>
+        <v>584692</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>72.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>581752</v>
+        <v>584708</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>14.5</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>581769</v>
+        <v>584715</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>44.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>581783</v>
+        <v>584722</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>62.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>581790</v>
+        <v>584739</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>72.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>581806</v>
+        <v>584753</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>25.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581837</v>
+        <v>584760</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>240.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581851</v>
+        <v>584777</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>48.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>581899</v>
+        <v>584784</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>385.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>581912</v>
+        <v>584791</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>44.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>581929</v>
+        <v>584814</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>581943</v>
+        <v>584821</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>35.0</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>581950</v>
+        <v>584838</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>32.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>581974</v>
+        <v>584852</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>2.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>581981</v>
+        <v>584876</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>1.5</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>581998</v>
+        <v>584883</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>582001</v>
+        <v>584906</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>29.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>582025</v>
+        <v>584913</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>276.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>582032</v>
+        <v>584920</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>582049</v>
+        <v>584937</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>25.0</v>
+        <v>2.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>