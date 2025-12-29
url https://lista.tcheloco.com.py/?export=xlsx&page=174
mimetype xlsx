--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,200 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 03:01</t>
-[...2 lines deleted...]
-    <t>FONE DE OUVIDO LABUBU MA-13 / BLT / AZUL</t>
+    <t>Lista gerada no: 29/12/2025 09:59</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-489 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-490 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>CAPA DE CHUVA IMPERMEAVEL LUO LU-040</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CARREGADOR PARA MOTO - FOSTON X200</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>KIT DE TALHERES FD-666 - MALETA DOURADA - 24 PCS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL 16314</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 / 128GB / 6 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 / 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 PLAY - ROSA</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...2 lines deleted...]
-    <t>RELOGIO SMART WATCH 10 PRO MAX</t>
+    <t>CANIVETE 24CM OM 16642 - MULTI USO COM CAPA</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>CABO USB XO-NB-Q228A - 27W - TIPO-C/IPHONE - 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG XO-LP01 - ANDROID - APP TUYA</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK XO-CB01 - NEGRO - 14"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>HUB SWITCH HIKVISION DS-3E1309P-El/M - POE - 8 PORTAS</t>
+  </si>
+  <si>
+    <t>Hub</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>CAMERA IP HIKVISION DS-2CD1323G2-LIU / 2MP / DOMO</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART G-TIDE ROMANCE / PRATA</t>
   </si>
   <si>
     <t>Smart Watch / Fitness</t>
   </si>
   <si>
-    <t>BATERIA DE LITIO PARA MOTO FOSTON X13/X14</t>
-[...110 lines deleted...]
-    <t>BOROSCOPIO ARTICULADO SATE A-GL921 - 1M</t>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV HTV H9 - COMANDO DE VOZ - 4K - 16GB/2GB</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>HTV</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS-WALITA RI-2110 - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP562 - 6"</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP556 - 5"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d406458102f8f523a5dbca6ce93708da.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50d04befabd8479ae23bbc2ceb711604.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d5cb5705f8d714b2e76e3a0ca46f6c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002b78ed7c7ef1736c1b835754696b74.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5f8dd7a17bb8e331e9de7bf2ff141a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc1eb56a48c7677fe81a2f66bc2260e1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd9e170633189d80879646f4aefb5287.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70b3da03769533701ec8f607812697b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39d3daa2bf63ae8e95e8f4be2ce4c621.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc58260bd629e963cf5fda0274a4cb27.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a0805e13368311955c35a36d895392c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d8e3f362cf6630c0956acdd443e752e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59fda6ddeb29d7029f22507683946ba.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81077e54af7eb50c477dc574bb174b6a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0feaf47600dea40c198e18b0c5bc905c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc651ab8531811f560639964a8a27d6c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a141b7f35558678996c493b55c57c40.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57cf08534a34fa410e8a1f7d7f719048.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16ed8fe3a77d11d0653b715f126b141a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff66d5044459554587ca80584fa2fb4e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763e43a35f05a66c84ba488ec443b674.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa80364a3e7829d986c43e7a33b34da.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234b9db23f4df3b263f0867983cb8d4e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943018337d6f8b7d9048ae816cd8573.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38833295f4166dbe1a8ef931fae17ca.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8709da5c24a94c0ead2735e6eaca8d9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1001ecc1c9871b5d3614a4e94785adb9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc08211908857d3ba3a26382c29588e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af0704a6446447e00c4db5f3fe01668b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7bc410c2bbc86320d8c435bb44178c8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bcfdc855e3b440b2db40f2f59c9812.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9566a86f713518652b38450a5d5c83e5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528321dd6ec5adbfd70f9dd12271b273.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab0a0b7c5c7711db3ef53d5c98d93e3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ef695e1d48e26d4a845d7694e0ef82b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63acff3be3ddad247cc348d02562131.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05329a3b2a1d5f11d7846dcc4abfd2e2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e3d3664c6dbb49fef7ecb3f79e130.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f447f69655e6593eb4bde47880412f53.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c6c76dccd6d9794b1bc34a7fb05b48.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>570534</v>
+        <v>577328</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>570558</v>
+        <v>577335</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>20.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>570626</v>
+        <v>577359</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>195.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>570633</v>
+        <v>577366</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>570640</v>
+        <v>577373</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>570671</v>
+        <v>577380</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>60.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>570695</v>
+        <v>577397</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570732</v>
+        <v>577403</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570794</v>
+        <v>577427</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>35.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570800</v>
+        <v>577441</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>35.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570824</v>
+        <v>577458</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>139.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570848</v>
+        <v>577465</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>22.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570879</v>
+        <v>577472</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570886</v>
+        <v>577489</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>119.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570893</v>
+        <v>577496</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>134.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570916</v>
+        <v>577502</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570923</v>
+        <v>577526</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>155.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570954</v>
+        <v>577557</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>98.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570961</v>
+        <v>577564</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>140.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570978</v>
+        <v>577571</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>86.0</v>
+        <v>52.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>