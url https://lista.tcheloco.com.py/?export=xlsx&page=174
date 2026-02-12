--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,212 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 09:59</t>
-[...2 lines deleted...]
-    <t>SUPORTE PARA CELULAR LUO LU-489 - UNIVERSAL</t>
+    <t>Lista gerada no: 12/02/2026 20:05</t>
+  </si>
+  <si>
+    <t>LAVA JATO PORTATIL MOX MO-LP99 / REC / 2 BAT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA MOX MO-HT189 - 189 PCS</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR QYLAR QY-2216 CERAMIC - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR QYLAR QY-2216 CERAMIC - 110V</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA QYLAR QY-0903 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MIXER 3 EM 1 QYLAR QY-1713 - 400W - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MIXER 3 EM 1 QYLAR QY-1713 - 400W - 220V</t>
+  </si>
+  <si>
+    <t>PROCESSADOR QYLAR QY-2013 - VIDRO - 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>PROCESSADOR QYLAR QY-2013 - VIDRO - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER QYLAR QY-0206 - 5L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SECADOR QYLAR QY-0419 - DRY STYLE - 2000W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR QYLAR QY-0419 - DRY STYLE - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E105 - WIFI / 2 CAM / ALARME</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-4004 - UNIVERSAL</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
-    <t>LUO</t>
-[...26 lines deleted...]
-    <t>Talheres</t>
+    <t>SOPRADOR LUO LU-F2214 REC/TURBO/MINI</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>TERMICA RODAX AR-750 - 1L</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>RODAX</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS MARYLAND MRCIE403W - BRANCO - 4 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>PATINETE INFANTIL 16314</t>
-[...98 lines deleted...]
-    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP556 - 5"</t>
+    <t>KIT DE PANELAS MARYLAND MRCIE403R - VERMELHO - 4 PCS</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS MARYLAND MRCIE403 - PRETO - 4 PCS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE  HYE-INV18ABW - 18000BTU - 50HZ INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HYE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763e43a35f05a66c84ba488ec443b674.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa80364a3e7829d986c43e7a33b34da.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/234b9db23f4df3b263f0867983cb8d4e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2943018337d6f8b7d9048ae816cd8573.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38833295f4166dbe1a8ef931fae17ca.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8709da5c24a94c0ead2735e6eaca8d9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1001ecc1c9871b5d3614a4e94785adb9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc08211908857d3ba3a26382c29588e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af0704a6446447e00c4db5f3fe01668b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7bc410c2bbc86320d8c435bb44178c8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bcfdc855e3b440b2db40f2f59c9812.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9566a86f713518652b38450a5d5c83e5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528321dd6ec5adbfd70f9dd12271b273.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ab0a0b7c5c7711db3ef53d5c98d93e3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ef695e1d48e26d4a845d7694e0ef82b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63acff3be3ddad247cc348d02562131.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05329a3b2a1d5f11d7846dcc4abfd2e2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1e3d3664c6dbb49fef7ecb3f79e130.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f447f69655e6593eb4bde47880412f53.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c6c76dccd6d9794b1bc34a7fb05b48.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc468492f0c33cff28c9b24ad74d5644.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9903e9b4e875b5120fb100ce8f2c2700.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1e56a63d40e9ebe6b3d7424adec05a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266e109027adb644b2ee676155d68fc0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bb22d8c772c408297cb546f036e8508.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b6d9c028c7910ff7b05d2dddc2af77.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2473d54f48f29cfd4f8592c7100dc8e0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2bfb776f6b845940a0e8677ccc0004.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b0387c2ab3c103db6e2d6ca37908492.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda7588d1b98ec3f2cd40ff6b267df55.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5386b4a59ae86d2174dcceab750d6a14.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5d1da6813547e722be3544c6d03024e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5289a4c8e2bbb4054e0270c3d1eb5a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4f1aa276070a12da203f4da36fad19e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0ccad4a11ce5b02839b0e790c583778.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7561a97d77e27d98ab3785dc84156c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0cbeda0500b3685d549ef813e9aee.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c06d9b85d75b27df52a954ebb8aec8fa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f36e624df6a2bc91e84d549c619fa92.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f25ba83e83fc4ea86c11f7e53904dd75.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577328</v>
+        <v>581080</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.75</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577335</v>
+        <v>581097</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.75</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577359</v>
+        <v>581134</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577366</v>
+        <v>581141</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577373</v>
+        <v>581158</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577380</v>
+        <v>581165</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>13.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577397</v>
+        <v>581172</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>117.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577403</v>
+        <v>581189</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>130.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577427</v>
+        <v>581196</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577441</v>
+        <v>581202</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577458</v>
+        <v>581219</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3.25</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577465</v>
+        <v>581226</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577472</v>
+        <v>581233</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577489</v>
+        <v>581240</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>48.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577496</v>
+        <v>581257</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>40.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577502</v>
+        <v>581264</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>32.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577526</v>
+        <v>581301</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>175.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577557</v>
+        <v>581318</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="F19" s="3">
-        <v>27.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577564</v>
+        <v>581332</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>65.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577571</v>
+        <v>581349</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>52.0</v>
+        <v>380.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>