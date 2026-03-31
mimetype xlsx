--- v2 (2026-02-12)
+++ v3 (2026-03-31)
@@ -14,188 +14,182 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 20:05</t>
-[...26 lines deleted...]
-    <t>PLACA INFRARROJA QYLAR QY-0903 - 220V</t>
+    <t>Lista gerada no: 30/03/2026 22:40</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR FAN2024 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE2 9634 - 6X9 - 70WRMS - 3 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>TWEETER JBL STD192T STADIUM - 50RMS</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE UNIVERSAL "HD" NAKAMICHI NC-A255</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQ623BDT - USB/BT/4V/40BAND</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQE721B - USB/BT/20BAN</t>
+  </si>
+  <si>
+    <t>TWEETER NAKAMICHI SPT13 - 100W 50MS/40HM</t>
+  </si>
+  <si>
+    <t>VENTILADOR LA VIDA FS-45 - 5 HELICE - 220V</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6021</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS E INFRAVERMELHO (2 BOCAS INFRA +3 A GAS) MEGASTAR COOKTOP5</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>MIXER 3 EM 1 QYLAR QY-1713 - 400W - 110V</t>
-[...32 lines deleted...]
-    <t>CAMERA IP LUO SMART LU-E105 - WIFI / 2 CAM / ALARME</t>
+    <t>MINI TECLADO SMART TV MEGASTAR RC02</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO MEGASTAR RC01</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HPV04BTN - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HPV04BTS - BLUETOOTH - PRATA/BRANCO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HPV04BTP - BLUETOOTH - ROSA</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDX-261BT - USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDX-262BT - USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR HYJ60BT - USB/MSD/FM/BLT/BAT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>CAMERA IP MEGASTAR CA817 - 2MP - BOCAL - ICSEE</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
-    <t>LUO</t>
-[...44 lines deleted...]
-    <t>HYE</t>
+    <t>CAMERA IP MEGASTAR CA827 - 2MP - ICSEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +212,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc468492f0c33cff28c9b24ad74d5644.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9903e9b4e875b5120fb100ce8f2c2700.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1e56a63d40e9ebe6b3d7424adec05a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266e109027adb644b2ee676155d68fc0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bb22d8c772c408297cb546f036e8508.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b6d9c028c7910ff7b05d2dddc2af77.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2473d54f48f29cfd4f8592c7100dc8e0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2bfb776f6b845940a0e8677ccc0004.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b0387c2ab3c103db6e2d6ca37908492.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda7588d1b98ec3f2cd40ff6b267df55.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5386b4a59ae86d2174dcceab750d6a14.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5d1da6813547e722be3544c6d03024e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5289a4c8e2bbb4054e0270c3d1eb5a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4f1aa276070a12da203f4da36fad19e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0ccad4a11ce5b02839b0e790c583778.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7561a97d77e27d98ab3785dc84156c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c0cbeda0500b3685d549ef813e9aee.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c06d9b85d75b27df52a954ebb8aec8fa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f36e624df6a2bc91e84d549c619fa92.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f25ba83e83fc4ea86c11f7e53904dd75.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b50deea230ebd43e1f97a788e77b08.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce4fe53f66aa7aafa80635bc6fb0f514.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7110003469a7c926d049f94824d73d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f47eea2b1fca90123f85d97d8a0f0ef5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f3f582241fd4ce10fccf6a9c51c106.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ddc9f8478d4b4525ff0ed2c5d6b29e3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308490b602f6cc94eeabb7225411fb37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8f56076614346d1ea6e8b05b7cbabdb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae9f78790bf2c5f5f2dc5d0349ac893.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91218dfcf91488beeefca57f14bd188a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1893b58a8f585031d2013ee7360152ea.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d060eb7c891049313bec024a9effb4e3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae3f88f8cffc4f9d7918457978a685d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb47dbd972b0c0039b6a2170b2711cd5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d909baa7abd58218fd701167da9ffc79.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92ceccd5718fffb2b867a3dc8abb1da8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/687d66e9748387efbb34a824c7e3d1a0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9226b24a2bd98149f40e60c29c65526.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af60934aa6bac63621d1ed42b86e1e3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2076918c726e3a6d42e2fa2ce4fdbe6c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1123,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="90.692" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581080</v>
+        <v>584166</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>22.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>581097</v>
+        <v>584197</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>27.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>581134</v>
+        <v>584210</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>16.5</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>581141</v>
+        <v>584227</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>16.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>581158</v>
+        <v>584234</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>26.0</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>581165</v>
+        <v>584241</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>17</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>22.0</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581172</v>
+        <v>584265</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581189</v>
+        <v>584272</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>581196</v>
+        <v>584296</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>19.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>581202</v>
+        <v>584302</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>41.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>581219</v>
+        <v>584319</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>16.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>581226</v>
+        <v>584326</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>581233</v>
+        <v>584333</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>19.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>581240</v>
+        <v>584340</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>3.8</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>581257</v>
+        <v>584357</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>581264</v>
+        <v>584364</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>581301</v>
+        <v>584371</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>99.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>581318</v>
+        <v>584388</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>99.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>581332</v>
+        <v>584395</v>
       </c>
       <c r="C20" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" t="s">
         <v>42</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>99.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>581349</v>
+        <v>584401</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>380.0</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>