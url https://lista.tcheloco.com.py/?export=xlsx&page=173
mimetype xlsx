--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,185 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 02:57</t>
-[...2 lines deleted...]
-    <t>GARRAFA TERMICA SUNLIGHT 12754 - 1L - PRETO</t>
+    <t>Lista gerada no: 29/12/2025 10:10</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO INTERBRAS C10BR - 1 BOCA - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>INTERBRAS</t>
+  </si>
+  <si>
+    <t>SANDUICHERA INTERBRAS G30BR - 4 UNID - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - GIRATORIO - 32"/85" - SATE A-RM3281</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8013</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8018</t>
+  </si>
+  <si>
+    <t>MINI PROJETOR TUCANO TC-00</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>PROJETOR TUCANO TC-005 - WIFI NEW</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX PINGUIN TV MXQBOX10 / 16GB-256GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>PINGUIM TV</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE-021 - PRETO - 10L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE-021 - PRETO - 10L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERMELHO - 4.5L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERMELHO - 4.5L - 110V</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR MEGASTAR CH07N - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO CP56 CANARMNA - 56" - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>BEBEDOURO DE MESA FREE FR-34B - Q/F - 110V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8135 - BIVOLT</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA HENGDA YQ10128 / 1.5L +  CUIA 140ML</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...64 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>LAMINA PARA BARBEAR INOX DORCO ST300 - 10 PACOTES DE 10 FOLHAS</t>
-[...35 lines deleted...]
-    <t>FONE DE OUVIDO LABUBU MA-13 / BLT / PRETO</t>
+    <t>MASSAGEADOR PISTOLA LUO LU-4983</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-489 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-490 - UNIVERSAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594f5015f15dc6627f39c6d517f8d894.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b94d7552f91cd0d53e5d16eeced73c6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b01e9df574e226e4010504b6b964d50.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a85c11c1d25089b1d1fa2ca59128b5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ee11f23b90ffe96a3288db40b29ae5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9269a07fed4000454f7ddbc1f9c2493.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db09e3bbd7c3099ecaaf0fdd8d97d4a4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3663ba3289c488c78bda54a30db7fd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f180d45e20cb5494b5348b62b7b55309.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c51245e141c563a1246fa850f4938875.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecac0e3ee88787777aabd7a81ca36594.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e31f6df0bb1516c32073c40ca6b8e207.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6c8499d49fd4d660b7e36ce41b820e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0a09dae08bfa2b8154c598869628ab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d595c6f829a9a752a909445ab06f2b2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d1c2899e513e396d39254f9cdc2add5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec3880d5fe1b4ad4ad92d383ac4b6224.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ffe9ae0ed3a7554d35c37b95052e7f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950b2703d45b657c0c15e6736259d927.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/331fcc18db5770d25302f10041b843b6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58068da73e0aee630fe4e2258f2ff4dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61ad5704650492f817d0e0fb4eed6e7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b6dfe25c247165b5f7d90342820c07.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/038c4bde1d74dca9640e21507bdcfca1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f8e55287b808c4adcb6d6879b2b3aa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37529af0e606b98751e884fc1812a68d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a07adb6d7b9c21dc88da87291edd251.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3abba68f0b01927093a2b07d5a119da.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452b7d2fb5ee334f99132e81fd38551b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f90f384887086518869455a0f05ec27.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1073837e9399b1393eaf321a9fe62fd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f54bd004f4fc0d5adb902ce8a6e7077a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/034a60d56dc5c9052eb9a065b8506257.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ff29b45e0e048f2c8651bc646eb98a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1a9b0ce84144fe074a80474512aadb7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5db5d6374b91225f2d681185361f0fc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8daf1ccf8a0038540eba6c135ef68bd7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d01a4b4a8248e4b815b5564c8abf6d7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbaae1104484aa4dee5a15f1efe48a1d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beda978f858b126e7dc4c6acd6e6da5b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>570312</v>
+        <v>576918</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>570329</v>
+        <v>576956</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>575.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>570336</v>
+        <v>577045</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>28.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>570343</v>
+        <v>577069</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>28.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>570350</v>
+        <v>577076</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>570367</v>
+        <v>577090</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>29.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>570374</v>
+        <v>577106</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>72.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570381</v>
+        <v>577120</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>24.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570398</v>
+        <v>577137</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>30.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570404</v>
+        <v>577144</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>32.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570411</v>
+        <v>577168</v>
       </c>
       <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" t="s">
         <v>28</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570428</v>
+        <v>577205</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>53.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570442</v>
+        <v>577229</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570466</v>
+        <v>577243</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570473</v>
+        <v>577250</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570480</v>
+        <v>577267</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570497</v>
+        <v>577281</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570503</v>
+        <v>577311</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570510</v>
+        <v>577328</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570527</v>
+        <v>577335</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>3.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>