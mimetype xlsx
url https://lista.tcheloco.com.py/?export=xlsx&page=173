--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,200 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 10:10</t>
-[...20 lines deleted...]
-    <t>Suportes P/ TV</t>
+    <t>Lista gerada no: 12/02/2026 20:21</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X12 MAX - VERMELHA</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X12 MAX - PRETO/FOSCO</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X12 MAX - BANDEIRA</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 18000BTU - 220V/60HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 24000BTU - 220V/60HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO WADFOW WMD15851 - 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 15CM OM 19665 - SEM CAPA</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LED MATRIX PAINEL SATE A-MP27 - 12X59.5CM</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LANTERNA POLICE ECOPOWER EP-8013</t>
-[...2 lines deleted...]
-    <t>Lanternas Police</t>
+    <t>LED  MATRIX PAINEL SATE A-MP32 - 30X20.0CM</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS + UTENSILIOS / OFERTA /  4 PANELAS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS - OFERTA - 3 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A07 (A075M) - 64GB/4RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3201 - 600W - 1.5L - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LANTERNA POLICE ECOPOWER EP-8018</t>
-[...68 lines deleted...]
-    <t>GARRAFA TERMICA HENGDA YQ10128 / 1.5L +  CUIA 140ML</t>
+    <t>BARBEADOR PORTATIL XO CF32 - 4 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA NOBEL NH-30356 - 500ML</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...17 lines deleted...]
-    <t>SUPORTE PARA CELULAR LUO LU-490 - UNIVERSAL</t>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA NOBEL NH-30357 - 750ML</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL QYLAR QY-0813 - 200W - 110V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL QYLAR QY-0813 - 200W - 220V</t>
+  </si>
+  <si>
+    <t>BATEDEIRA WINNINGSTAR T-5302A PLANT - 16L - 220V</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58068da73e0aee630fe4e2258f2ff4dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61ad5704650492f817d0e0fb4eed6e7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b6dfe25c247165b5f7d90342820c07.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/038c4bde1d74dca9640e21507bdcfca1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f8e55287b808c4adcb6d6879b2b3aa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37529af0e606b98751e884fc1812a68d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a07adb6d7b9c21dc88da87291edd251.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3abba68f0b01927093a2b07d5a119da.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452b7d2fb5ee334f99132e81fd38551b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f90f384887086518869455a0f05ec27.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1073837e9399b1393eaf321a9fe62fd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f54bd004f4fc0d5adb902ce8a6e7077a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/034a60d56dc5c9052eb9a065b8506257.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ff29b45e0e048f2c8651bc646eb98a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1a9b0ce84144fe074a80474512aadb7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5db5d6374b91225f2d681185361f0fc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8daf1ccf8a0038540eba6c135ef68bd7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d01a4b4a8248e4b815b5564c8abf6d7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbaae1104484aa4dee5a15f1efe48a1d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beda978f858b126e7dc4c6acd6e6da5b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed38f2e3740e8a7916495a6f5b38034.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24a37f1f23efb7109409a54b2809805d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7d6cbfcab966be9fdb60f6e4119245c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb59b182269efd422166d39dd732f8e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7deb66d1208066a84e4cf064556d111e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e18a500016b15e47b23b6788eaace7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa993d4b96ede2dbadb03d9dde61e80.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f743ebccd2d0c0db11e14cc1b2fde20.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e4b6a8b76d7aed85813820e417eb13.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8723df9bab731a44c0328130f3124060.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec429d26eb47e0ef321fbe04e71c9c8f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5fb1e7cd0e6678c7c7589f2def328db.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a7b9ab41d9df84636e2f93c45c0d570.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1ef2fca9827996ea73d0e8315637a1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e7ffec8e16f7583b05b5658ded0883.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b15b77ce888056ca132f27f776259998.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7057389d4aa0843caa460d6c31ec3960.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5622f136311a784069a540dd521f5117.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4f5af377490037aa9dd85938627414.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b5afb69a8f1918a7ce987ef1e5404cf.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576918</v>
+        <v>580816</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>820.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576956</v>
+        <v>580830</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>19.0</v>
+        <v>820.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577045</v>
+        <v>580847</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>24.5</v>
+        <v>820.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577069</v>
+        <v>580854</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577076</v>
+        <v>580861</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577090</v>
+        <v>580878</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
         <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577106</v>
+        <v>580908</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>52.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577120</v>
+        <v>580915</v>
       </c>
       <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577137</v>
+        <v>580922</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>60.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577144</v>
+        <v>580953</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>60.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577168</v>
+        <v>580960</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577205</v>
+        <v>580977</v>
       </c>
       <c r="C13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E13" t="s">
         <v>31</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>30.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577229</v>
+        <v>580984</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577243</v>
+        <v>580991</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577250</v>
+        <v>581004</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
         <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>72.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577267</v>
+        <v>581011</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" t="s">
         <v>40</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>17.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577281</v>
+        <v>581035</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>10.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577311</v>
+        <v>581042</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" t="s">
         <v>44</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577328</v>
+        <v>581066</v>
       </c>
       <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" t="s">
         <v>47</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>3.75</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577335</v>
+        <v>581073</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>3.75</v>
+        <v>179.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>